--- v0 (2025-11-07)
+++ v1 (2026-02-24)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0B0DA29-918F-4FF7-8EC0-27E5DC9AEC98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{77DA104C-8724-405B-8CFA-C1510776CA82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="12432" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>号    給</t>
   </si>
   <si>
     <t xml:space="preserve">      給 料 月 額</t>
   </si>
   <si>
     <t>円</t>
   </si>
   <si>
     <t>備考　この表は、局長その他の職員で人事委員会が</t>
     <rPh sb="12" eb="13">
       <t>タ</t>
     </rPh>
     <rPh sb="14" eb="16">
@@ -668,189 +668,189 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:G25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.875" style="1"/>
+    <col min="1" max="1" width="8.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.44140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="20.6640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="6.109375" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" ht="3.75" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="2" spans="2:4" ht="14.25" x14ac:dyDescent="0.15">
+    <row r="1" spans="2:4" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:4" ht="14.4" x14ac:dyDescent="0.2">
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="2:4" ht="28.15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="4" spans="2:4" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="9"/>
     </row>
-    <row r="5" spans="2:4" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="5" spans="2:4" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="10"/>
       <c r="D5" s="11" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="2:4" ht="15.2" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="6" spans="2:4" ht="15.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="6">
         <v>1</v>
       </c>
       <c r="C6" s="12">
-        <v>716000</v>
+        <v>736000</v>
       </c>
       <c r="D6" s="13"/>
     </row>
-    <row r="7" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6">
         <v>2</v>
       </c>
       <c r="C7" s="12">
-        <v>772000</v>
+        <v>794000</v>
       </c>
       <c r="D7" s="13"/>
     </row>
-    <row r="8" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6">
         <v>3</v>
       </c>
       <c r="C8" s="12">
-        <v>829000</v>
+        <v>852000</v>
       </c>
       <c r="D8" s="13"/>
     </row>
-    <row r="9" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="6">
         <v>4</v>
       </c>
       <c r="C9" s="12">
-        <v>908000</v>
+        <v>933000</v>
       </c>
       <c r="D9" s="13"/>
     </row>
-    <row r="10" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="10" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="6">
         <v>5</v>
       </c>
       <c r="C10" s="12">
-        <v>979000</v>
+        <v>1006000</v>
       </c>
       <c r="D10" s="13"/>
     </row>
-    <row r="11" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="11" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="6">
         <v>6</v>
       </c>
       <c r="C11" s="12">
-        <v>1049000</v>
+        <v>1078000</v>
       </c>
       <c r="D11" s="13"/>
     </row>
-    <row r="12" spans="2:4" ht="31.9" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="12" spans="2:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="6">
         <v>7</v>
       </c>
       <c r="C12" s="12">
-        <v>1122000</v>
+        <v>1153000</v>
       </c>
       <c r="D12" s="13"/>
     </row>
-    <row r="13" spans="2:4" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="13" spans="2:4" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="7"/>
       <c r="C13" s="14"/>
       <c r="D13" s="15"/>
     </row>
-    <row r="15" spans="2:4" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="15" spans="2:4" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="16" spans="2:4" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="16" spans="2:4" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="2:7" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="20" spans="2:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="17" spans="2:7" ht="16.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="20" spans="2:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="3"/>
     </row>
-    <row r="21" spans="2:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="21" spans="2:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="16"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
     </row>
-    <row r="22" spans="2:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="22" spans="2:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="16"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
     </row>
-    <row r="23" spans="2:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="24" spans="2:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="23" spans="2:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="2:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="16"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
     </row>
-    <row r="25" spans="2:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="25" spans="2:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B25:G25"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B22:G22"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>