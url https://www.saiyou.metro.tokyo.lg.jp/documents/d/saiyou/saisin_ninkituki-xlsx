--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E79A877-16F9-4FDA-984B-7F1965152927}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1584CC69-41BC-4BD1-97CE-D30C2F468367}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-96" yWindow="0" windowWidth="11712" windowHeight="12336" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="6">
   <si>
     <t>号    給</t>
   </si>
   <si>
     <t xml:space="preserve">      給 料 月 額</t>
   </si>
   <si>
     <t>円</t>
   </si>
   <si>
     <t>第４条の給料表（特定任期付職員）</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <rPh sb="2" eb="3">
@@ -659,305 +659,305 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="C1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="6.125" customWidth="1"/>
+    <col min="1" max="2" width="3.6640625" customWidth="1"/>
+    <col min="3" max="3" width="16.6640625" customWidth="1"/>
+    <col min="4" max="4" width="20.6640625" customWidth="1"/>
+    <col min="5" max="5" width="6.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="2" spans="3:5" ht="14.25" x14ac:dyDescent="0.15">
+    <row r="1" spans="3:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="3:5" ht="14.4" x14ac:dyDescent="0.2">
       <c r="C2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="3" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
-    <row r="4" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="4" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="4"/>
     </row>
-    <row r="5" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="5" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C5" s="5"/>
       <c r="D5" s="6"/>
       <c r="E5" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="6" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C6" s="8">
         <v>1</v>
       </c>
       <c r="D6" s="9">
-        <v>383500</v>
+        <v>397700</v>
       </c>
       <c r="E6" s="10"/>
     </row>
-    <row r="7" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C7" s="8">
         <v>2</v>
       </c>
       <c r="D7" s="9">
-        <v>432200</v>
+        <v>448200</v>
       </c>
       <c r="E7" s="10"/>
     </row>
-    <row r="8" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C8" s="8">
         <v>3</v>
       </c>
       <c r="D8" s="9">
-        <v>483700</v>
+        <v>501600</v>
       </c>
       <c r="E8" s="10"/>
     </row>
-    <row r="9" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="8">
         <v>4</v>
       </c>
       <c r="D9" s="9">
-        <v>551500</v>
+        <v>571900</v>
       </c>
       <c r="E9" s="10"/>
     </row>
-    <row r="10" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="10" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C10" s="8">
         <v>5</v>
       </c>
       <c r="D10" s="9">
-        <v>626100</v>
+        <v>649300</v>
       </c>
       <c r="E10" s="10"/>
     </row>
-    <row r="11" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="11" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="8">
         <v>6</v>
       </c>
       <c r="D11" s="9">
-        <v>712400</v>
+        <v>738800</v>
       </c>
       <c r="E11" s="10"/>
     </row>
-    <row r="12" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="12" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C12" s="8">
         <v>7</v>
       </c>
       <c r="D12" s="9">
-        <v>789000</v>
+        <v>811000</v>
       </c>
       <c r="E12" s="10"/>
     </row>
-    <row r="13" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="13" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C13" s="11"/>
       <c r="D13" s="12"/>
       <c r="E13" s="13"/>
     </row>
-    <row r="14" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...1 lines deleted...]
-    <row r="16" spans="3:5" ht="14.25" x14ac:dyDescent="0.15">
+    <row r="14" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="3:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="3:5" ht="14.4" x14ac:dyDescent="0.2">
       <c r="C16" s="15" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
     </row>
-    <row r="17" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="17" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
     </row>
-    <row r="18" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="18" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C18" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4"/>
     </row>
-    <row r="19" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="19" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C19" s="5"/>
       <c r="D19" s="6"/>
       <c r="E19" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="20" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C20" s="8">
         <v>1</v>
       </c>
       <c r="D20" s="9">
-        <v>400700</v>
+        <v>415500</v>
       </c>
       <c r="E20" s="10"/>
     </row>
-    <row r="21" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="21" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C21" s="8">
         <v>2</v>
       </c>
       <c r="D21" s="9">
-        <v>450400</v>
+        <v>467100</v>
       </c>
       <c r="E21" s="10"/>
     </row>
-    <row r="22" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="22" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="8">
         <v>3</v>
       </c>
       <c r="D22" s="9">
-        <v>511200</v>
+        <v>530100</v>
       </c>
       <c r="E22" s="10"/>
     </row>
-    <row r="23" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="23" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C23" s="8">
         <v>4</v>
       </c>
       <c r="D23" s="9">
-        <v>580000</v>
+        <v>601500</v>
       </c>
       <c r="E23" s="10"/>
     </row>
-    <row r="24" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="24" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C24" s="8">
         <v>5</v>
       </c>
       <c r="D24" s="9">
-        <v>644200</v>
+        <v>668000</v>
       </c>
       <c r="E24" s="10"/>
     </row>
-    <row r="25" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="25" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C25" s="8">
         <v>6</v>
       </c>
       <c r="D25" s="9">
-        <v>712400</v>
+        <v>738800</v>
       </c>
       <c r="E25" s="10"/>
     </row>
-    <row r="26" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="26" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C26" s="11"/>
       <c r="D26" s="12"/>
       <c r="E26" s="13"/>
     </row>
-    <row r="27" spans="3:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="27" spans="3:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
     </row>
-    <row r="28" spans="3:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="29" spans="3:5" ht="14.25" x14ac:dyDescent="0.15">
+    <row r="28" spans="3:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="3:5" ht="14.4" x14ac:dyDescent="0.2">
       <c r="C29" s="15" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="30" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="31" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="30" spans="3:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="3:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C31" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E31" s="4"/>
     </row>
-    <row r="32" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="32" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C32" s="5"/>
       <c r="D32" s="6"/>
       <c r="E32" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="33" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="8">
         <v>1</v>
       </c>
       <c r="D33" s="9">
-        <v>316700</v>
+        <v>328400</v>
       </c>
       <c r="E33" s="10"/>
     </row>
-    <row r="34" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="34" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="8">
         <v>2</v>
       </c>
       <c r="D34" s="9">
-        <v>342400</v>
+        <v>355100</v>
       </c>
       <c r="E34" s="10"/>
     </row>
-    <row r="35" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="35" spans="3:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="8">
         <v>3</v>
       </c>
       <c r="D35" s="9">
-        <v>371900</v>
+        <v>385700</v>
       </c>
       <c r="E35" s="10"/>
     </row>
-    <row r="36" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="36" spans="3:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C36" s="11"/>
       <c r="D36" s="12"/>
       <c r="E36" s="13"/>
     </row>
-    <row r="37" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="37" spans="3:5" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="0.59055118110236227" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>