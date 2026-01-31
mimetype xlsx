--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,60 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{456CFF0B-46AA-4987-9047-880B8D8DBDAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63E53F6F-215D-4C2C-AD65-38C6B1382B68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="12432" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="92" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">sheet1!$A$1:$J$226</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="18">
   <si>
     <t>２  級</t>
   </si>
   <si>
     <t>３  級</t>
   </si>
   <si>
     <t>４  級</t>
   </si>
   <si>
     <t>５  級</t>
   </si>
   <si>
     <t>６  級</t>
   </si>
   <si>
     <t>７  級</t>
   </si>
   <si>
     <t>職務の級</t>
@@ -880,56 +893,56 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet52"/>
   <dimension ref="A1:K228"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="16.899999999999999" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="4.6640625" style="2" customWidth="1"/>
     <col min="2" max="2" width="9" style="2" customWidth="1"/>
-    <col min="3" max="10" width="11.75" style="2" customWidth="1"/>
-    <col min="11" max="16384" width="8.875" style="2"/>
+    <col min="3" max="10" width="11.77734375" style="2" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" customHeight="1">
       <c r="B1" s="21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" customHeight="1"/>
     <row r="3" spans="1:10" ht="25.5" customHeight="1">
       <c r="A3" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="23" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="23" t="s">
@@ -992,1221 +1005,1221 @@
       <c r="E5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A6" s="31"/>
       <c r="B6" s="15">
         <v>1</v>
       </c>
       <c r="C6" s="11">
-        <v>208800</v>
+        <v>221100</v>
       </c>
       <c r="D6" s="11">
-        <v>236000</v>
+        <v>250300</v>
       </c>
       <c r="E6" s="11">
-        <v>241900</v>
+        <v>260000</v>
       </c>
       <c r="F6" s="11">
-        <v>259900</v>
+        <v>278500</v>
       </c>
       <c r="G6" s="11">
-        <v>279900</v>
+        <v>296400</v>
       </c>
       <c r="H6" s="11">
-        <v>313800</v>
+        <v>334800</v>
       </c>
       <c r="I6" s="11">
-        <v>338000</v>
+        <v>359900</v>
       </c>
       <c r="J6" s="11">
-        <v>518600</v>
+        <v>542600</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A7" s="31"/>
       <c r="B7" s="15">
         <v>2</v>
       </c>
       <c r="C7" s="11">
-        <v>210100</v>
+        <v>222400</v>
       </c>
       <c r="D7" s="11">
-        <v>238200</v>
+        <v>252800</v>
       </c>
       <c r="E7" s="11">
-        <v>243400</v>
+        <v>262300</v>
       </c>
       <c r="F7" s="11">
-        <v>261500</v>
+        <v>279900</v>
       </c>
       <c r="G7" s="11">
-        <v>281600</v>
+        <v>297900</v>
       </c>
       <c r="H7" s="11">
-        <v>315700</v>
+        <v>336700</v>
       </c>
       <c r="I7" s="11">
-        <v>340100</v>
+        <v>362000</v>
       </c>
       <c r="J7" s="11">
-        <v>527600</v>
+        <v>552600</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A8" s="31"/>
       <c r="B8" s="15">
         <v>3</v>
       </c>
       <c r="C8" s="11">
-        <v>211400</v>
+        <v>223700</v>
       </c>
       <c r="D8" s="11">
-        <v>240400</v>
+        <v>255200</v>
       </c>
       <c r="E8" s="11">
-        <v>244900</v>
+        <v>264600</v>
       </c>
       <c r="F8" s="11">
-        <v>263100</v>
+        <v>281300</v>
       </c>
       <c r="G8" s="11">
-        <v>283400</v>
+        <v>299500</v>
       </c>
       <c r="H8" s="11">
-        <v>317600</v>
+        <v>338600</v>
       </c>
       <c r="I8" s="11">
-        <v>342200</v>
+        <v>364100</v>
       </c>
       <c r="J8" s="11">
-        <v>536600</v>
+        <v>562600</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A9" s="31"/>
       <c r="B9" s="15">
         <v>4</v>
       </c>
       <c r="C9" s="11">
-        <v>212700</v>
+        <v>225000</v>
       </c>
       <c r="D9" s="11">
-        <v>242500</v>
+        <v>257600</v>
       </c>
       <c r="E9" s="11">
-        <v>246400</v>
+        <v>266800</v>
       </c>
       <c r="F9" s="11">
-        <v>264800</v>
+        <v>282800</v>
       </c>
       <c r="G9" s="11">
-        <v>285200</v>
+        <v>301100</v>
       </c>
       <c r="H9" s="11">
-        <v>319600</v>
+        <v>340600</v>
       </c>
       <c r="I9" s="11">
-        <v>344300</v>
+        <v>366200</v>
       </c>
       <c r="J9" s="11"/>
     </row>
     <row r="10" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A10" s="31"/>
       <c r="B10" s="15"/>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
     </row>
     <row r="11" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A11" s="31"/>
       <c r="B11" s="15">
         <v>5</v>
       </c>
       <c r="C11" s="11">
-        <v>214100</v>
+        <v>226400</v>
       </c>
       <c r="D11" s="11">
-        <v>244600</v>
+        <v>260000</v>
       </c>
       <c r="E11" s="11">
-        <v>247900</v>
+        <v>268900</v>
       </c>
       <c r="F11" s="11">
-        <v>266500</v>
+        <v>284300</v>
       </c>
       <c r="G11" s="11">
-        <v>287000</v>
+        <v>302700</v>
       </c>
       <c r="H11" s="11">
-        <v>321600</v>
+        <v>342600</v>
       </c>
       <c r="I11" s="11">
-        <v>346500</v>
+        <v>368400</v>
       </c>
       <c r="J11" s="11"/>
     </row>
     <row r="12" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A12" s="31"/>
       <c r="B12" s="15">
         <v>6</v>
       </c>
       <c r="C12" s="11">
-        <v>215700</v>
+        <v>228000</v>
       </c>
       <c r="D12" s="11">
-        <v>246400</v>
+        <v>262300</v>
       </c>
       <c r="E12" s="11">
-        <v>249400</v>
+        <v>270100</v>
       </c>
       <c r="F12" s="11">
-        <v>268100</v>
+        <v>285700</v>
       </c>
       <c r="G12" s="11">
-        <v>288800</v>
+        <v>304300</v>
       </c>
       <c r="H12" s="11">
-        <v>323500</v>
+        <v>344500</v>
       </c>
       <c r="I12" s="11">
-        <v>348600</v>
+        <v>370500</v>
       </c>
       <c r="J12" s="11"/>
     </row>
     <row r="13" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A13" s="31"/>
       <c r="B13" s="15">
         <v>7</v>
       </c>
       <c r="C13" s="11">
-        <v>217300</v>
+        <v>229600</v>
       </c>
       <c r="D13" s="11">
-        <v>248200</v>
+        <v>264600</v>
       </c>
       <c r="E13" s="11">
-        <v>250900</v>
+        <v>271300</v>
       </c>
       <c r="F13" s="11">
-        <v>269700</v>
+        <v>287100</v>
       </c>
       <c r="G13" s="11">
-        <v>290600</v>
+        <v>305900</v>
       </c>
       <c r="H13" s="11">
-        <v>325500</v>
+        <v>346500</v>
       </c>
       <c r="I13" s="11">
-        <v>350900</v>
+        <v>372800</v>
       </c>
       <c r="J13" s="11"/>
     </row>
     <row r="14" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A14" s="31"/>
       <c r="B14" s="15">
         <v>8</v>
       </c>
       <c r="C14" s="11">
-        <v>218900</v>
+        <v>231200</v>
       </c>
       <c r="D14" s="11">
-        <v>250000</v>
+        <v>266800</v>
       </c>
       <c r="E14" s="11">
-        <v>252400</v>
+        <v>272500</v>
       </c>
       <c r="F14" s="11">
-        <v>271400</v>
+        <v>288600</v>
       </c>
       <c r="G14" s="11">
-        <v>292400</v>
+        <v>307500</v>
       </c>
       <c r="H14" s="11">
-        <v>327500</v>
+        <v>348500</v>
       </c>
       <c r="I14" s="11">
-        <v>353200</v>
+        <v>375100</v>
       </c>
       <c r="J14" s="11"/>
     </row>
     <row r="15" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A15" s="31"/>
       <c r="B15" s="15"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
     </row>
     <row r="16" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A16" s="31"/>
       <c r="B16" s="15">
         <v>9</v>
       </c>
       <c r="C16" s="11">
-        <v>220600</v>
+        <v>232900</v>
       </c>
       <c r="D16" s="11">
-        <v>251700</v>
+        <v>268900</v>
       </c>
       <c r="E16" s="11">
-        <v>253900</v>
+        <v>273700</v>
       </c>
       <c r="F16" s="11">
-        <v>273100</v>
+        <v>290100</v>
       </c>
       <c r="G16" s="11">
-        <v>294200</v>
+        <v>309200</v>
       </c>
       <c r="H16" s="11">
-        <v>329500</v>
+        <v>350500</v>
       </c>
       <c r="I16" s="11">
-        <v>355400</v>
+        <v>377300</v>
       </c>
       <c r="J16" s="11"/>
     </row>
     <row r="17" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A17" s="31"/>
       <c r="B17" s="15">
         <v>10</v>
       </c>
       <c r="C17" s="11">
-        <v>222200</v>
+        <v>234700</v>
       </c>
       <c r="D17" s="11">
-        <v>253000</v>
+        <v>270100</v>
       </c>
       <c r="E17" s="11">
-        <v>255400</v>
+        <v>274900</v>
       </c>
       <c r="F17" s="11">
-        <v>274700</v>
+        <v>291500</v>
       </c>
       <c r="G17" s="11">
-        <v>296000</v>
+        <v>310800</v>
       </c>
       <c r="H17" s="11">
-        <v>331400</v>
+        <v>352400</v>
       </c>
       <c r="I17" s="11">
-        <v>357600</v>
+        <v>379500</v>
       </c>
       <c r="J17" s="11"/>
     </row>
     <row r="18" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A18" s="31"/>
       <c r="B18" s="15">
         <v>11</v>
       </c>
       <c r="C18" s="11">
-        <v>223800</v>
+        <v>236500</v>
       </c>
       <c r="D18" s="11">
-        <v>254200</v>
+        <v>271200</v>
       </c>
       <c r="E18" s="11">
-        <v>256900</v>
+        <v>276100</v>
       </c>
       <c r="F18" s="11">
-        <v>276400</v>
+        <v>293000</v>
       </c>
       <c r="G18" s="11">
-        <v>297800</v>
+        <v>312400</v>
       </c>
       <c r="H18" s="11">
-        <v>333400</v>
+        <v>354400</v>
       </c>
       <c r="I18" s="11">
-        <v>359900</v>
+        <v>381800</v>
       </c>
       <c r="J18" s="11"/>
     </row>
     <row r="19" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A19" s="31"/>
       <c r="B19" s="15">
         <v>12</v>
       </c>
       <c r="C19" s="11">
-        <v>225400</v>
+        <v>238300</v>
       </c>
       <c r="D19" s="11">
-        <v>255400</v>
+        <v>272300</v>
       </c>
       <c r="E19" s="11">
-        <v>258400</v>
+        <v>277300</v>
       </c>
       <c r="F19" s="11">
-        <v>278100</v>
+        <v>294500</v>
       </c>
       <c r="G19" s="11">
-        <v>299600</v>
+        <v>314100</v>
       </c>
       <c r="H19" s="11">
-        <v>335400</v>
+        <v>356400</v>
       </c>
       <c r="I19" s="11">
-        <v>362200</v>
+        <v>384100</v>
       </c>
       <c r="J19" s="11"/>
     </row>
     <row r="20" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A20" s="31"/>
       <c r="B20" s="15"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="11"/>
       <c r="H20" s="11"/>
       <c r="I20" s="11"/>
       <c r="J20" s="11"/>
     </row>
     <row r="21" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A21" s="31"/>
       <c r="B21" s="15">
         <v>13</v>
       </c>
       <c r="C21" s="11">
-        <v>227100</v>
+        <v>240200</v>
       </c>
       <c r="D21" s="11">
-        <v>256600</v>
+        <v>273400</v>
       </c>
       <c r="E21" s="11">
-        <v>259900</v>
+        <v>278500</v>
       </c>
       <c r="F21" s="11">
-        <v>279800</v>
+        <v>296000</v>
       </c>
       <c r="G21" s="11">
-        <v>301500</v>
+        <v>315800</v>
       </c>
       <c r="H21" s="11">
-        <v>337500</v>
+        <v>358500</v>
       </c>
       <c r="I21" s="11">
-        <v>364500</v>
+        <v>386400</v>
       </c>
       <c r="J21" s="11"/>
     </row>
     <row r="22" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="15">
         <v>14</v>
       </c>
       <c r="C22" s="11">
-        <v>229100</v>
+        <v>242400</v>
       </c>
       <c r="D22" s="11">
-        <v>257900</v>
+        <v>274600</v>
       </c>
       <c r="E22" s="11">
-        <v>261400</v>
+        <v>279700</v>
       </c>
       <c r="F22" s="11">
-        <v>281400</v>
+        <v>297400</v>
       </c>
       <c r="G22" s="11">
-        <v>303300</v>
+        <v>317500</v>
       </c>
       <c r="H22" s="11">
-        <v>339500</v>
+        <v>360500</v>
       </c>
       <c r="I22" s="11">
-        <v>366800</v>
+        <v>388700</v>
       </c>
       <c r="J22" s="11"/>
     </row>
     <row r="23" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A23" s="31"/>
       <c r="B23" s="15">
         <v>15</v>
       </c>
       <c r="C23" s="11">
-        <v>231200</v>
+        <v>244700</v>
       </c>
       <c r="D23" s="11">
-        <v>259100</v>
+        <v>275700</v>
       </c>
       <c r="E23" s="11">
-        <v>262900</v>
+        <v>280900</v>
       </c>
       <c r="F23" s="11">
-        <v>283100</v>
+        <v>298900</v>
       </c>
       <c r="G23" s="11">
-        <v>305200</v>
+        <v>319300</v>
       </c>
       <c r="H23" s="11">
-        <v>341500</v>
+        <v>362500</v>
       </c>
       <c r="I23" s="11">
-        <v>369100</v>
+        <v>391000</v>
       </c>
       <c r="J23" s="11"/>
     </row>
     <row r="24" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A24" s="31"/>
       <c r="B24" s="15">
         <v>16</v>
       </c>
       <c r="C24" s="11">
-        <v>233400</v>
+        <v>247200</v>
       </c>
       <c r="D24" s="11">
-        <v>260300</v>
+        <v>276800</v>
       </c>
       <c r="E24" s="11">
-        <v>264400</v>
+        <v>282100</v>
       </c>
       <c r="F24" s="11">
-        <v>284800</v>
+        <v>300400</v>
       </c>
       <c r="G24" s="11">
-        <v>307000</v>
+        <v>321000</v>
       </c>
       <c r="H24" s="11">
-        <v>343500</v>
+        <v>364500</v>
       </c>
       <c r="I24" s="11">
-        <v>371400</v>
+        <v>393300</v>
       </c>
       <c r="J24" s="11"/>
     </row>
     <row r="25" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A25" s="31"/>
       <c r="B25" s="15"/>
       <c r="C25" s="11"/>
       <c r="D25" s="11"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
       <c r="G25" s="11"/>
       <c r="H25" s="11"/>
       <c r="I25" s="11"/>
       <c r="J25" s="11"/>
     </row>
     <row r="26" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A26" s="31"/>
       <c r="B26" s="15">
         <v>17</v>
       </c>
       <c r="C26" s="11">
-        <v>235600</v>
+        <v>249700</v>
       </c>
       <c r="D26" s="11">
-        <v>261500</v>
+        <v>277900</v>
       </c>
       <c r="E26" s="11">
-        <v>265900</v>
+        <v>283300</v>
       </c>
       <c r="F26" s="11">
-        <v>286500</v>
+        <v>301900</v>
       </c>
       <c r="G26" s="11">
-        <v>308900</v>
+        <v>322800</v>
       </c>
       <c r="H26" s="11">
-        <v>345600</v>
+        <v>366600</v>
       </c>
       <c r="I26" s="11">
-        <v>373700</v>
+        <v>395600</v>
       </c>
       <c r="J26" s="11"/>
     </row>
     <row r="27" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A27" s="31"/>
       <c r="B27" s="15">
         <v>18</v>
       </c>
       <c r="C27" s="11">
-        <v>237800</v>
+        <v>252200</v>
       </c>
       <c r="D27" s="11">
-        <v>262800</v>
+        <v>279000</v>
       </c>
       <c r="E27" s="11">
-        <v>267400</v>
+        <v>284600</v>
       </c>
       <c r="F27" s="11">
-        <v>288200</v>
+        <v>303400</v>
       </c>
       <c r="G27" s="11">
-        <v>310700</v>
+        <v>324600</v>
       </c>
       <c r="H27" s="11">
-        <v>347600</v>
+        <v>368600</v>
       </c>
       <c r="I27" s="11">
-        <v>376000</v>
+        <v>397900</v>
       </c>
       <c r="J27" s="11"/>
     </row>
     <row r="28" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="15">
         <v>19</v>
       </c>
       <c r="C28" s="11">
-        <v>239900</v>
+        <v>254600</v>
       </c>
       <c r="D28" s="11">
-        <v>264000</v>
+        <v>280100</v>
       </c>
       <c r="E28" s="11">
-        <v>268900</v>
+        <v>285900</v>
       </c>
       <c r="F28" s="11">
-        <v>289900</v>
+        <v>304900</v>
       </c>
       <c r="G28" s="11">
-        <v>312500</v>
+        <v>326400</v>
       </c>
       <c r="H28" s="11">
-        <v>349700</v>
+        <v>370700</v>
       </c>
       <c r="I28" s="11">
-        <v>378300</v>
+        <v>400200</v>
       </c>
       <c r="J28" s="11"/>
     </row>
     <row r="29" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A29" s="31"/>
       <c r="B29" s="15">
         <v>20</v>
       </c>
       <c r="C29" s="11">
-        <v>242000</v>
+        <v>257000</v>
       </c>
       <c r="D29" s="11">
-        <v>265200</v>
+        <v>281200</v>
       </c>
       <c r="E29" s="11">
-        <v>270400</v>
+        <v>287200</v>
       </c>
       <c r="F29" s="11">
-        <v>291600</v>
+        <v>306400</v>
       </c>
       <c r="G29" s="11">
-        <v>314400</v>
+        <v>328300</v>
       </c>
       <c r="H29" s="11">
-        <v>351800</v>
+        <v>372800</v>
       </c>
       <c r="I29" s="11">
-        <v>380600</v>
+        <v>402500</v>
       </c>
       <c r="J29" s="11"/>
     </row>
     <row r="30" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A30" s="31"/>
       <c r="B30" s="15"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>
       <c r="J30" s="11"/>
     </row>
     <row r="31" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A31" s="31"/>
       <c r="B31" s="15">
         <v>21</v>
       </c>
       <c r="C31" s="11">
-        <v>244100</v>
+        <v>259400</v>
       </c>
       <c r="D31" s="11">
-        <v>266300</v>
+        <v>282200</v>
       </c>
       <c r="E31" s="11">
-        <v>271900</v>
+        <v>288500</v>
       </c>
       <c r="F31" s="11">
-        <v>293300</v>
+        <v>307900</v>
       </c>
       <c r="G31" s="11">
-        <v>316400</v>
+        <v>330300</v>
       </c>
       <c r="H31" s="11">
-        <v>353800</v>
+        <v>374800</v>
       </c>
       <c r="I31" s="11">
-        <v>383000</v>
+        <v>404900</v>
       </c>
       <c r="J31" s="11"/>
     </row>
     <row r="32" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A32" s="31"/>
       <c r="B32" s="15">
         <v>22</v>
       </c>
       <c r="C32" s="11">
-        <v>246100</v>
+        <v>261700</v>
       </c>
       <c r="D32" s="11">
-        <v>267600</v>
+        <v>283300</v>
       </c>
       <c r="E32" s="11">
-        <v>273400</v>
+        <v>289800</v>
       </c>
       <c r="F32" s="11">
-        <v>295000</v>
+        <v>309400</v>
       </c>
       <c r="G32" s="11">
-        <v>318200</v>
+        <v>332100</v>
       </c>
       <c r="H32" s="11">
-        <v>355800</v>
+        <v>376800</v>
       </c>
       <c r="I32" s="11">
-        <v>385300</v>
+        <v>407200</v>
       </c>
       <c r="J32" s="11"/>
     </row>
     <row r="33" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A33" s="31"/>
       <c r="B33" s="15">
         <v>23</v>
       </c>
       <c r="C33" s="11">
-        <v>248100</v>
+        <v>264000</v>
       </c>
       <c r="D33" s="11">
-        <v>268800</v>
+        <v>284400</v>
       </c>
       <c r="E33" s="11">
-        <v>274900</v>
+        <v>291100</v>
       </c>
       <c r="F33" s="11">
-        <v>296700</v>
+        <v>310900</v>
       </c>
       <c r="G33" s="11">
-        <v>320100</v>
+        <v>334000</v>
       </c>
       <c r="H33" s="11">
-        <v>357900</v>
+        <v>378900</v>
       </c>
       <c r="I33" s="11">
-        <v>387600</v>
+        <v>409500</v>
       </c>
       <c r="J33" s="11"/>
     </row>
     <row r="34" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A34" s="31"/>
       <c r="B34" s="15">
         <v>24</v>
       </c>
       <c r="C34" s="11">
-        <v>250000</v>
+        <v>266200</v>
       </c>
       <c r="D34" s="11">
-        <v>270000</v>
+        <v>285500</v>
       </c>
       <c r="E34" s="11">
-        <v>276400</v>
+        <v>292400</v>
       </c>
       <c r="F34" s="11">
-        <v>298400</v>
+        <v>312500</v>
       </c>
       <c r="G34" s="11">
-        <v>322000</v>
+        <v>335900</v>
       </c>
       <c r="H34" s="11">
-        <v>360000</v>
+        <v>381000</v>
       </c>
       <c r="I34" s="11">
-        <v>390000</v>
+        <v>411900</v>
       </c>
       <c r="J34" s="11"/>
     </row>
     <row r="35" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A35" s="31"/>
       <c r="B35" s="15"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
     </row>
     <row r="36" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A36" s="31"/>
       <c r="B36" s="15">
         <v>25</v>
       </c>
       <c r="C36" s="11">
-        <v>251800</v>
+        <v>268300</v>
       </c>
       <c r="D36" s="11">
-        <v>271100</v>
+        <v>286500</v>
       </c>
       <c r="E36" s="11">
-        <v>277900</v>
+        <v>293700</v>
       </c>
       <c r="F36" s="11">
-        <v>300100</v>
+        <v>314100</v>
       </c>
       <c r="G36" s="11">
-        <v>324000</v>
+        <v>337900</v>
       </c>
       <c r="H36" s="11">
-        <v>362100</v>
+        <v>383100</v>
       </c>
       <c r="I36" s="11">
-        <v>392400</v>
+        <v>414300</v>
       </c>
       <c r="J36" s="11"/>
     </row>
     <row r="37" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A37" s="31"/>
       <c r="B37" s="15">
         <v>26</v>
       </c>
       <c r="C37" s="11">
-        <v>252800</v>
+        <v>269200</v>
       </c>
       <c r="D37" s="11">
-        <v>272400</v>
+        <v>287600</v>
       </c>
       <c r="E37" s="11">
-        <v>279400</v>
+        <v>295000</v>
       </c>
       <c r="F37" s="11">
-        <v>301800</v>
+        <v>315700</v>
       </c>
       <c r="G37" s="11">
-        <v>325800</v>
+        <v>339700</v>
       </c>
       <c r="H37" s="11">
-        <v>364100</v>
+        <v>385100</v>
       </c>
       <c r="I37" s="11">
-        <v>395000</v>
+        <v>416900</v>
       </c>
       <c r="J37" s="11"/>
     </row>
     <row r="38" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A38" s="31"/>
       <c r="B38" s="15">
         <v>27</v>
       </c>
       <c r="C38" s="11">
-        <v>253800</v>
+        <v>270100</v>
       </c>
       <c r="D38" s="11">
-        <v>273600</v>
+        <v>288700</v>
       </c>
       <c r="E38" s="11">
-        <v>280900</v>
+        <v>296300</v>
       </c>
       <c r="F38" s="11">
-        <v>303500</v>
+        <v>317300</v>
       </c>
       <c r="G38" s="11">
-        <v>327700</v>
+        <v>341600</v>
       </c>
       <c r="H38" s="11">
-        <v>366200</v>
+        <v>387200</v>
       </c>
       <c r="I38" s="11">
-        <v>397600</v>
+        <v>419500</v>
       </c>
       <c r="J38" s="11"/>
     </row>
     <row r="39" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A39" s="31"/>
       <c r="B39" s="15">
         <v>28</v>
       </c>
       <c r="C39" s="11">
-        <v>254800</v>
+        <v>271000</v>
       </c>
       <c r="D39" s="11">
-        <v>274700</v>
+        <v>289700</v>
       </c>
       <c r="E39" s="11">
-        <v>282400</v>
+        <v>297600</v>
       </c>
       <c r="F39" s="11">
-        <v>305200</v>
+        <v>318900</v>
       </c>
       <c r="G39" s="11">
-        <v>329700</v>
+        <v>343600</v>
       </c>
       <c r="H39" s="11">
-        <v>368300</v>
+        <v>389300</v>
       </c>
       <c r="I39" s="11">
-        <v>400200</v>
+        <v>422100</v>
       </c>
       <c r="J39" s="11"/>
     </row>
     <row r="40" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A40" s="31"/>
       <c r="B40" s="15"/>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
     </row>
     <row r="41" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A41" s="31"/>
       <c r="B41" s="15">
         <v>29</v>
       </c>
       <c r="C41" s="11">
-        <v>255800</v>
+        <v>271800</v>
       </c>
       <c r="D41" s="11">
-        <v>275800</v>
+        <v>290700</v>
       </c>
       <c r="E41" s="11">
-        <v>283900</v>
+        <v>298900</v>
       </c>
       <c r="F41" s="11">
-        <v>307000</v>
+        <v>320600</v>
       </c>
       <c r="G41" s="11">
-        <v>331700</v>
+        <v>345600</v>
       </c>
       <c r="H41" s="11">
-        <v>370400</v>
+        <v>391400</v>
       </c>
       <c r="I41" s="11">
-        <v>402800</v>
+        <v>424700</v>
       </c>
       <c r="J41" s="11"/>
     </row>
     <row r="42" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A42" s="31"/>
       <c r="B42" s="15">
         <v>30</v>
       </c>
       <c r="C42" s="11">
-        <v>256800</v>
+        <v>272700</v>
       </c>
       <c r="D42" s="11">
-        <v>277000</v>
+        <v>291800</v>
       </c>
       <c r="E42" s="11">
-        <v>285400</v>
+        <v>300200</v>
       </c>
       <c r="F42" s="11">
-        <v>308700</v>
+        <v>322300</v>
       </c>
       <c r="G42" s="11">
-        <v>333600</v>
+        <v>347500</v>
       </c>
       <c r="H42" s="11">
-        <v>372500</v>
+        <v>393500</v>
       </c>
       <c r="I42" s="11">
-        <v>405000</v>
+        <v>426900</v>
       </c>
       <c r="J42" s="11"/>
     </row>
     <row r="43" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A43" s="31"/>
       <c r="B43" s="15">
         <v>31</v>
       </c>
       <c r="C43" s="11">
-        <v>257800</v>
+        <v>273600</v>
       </c>
       <c r="D43" s="11">
-        <v>278200</v>
+        <v>292900</v>
       </c>
       <c r="E43" s="11">
-        <v>286900</v>
+        <v>301500</v>
       </c>
       <c r="F43" s="11">
-        <v>310400</v>
+        <v>324000</v>
       </c>
       <c r="G43" s="11">
-        <v>335500</v>
+        <v>349400</v>
       </c>
       <c r="H43" s="11">
-        <v>374600</v>
+        <v>395600</v>
       </c>
       <c r="I43" s="11">
-        <v>407300</v>
+        <v>429200</v>
       </c>
       <c r="J43" s="11"/>
     </row>
     <row r="44" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A44" s="31"/>
       <c r="B44" s="15">
         <v>32</v>
       </c>
       <c r="C44" s="11">
-        <v>258800</v>
+        <v>274400</v>
       </c>
       <c r="D44" s="11">
-        <v>279400</v>
+        <v>293900</v>
       </c>
       <c r="E44" s="11">
-        <v>288400</v>
+        <v>302800</v>
       </c>
       <c r="F44" s="11">
-        <v>312200</v>
+        <v>325800</v>
       </c>
       <c r="G44" s="11">
-        <v>337400</v>
+        <v>351300</v>
       </c>
       <c r="H44" s="11">
-        <v>376700</v>
+        <v>397700</v>
       </c>
       <c r="I44" s="11">
-        <v>409600</v>
+        <v>431500</v>
       </c>
       <c r="J44" s="11"/>
     </row>
     <row r="45" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A45" s="31"/>
       <c r="B45" s="15"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
     </row>
     <row r="46" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A46" s="31"/>
       <c r="B46" s="15">
         <v>33</v>
       </c>
       <c r="C46" s="11">
-        <v>259700</v>
+        <v>275200</v>
       </c>
       <c r="D46" s="11">
-        <v>280500</v>
+        <v>294900</v>
       </c>
       <c r="E46" s="11">
-        <v>290000</v>
+        <v>304200</v>
       </c>
       <c r="F46" s="11">
-        <v>313900</v>
+        <v>327500</v>
       </c>
       <c r="G46" s="11">
-        <v>339400</v>
+        <v>353300</v>
       </c>
       <c r="H46" s="11">
-        <v>378800</v>
+        <v>399800</v>
       </c>
       <c r="I46" s="11">
-        <v>411800</v>
+        <v>433700</v>
       </c>
       <c r="J46" s="11"/>
     </row>
     <row r="47" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A47" s="31"/>
       <c r="B47" s="15">
         <v>34</v>
       </c>
       <c r="C47" s="11">
-        <v>260700</v>
+        <v>276100</v>
       </c>
       <c r="D47" s="11">
-        <v>281700</v>
+        <v>296000</v>
       </c>
       <c r="E47" s="11">
-        <v>291500</v>
+        <v>305600</v>
       </c>
       <c r="F47" s="11">
-        <v>315600</v>
+        <v>329200</v>
       </c>
       <c r="G47" s="11">
-        <v>341300</v>
+        <v>355200</v>
       </c>
       <c r="H47" s="11">
-        <v>380900</v>
+        <v>401900</v>
       </c>
       <c r="I47" s="11">
-        <v>414000</v>
+        <v>435900</v>
       </c>
       <c r="J47" s="11"/>
     </row>
     <row r="48" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A48" s="31"/>
       <c r="B48" s="15">
         <v>35</v>
       </c>
       <c r="C48" s="11">
-        <v>261600</v>
+        <v>276900</v>
       </c>
       <c r="D48" s="11">
-        <v>282900</v>
+        <v>297100</v>
       </c>
       <c r="E48" s="11">
-        <v>293000</v>
+        <v>307000</v>
       </c>
       <c r="F48" s="11">
-        <v>317300</v>
+        <v>330900</v>
       </c>
       <c r="G48" s="11">
-        <v>343300</v>
+        <v>357200</v>
       </c>
       <c r="H48" s="11">
-        <v>383000</v>
+        <v>404000</v>
       </c>
       <c r="I48" s="11">
-        <v>416100</v>
+        <v>438000</v>
       </c>
       <c r="J48" s="11"/>
     </row>
     <row r="49" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A49" s="31"/>
       <c r="B49" s="15">
         <v>36</v>
       </c>
       <c r="C49" s="11">
-        <v>262600</v>
+        <v>277800</v>
       </c>
       <c r="D49" s="11">
-        <v>284100</v>
+        <v>298100</v>
       </c>
       <c r="E49" s="11">
-        <v>294500</v>
+        <v>308400</v>
       </c>
       <c r="F49" s="11">
-        <v>319100</v>
+        <v>332700</v>
       </c>
       <c r="G49" s="11">
-        <v>345300</v>
+        <v>359200</v>
       </c>
       <c r="H49" s="11">
-        <v>385100</v>
+        <v>406100</v>
       </c>
       <c r="I49" s="11">
-        <v>418200</v>
+        <v>440100</v>
       </c>
       <c r="J49" s="11"/>
     </row>
     <row r="50" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A50" s="32"/>
       <c r="B50" s="16"/>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="13"/>
       <c r="G50" s="13"/>
       <c r="H50" s="13"/>
       <c r="I50" s="13"/>
       <c r="J50" s="13"/>
     </row>
     <row r="51" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B51" s="5"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
     </row>
     <row r="52" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B52" s="5"/>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
     </row>
-    <row r="53" spans="1:10" ht="25.9" customHeight="1">
+    <row r="53" spans="1:10" ht="25.95" customHeight="1">
       <c r="A53" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="23" t="s">
         <v>0</v>
       </c>
       <c r="E53" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F53" s="23" t="s">
         <v>2</v>
       </c>
       <c r="G53" s="23" t="s">
         <v>3</v>
       </c>
       <c r="H53" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I53" s="23" t="s">
         <v>5</v>
       </c>
       <c r="J53" s="23" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="54" spans="1:10" ht="25.9" customHeight="1">
+    <row r="54" spans="1:10" ht="25.95" customHeight="1">
       <c r="A54" s="29"/>
       <c r="B54" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="E54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="G54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="H54" s="23" t="s">
         <v>7</v>
       </c>
       <c r="I54" s="23" t="s">
         <v>7</v>
       </c>
@@ -2228,1214 +2241,1214 @@
       <c r="E55" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F55" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="17" t="s">
         <v>12</v>
       </c>
       <c r="H55" s="17" t="s">
         <v>12</v>
       </c>
       <c r="I55" s="17" t="s">
         <v>12</v>
       </c>
       <c r="J55" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A56" s="31"/>
       <c r="B56" s="10">
         <v>37</v>
       </c>
       <c r="C56" s="11">
-        <v>263600</v>
+        <v>278600</v>
       </c>
       <c r="D56" s="11">
-        <v>285200</v>
+        <v>299100</v>
       </c>
       <c r="E56" s="11">
-        <v>296100</v>
+        <v>309900</v>
       </c>
       <c r="F56" s="19">
-        <v>320900</v>
+        <v>334500</v>
       </c>
       <c r="G56" s="11">
-        <v>347200</v>
+        <v>361100</v>
       </c>
       <c r="H56" s="11">
-        <v>387300</v>
+        <v>408300</v>
       </c>
       <c r="I56" s="11">
-        <v>420300</v>
+        <v>442200</v>
       </c>
       <c r="J56" s="11"/>
     </row>
     <row r="57" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A57" s="31"/>
       <c r="B57" s="10">
         <v>38</v>
       </c>
       <c r="C57" s="11">
-        <v>264600</v>
+        <v>279500</v>
       </c>
       <c r="D57" s="11">
-        <v>286400</v>
+        <v>300200</v>
       </c>
       <c r="E57" s="11">
-        <v>297600</v>
+        <v>311300</v>
       </c>
       <c r="F57" s="19">
-        <v>322600</v>
+        <v>336200</v>
       </c>
       <c r="G57" s="11">
-        <v>349100</v>
+        <v>363000</v>
       </c>
       <c r="H57" s="11">
-        <v>389500</v>
+        <v>410500</v>
       </c>
       <c r="I57" s="11">
-        <v>422300</v>
+        <v>444200</v>
       </c>
       <c r="J57" s="11"/>
     </row>
     <row r="58" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A58" s="31"/>
       <c r="B58" s="10">
         <v>39</v>
       </c>
       <c r="C58" s="11">
-        <v>265600</v>
+        <v>280400</v>
       </c>
       <c r="D58" s="11">
-        <v>287600</v>
+        <v>301300</v>
       </c>
       <c r="E58" s="11">
-        <v>299200</v>
+        <v>312800</v>
       </c>
       <c r="F58" s="19">
-        <v>324400</v>
+        <v>338000</v>
       </c>
       <c r="G58" s="11">
-        <v>351100</v>
+        <v>365000</v>
       </c>
       <c r="H58" s="11">
-        <v>391700</v>
+        <v>412700</v>
       </c>
       <c r="I58" s="11">
-        <v>424200</v>
+        <v>446100</v>
       </c>
       <c r="J58" s="11"/>
     </row>
     <row r="59" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A59" s="31"/>
       <c r="B59" s="10">
         <v>40</v>
       </c>
       <c r="C59" s="11">
-        <v>266500</v>
+        <v>281200</v>
       </c>
       <c r="D59" s="11">
-        <v>288800</v>
+        <v>302300</v>
       </c>
       <c r="E59" s="11">
-        <v>300800</v>
+        <v>314300</v>
       </c>
       <c r="F59" s="19">
-        <v>326200</v>
+        <v>339800</v>
       </c>
       <c r="G59" s="11">
-        <v>353100</v>
+        <v>367000</v>
       </c>
       <c r="H59" s="11">
-        <v>393900</v>
+        <v>414900</v>
       </c>
       <c r="I59" s="11">
-        <v>426100</v>
+        <v>448000</v>
       </c>
       <c r="J59" s="11"/>
     </row>
     <row r="60" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A60" s="31"/>
       <c r="B60" s="10"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="19"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
     </row>
     <row r="61" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A61" s="31"/>
       <c r="B61" s="10">
         <v>41</v>
       </c>
       <c r="C61" s="11">
-        <v>267500</v>
+        <v>282000</v>
       </c>
       <c r="D61" s="11">
-        <v>289900</v>
+        <v>303300</v>
       </c>
       <c r="E61" s="11">
-        <v>302400</v>
+        <v>315800</v>
       </c>
       <c r="F61" s="19">
-        <v>328000</v>
+        <v>341600</v>
       </c>
       <c r="G61" s="11">
-        <v>355100</v>
+        <v>369000</v>
       </c>
       <c r="H61" s="11">
-        <v>396100</v>
+        <v>417100</v>
       </c>
       <c r="I61" s="11">
-        <v>428000</v>
+        <v>449900</v>
       </c>
       <c r="J61" s="11"/>
     </row>
     <row r="62" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A62" s="31"/>
       <c r="B62" s="10">
         <v>42</v>
       </c>
       <c r="C62" s="11">
-        <v>268500</v>
+        <v>282900</v>
       </c>
       <c r="D62" s="11">
-        <v>291100</v>
+        <v>304400</v>
       </c>
       <c r="E62" s="11">
-        <v>304000</v>
+        <v>317400</v>
       </c>
       <c r="F62" s="19">
-        <v>329800</v>
+        <v>343400</v>
       </c>
       <c r="G62" s="11">
-        <v>356800</v>
+        <v>370700</v>
       </c>
       <c r="H62" s="11">
-        <v>397900</v>
+        <v>418900</v>
       </c>
       <c r="I62" s="11">
-        <v>429900</v>
+        <v>451800</v>
       </c>
       <c r="J62" s="11"/>
     </row>
     <row r="63" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A63" s="31"/>
       <c r="B63" s="10">
         <v>43</v>
       </c>
       <c r="C63" s="11">
-        <v>269500</v>
+        <v>283800</v>
       </c>
       <c r="D63" s="11">
-        <v>292300</v>
+        <v>305400</v>
       </c>
       <c r="E63" s="11">
-        <v>305700</v>
+        <v>319100</v>
       </c>
       <c r="F63" s="19">
-        <v>331600</v>
+        <v>345200</v>
       </c>
       <c r="G63" s="11">
-        <v>358500</v>
+        <v>372400</v>
       </c>
       <c r="H63" s="11">
-        <v>399700</v>
+        <v>420700</v>
       </c>
       <c r="I63" s="11">
-        <v>431800</v>
+        <v>453700</v>
       </c>
       <c r="J63" s="11"/>
     </row>
     <row r="64" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A64" s="31"/>
       <c r="B64" s="10">
         <v>44</v>
       </c>
       <c r="C64" s="11">
-        <v>270400</v>
+        <v>284600</v>
       </c>
       <c r="D64" s="11">
-        <v>293400</v>
+        <v>306400</v>
       </c>
       <c r="E64" s="11">
-        <v>307300</v>
+        <v>320700</v>
       </c>
       <c r="F64" s="19">
-        <v>333400</v>
+        <v>347000</v>
       </c>
       <c r="G64" s="11">
-        <v>360200</v>
+        <v>374100</v>
       </c>
       <c r="H64" s="11">
-        <v>401500</v>
+        <v>422500</v>
       </c>
       <c r="I64" s="11">
-        <v>433700</v>
+        <v>455600</v>
       </c>
       <c r="J64" s="11"/>
     </row>
     <row r="65" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A65" s="31"/>
       <c r="B65" s="10"/>
       <c r="C65" s="11"/>
       <c r="D65" s="11"/>
       <c r="E65" s="11"/>
       <c r="F65" s="19"/>
       <c r="G65" s="11"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
       <c r="J65" s="11"/>
     </row>
     <row r="66" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A66" s="31"/>
       <c r="B66" s="10">
         <v>45</v>
       </c>
       <c r="C66" s="11">
-        <v>271400</v>
+        <v>285400</v>
       </c>
       <c r="D66" s="11">
-        <v>294600</v>
+        <v>307500</v>
       </c>
       <c r="E66" s="11">
-        <v>309000</v>
+        <v>322400</v>
       </c>
       <c r="F66" s="19">
-        <v>335200</v>
+        <v>348800</v>
       </c>
       <c r="G66" s="11">
-        <v>361800</v>
+        <v>375700</v>
       </c>
       <c r="H66" s="11">
-        <v>403300</v>
+        <v>424300</v>
       </c>
       <c r="I66" s="11">
-        <v>435500</v>
+        <v>457400</v>
       </c>
       <c r="J66" s="11"/>
     </row>
     <row r="67" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A67" s="31"/>
       <c r="B67" s="10">
         <v>46</v>
       </c>
       <c r="C67" s="11">
-        <v>272400</v>
+        <v>286300</v>
       </c>
       <c r="D67" s="11">
-        <v>295700</v>
+        <v>308500</v>
       </c>
       <c r="E67" s="11">
-        <v>310300</v>
+        <v>323600</v>
       </c>
       <c r="F67" s="19">
-        <v>336800</v>
+        <v>350400</v>
       </c>
       <c r="G67" s="11">
-        <v>363400</v>
+        <v>377300</v>
       </c>
       <c r="H67" s="11">
-        <v>405100</v>
+        <v>426100</v>
       </c>
       <c r="I67" s="11">
-        <v>437400</v>
+        <v>459300</v>
       </c>
       <c r="J67" s="11"/>
     </row>
     <row r="68" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A68" s="31"/>
       <c r="B68" s="10">
         <v>47</v>
       </c>
       <c r="C68" s="11">
-        <v>273400</v>
+        <v>287200</v>
       </c>
       <c r="D68" s="11">
-        <v>296900</v>
+        <v>309500</v>
       </c>
       <c r="E68" s="11">
-        <v>311600</v>
+        <v>324800</v>
       </c>
       <c r="F68" s="19">
-        <v>338400</v>
+        <v>352000</v>
       </c>
       <c r="G68" s="11">
-        <v>365000</v>
+        <v>378900</v>
       </c>
       <c r="H68" s="11">
-        <v>406900</v>
+        <v>427900</v>
       </c>
       <c r="I68" s="11">
-        <v>439300</v>
+        <v>461200</v>
       </c>
       <c r="J68" s="11"/>
     </row>
     <row r="69" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A69" s="31"/>
       <c r="B69" s="10">
         <v>48</v>
       </c>
       <c r="C69" s="11">
-        <v>274300</v>
+        <v>288000</v>
       </c>
       <c r="D69" s="11">
-        <v>298000</v>
+        <v>310500</v>
       </c>
       <c r="E69" s="11">
-        <v>312900</v>
+        <v>326000</v>
       </c>
       <c r="F69" s="19">
-        <v>340000</v>
+        <v>353600</v>
       </c>
       <c r="G69" s="11">
-        <v>366600</v>
+        <v>380500</v>
       </c>
       <c r="H69" s="11">
-        <v>408700</v>
+        <v>429700</v>
       </c>
       <c r="I69" s="11">
-        <v>441100</v>
+        <v>463000</v>
       </c>
       <c r="J69" s="11"/>
     </row>
     <row r="70" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A70" s="31"/>
       <c r="B70" s="10"/>
       <c r="C70" s="11"/>
       <c r="D70" s="11"/>
       <c r="E70" s="11"/>
       <c r="F70" s="19"/>
       <c r="G70" s="11"/>
       <c r="H70" s="11"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
     </row>
     <row r="71" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A71" s="31"/>
       <c r="B71" s="10">
         <v>49</v>
       </c>
       <c r="C71" s="11">
-        <v>275300</v>
+        <v>288800</v>
       </c>
       <c r="D71" s="11">
-        <v>299100</v>
+        <v>311500</v>
       </c>
       <c r="E71" s="11">
-        <v>314200</v>
+        <v>327200</v>
       </c>
       <c r="F71" s="19">
-        <v>341500</v>
+        <v>355100</v>
       </c>
       <c r="G71" s="11">
-        <v>368200</v>
+        <v>382100</v>
       </c>
       <c r="H71" s="11">
-        <v>410400</v>
+        <v>431400</v>
       </c>
       <c r="I71" s="11">
-        <v>442900</v>
+        <v>464800</v>
       </c>
       <c r="J71" s="11"/>
     </row>
     <row r="72" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A72" s="31"/>
       <c r="B72" s="10">
         <v>50</v>
       </c>
       <c r="C72" s="11">
-        <v>276300</v>
+        <v>289700</v>
       </c>
       <c r="D72" s="11">
-        <v>300200</v>
+        <v>312500</v>
       </c>
       <c r="E72" s="11">
-        <v>315500</v>
+        <v>328400</v>
       </c>
       <c r="F72" s="19">
-        <v>343100</v>
+        <v>356700</v>
       </c>
       <c r="G72" s="11">
-        <v>369800</v>
+        <v>383700</v>
       </c>
       <c r="H72" s="11">
-        <v>412200</v>
+        <v>433200</v>
       </c>
       <c r="I72" s="11">
-        <v>444700</v>
+        <v>466600</v>
       </c>
       <c r="J72" s="11"/>
     </row>
     <row r="73" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A73" s="31"/>
       <c r="B73" s="10">
         <v>51</v>
       </c>
       <c r="C73" s="11">
-        <v>277300</v>
+        <v>290600</v>
       </c>
       <c r="D73" s="11">
-        <v>301300</v>
+        <v>313500</v>
       </c>
       <c r="E73" s="11">
-        <v>316800</v>
+        <v>329600</v>
       </c>
       <c r="F73" s="19">
-        <v>344700</v>
+        <v>358300</v>
       </c>
       <c r="G73" s="11">
-        <v>371400</v>
+        <v>385300</v>
       </c>
       <c r="H73" s="11">
-        <v>414000</v>
+        <v>435000</v>
       </c>
       <c r="I73" s="11">
-        <v>446500</v>
+        <v>468400</v>
       </c>
       <c r="J73" s="11"/>
     </row>
     <row r="74" spans="1:10" ht="18.75" customHeight="1">
       <c r="A74" s="31"/>
       <c r="B74" s="10">
         <v>52</v>
       </c>
       <c r="C74" s="11">
-        <v>278300</v>
+        <v>291400</v>
       </c>
       <c r="D74" s="11">
-        <v>302400</v>
+        <v>314500</v>
       </c>
       <c r="E74" s="11">
-        <v>318100</v>
+        <v>330800</v>
       </c>
       <c r="F74" s="19">
-        <v>346300</v>
+        <v>359900</v>
       </c>
       <c r="G74" s="11">
-        <v>372900</v>
+        <v>386800</v>
       </c>
       <c r="H74" s="11">
-        <v>415800</v>
+        <v>436800</v>
       </c>
       <c r="I74" s="11">
-        <v>448300</v>
+        <v>470200</v>
       </c>
       <c r="J74" s="11"/>
     </row>
     <row r="75" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A75" s="31"/>
       <c r="B75" s="10"/>
       <c r="C75" s="11"/>
       <c r="D75" s="11"/>
       <c r="E75" s="11"/>
       <c r="F75" s="19"/>
       <c r="G75" s="11"/>
       <c r="H75" s="11"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
     </row>
     <row r="76" spans="1:10" ht="18.75" customHeight="1">
       <c r="A76" s="31"/>
       <c r="B76" s="10">
         <v>53</v>
       </c>
       <c r="C76" s="11">
-        <v>279200</v>
+        <v>292200</v>
       </c>
       <c r="D76" s="11">
-        <v>303500</v>
+        <v>315400</v>
       </c>
       <c r="E76" s="11">
-        <v>319400</v>
+        <v>332000</v>
       </c>
       <c r="F76" s="19">
-        <v>347800</v>
+        <v>361400</v>
       </c>
       <c r="G76" s="11">
-        <v>374400</v>
+        <v>388300</v>
       </c>
       <c r="H76" s="11">
-        <v>417500</v>
+        <v>438500</v>
       </c>
       <c r="I76" s="11">
-        <v>450000</v>
+        <v>471900</v>
       </c>
       <c r="J76" s="11"/>
     </row>
     <row r="77" spans="1:10" ht="18.75" customHeight="1">
       <c r="A77" s="31"/>
       <c r="B77" s="10">
         <v>54</v>
       </c>
       <c r="C77" s="11">
-        <v>280200</v>
+        <v>293100</v>
       </c>
       <c r="D77" s="11">
-        <v>304600</v>
+        <v>316400</v>
       </c>
       <c r="E77" s="11">
-        <v>320600</v>
+        <v>333100</v>
       </c>
       <c r="F77" s="19">
-        <v>349400</v>
+        <v>363000</v>
       </c>
       <c r="G77" s="11">
-        <v>375900</v>
+        <v>389800</v>
       </c>
       <c r="H77" s="11">
-        <v>419300</v>
+        <v>440300</v>
       </c>
       <c r="I77" s="11">
-        <v>451400</v>
+        <v>473300</v>
       </c>
       <c r="J77" s="11"/>
     </row>
     <row r="78" spans="1:10" ht="18.75" customHeight="1">
       <c r="A78" s="31"/>
       <c r="B78" s="10">
         <v>55</v>
       </c>
       <c r="C78" s="11">
-        <v>281200</v>
+        <v>294000</v>
       </c>
       <c r="D78" s="11">
-        <v>305700</v>
+        <v>317400</v>
       </c>
       <c r="E78" s="11">
-        <v>321900</v>
+        <v>334300</v>
       </c>
       <c r="F78" s="19">
-        <v>350900</v>
+        <v>364500</v>
       </c>
       <c r="G78" s="11">
-        <v>377400</v>
+        <v>391300</v>
       </c>
       <c r="H78" s="11">
-        <v>421100</v>
+        <v>442100</v>
       </c>
       <c r="I78" s="11">
-        <v>452800</v>
+        <v>474700</v>
       </c>
       <c r="J78" s="11"/>
     </row>
     <row r="79" spans="1:10" ht="18.75" customHeight="1">
       <c r="A79" s="31"/>
       <c r="B79" s="10">
         <v>56</v>
       </c>
       <c r="C79" s="11">
-        <v>282200</v>
+        <v>294800</v>
       </c>
       <c r="D79" s="11">
-        <v>306800</v>
+        <v>318400</v>
       </c>
       <c r="E79" s="11">
-        <v>323200</v>
+        <v>335500</v>
       </c>
       <c r="F79" s="19">
-        <v>352400</v>
+        <v>366000</v>
       </c>
       <c r="G79" s="11">
-        <v>378900</v>
+        <v>392800</v>
       </c>
       <c r="H79" s="11">
-        <v>422800</v>
+        <v>443800</v>
       </c>
       <c r="I79" s="11">
-        <v>454100</v>
+        <v>476000</v>
       </c>
       <c r="J79" s="11"/>
     </row>
     <row r="80" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A80" s="31"/>
       <c r="B80" s="10"/>
       <c r="D80" s="11"/>
       <c r="E80" s="11"/>
       <c r="F80" s="19"/>
       <c r="G80" s="11"/>
       <c r="H80" s="11"/>
       <c r="I80" s="11"/>
       <c r="J80" s="11"/>
     </row>
     <row r="81" spans="1:10" ht="18.75" customHeight="1">
       <c r="A81" s="31"/>
       <c r="B81" s="10">
         <v>57</v>
       </c>
       <c r="C81" s="11">
-        <v>283100</v>
+        <v>295600</v>
       </c>
       <c r="D81" s="11">
-        <v>307900</v>
+        <v>319300</v>
       </c>
       <c r="E81" s="11">
-        <v>324500</v>
+        <v>336700</v>
       </c>
       <c r="F81" s="19">
-        <v>353900</v>
+        <v>367500</v>
       </c>
       <c r="G81" s="11">
-        <v>380400</v>
+        <v>394300</v>
       </c>
       <c r="H81" s="11">
-        <v>424500</v>
+        <v>445500</v>
       </c>
       <c r="I81" s="11">
-        <v>455300</v>
+        <v>477200</v>
       </c>
       <c r="J81" s="11"/>
     </row>
     <row r="82" spans="1:10" ht="18.75" customHeight="1">
       <c r="A82" s="31"/>
       <c r="B82" s="10">
         <v>58</v>
       </c>
       <c r="C82" s="11">
-        <v>284100</v>
+        <v>296500</v>
       </c>
       <c r="D82" s="11">
-        <v>309000</v>
+        <v>320300</v>
       </c>
       <c r="E82" s="11">
-        <v>325700</v>
+        <v>337800</v>
       </c>
       <c r="F82" s="19">
-        <v>355400</v>
+        <v>369000</v>
       </c>
       <c r="G82" s="11">
-        <v>381900</v>
+        <v>395800</v>
       </c>
       <c r="H82" s="11">
-        <v>426100</v>
+        <v>447100</v>
       </c>
       <c r="I82" s="11">
-        <v>456400</v>
+        <v>478300</v>
       </c>
       <c r="J82" s="11"/>
     </row>
     <row r="83" spans="1:10" ht="18.75" customHeight="1">
       <c r="A83" s="31"/>
       <c r="B83" s="10">
         <v>59</v>
       </c>
       <c r="C83" s="11">
-        <v>285100</v>
+        <v>297400</v>
       </c>
       <c r="D83" s="11">
-        <v>310100</v>
+        <v>321300</v>
       </c>
       <c r="E83" s="11">
-        <v>327000</v>
+        <v>338900</v>
       </c>
       <c r="F83" s="19">
-        <v>356900</v>
+        <v>370500</v>
       </c>
       <c r="G83" s="11">
-        <v>383400</v>
+        <v>397300</v>
       </c>
       <c r="H83" s="11">
-        <v>427700</v>
+        <v>448700</v>
       </c>
       <c r="I83" s="11">
-        <v>457500</v>
+        <v>479400</v>
       </c>
       <c r="J83" s="11"/>
     </row>
     <row r="84" spans="1:10" ht="18.75" customHeight="1">
       <c r="A84" s="31"/>
       <c r="B84" s="10">
         <v>60</v>
       </c>
       <c r="C84" s="11">
-        <v>286100</v>
+        <v>298200</v>
       </c>
       <c r="D84" s="11">
-        <v>311200</v>
+        <v>322300</v>
       </c>
       <c r="E84" s="11">
-        <v>328300</v>
+        <v>340100</v>
       </c>
       <c r="F84" s="19">
-        <v>358400</v>
+        <v>372000</v>
       </c>
       <c r="G84" s="11">
-        <v>384900</v>
+        <v>398800</v>
       </c>
       <c r="H84" s="11">
-        <v>429200</v>
+        <v>450200</v>
       </c>
       <c r="I84" s="11">
-        <v>458500</v>
+        <v>480400</v>
       </c>
       <c r="J84" s="11"/>
     </row>
     <row r="85" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A85" s="31"/>
       <c r="B85" s="10"/>
       <c r="C85" s="11"/>
       <c r="D85" s="11"/>
       <c r="E85" s="11"/>
       <c r="F85" s="19"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
       <c r="J85" s="11"/>
     </row>
     <row r="86" spans="1:10" ht="18.75" customHeight="1">
       <c r="A86" s="31"/>
       <c r="B86" s="10">
         <v>61</v>
       </c>
       <c r="C86" s="11">
-        <v>287000</v>
+        <v>299000</v>
       </c>
       <c r="D86" s="11">
-        <v>312300</v>
+        <v>323200</v>
       </c>
       <c r="E86" s="11">
-        <v>329600</v>
+        <v>341300</v>
       </c>
       <c r="F86" s="19">
-        <v>359900</v>
+        <v>373400</v>
       </c>
       <c r="G86" s="11">
-        <v>386400</v>
+        <v>400300</v>
       </c>
       <c r="H86" s="11">
-        <v>430700</v>
+        <v>451700</v>
       </c>
       <c r="I86" s="11">
-        <v>459500</v>
+        <v>481400</v>
       </c>
       <c r="J86" s="11"/>
     </row>
     <row r="87" spans="1:10" ht="18.75" customHeight="1">
       <c r="A87" s="31"/>
       <c r="B87" s="10">
         <v>62</v>
       </c>
       <c r="C87" s="11">
-        <v>287900</v>
+        <v>299800</v>
       </c>
       <c r="D87" s="11">
-        <v>313400</v>
+        <v>324200</v>
       </c>
       <c r="E87" s="11">
-        <v>330900</v>
+        <v>342500</v>
       </c>
       <c r="F87" s="19">
-        <v>361400</v>
+        <v>374800</v>
       </c>
       <c r="G87" s="11">
-        <v>387900</v>
+        <v>401800</v>
       </c>
       <c r="H87" s="11">
-        <v>432100</v>
+        <v>453100</v>
       </c>
       <c r="I87" s="11">
-        <v>460300</v>
+        <v>482100</v>
       </c>
       <c r="J87" s="11"/>
     </row>
     <row r="88" spans="1:10" ht="18.75" customHeight="1">
       <c r="A88" s="31"/>
       <c r="B88" s="10">
         <v>63</v>
       </c>
       <c r="C88" s="11">
-        <v>288900</v>
+        <v>300700</v>
       </c>
       <c r="D88" s="11">
-        <v>314500</v>
+        <v>325200</v>
       </c>
       <c r="E88" s="11">
-        <v>332200</v>
+        <v>343600</v>
       </c>
       <c r="F88" s="19">
-        <v>362900</v>
+        <v>376200</v>
       </c>
       <c r="G88" s="11">
-        <v>389400</v>
+        <v>403300</v>
       </c>
       <c r="H88" s="11">
-        <v>433400</v>
+        <v>454400</v>
       </c>
       <c r="I88" s="11">
-        <v>461100</v>
+        <v>482800</v>
       </c>
       <c r="J88" s="11"/>
     </row>
     <row r="89" spans="1:10" ht="18.75" customHeight="1">
       <c r="A89" s="31"/>
       <c r="B89" s="10">
         <v>64</v>
       </c>
       <c r="C89" s="11">
-        <v>289800</v>
+        <v>301500</v>
       </c>
       <c r="D89" s="11">
-        <v>315600</v>
+        <v>326200</v>
       </c>
       <c r="E89" s="11">
-        <v>333500</v>
+        <v>344700</v>
       </c>
       <c r="F89" s="19">
-        <v>364300</v>
+        <v>377500</v>
       </c>
       <c r="G89" s="11">
-        <v>390900</v>
+        <v>404800</v>
       </c>
       <c r="H89" s="11">
-        <v>434700</v>
+        <v>455700</v>
       </c>
       <c r="I89" s="11">
-        <v>461900</v>
+        <v>483500</v>
       </c>
       <c r="J89" s="11"/>
     </row>
     <row r="90" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A90" s="31"/>
       <c r="B90" s="10"/>
       <c r="C90" s="11"/>
       <c r="D90" s="11"/>
       <c r="E90" s="11"/>
       <c r="F90" s="19"/>
       <c r="G90" s="11"/>
       <c r="H90" s="11"/>
       <c r="I90" s="11"/>
       <c r="J90" s="11"/>
     </row>
     <row r="91" spans="1:10" ht="18.75" customHeight="1">
       <c r="A91" s="31"/>
       <c r="B91" s="10">
         <v>65</v>
       </c>
       <c r="C91" s="11">
-        <v>290800</v>
+        <v>302300</v>
       </c>
       <c r="D91" s="11">
-        <v>316700</v>
+        <v>327100</v>
       </c>
       <c r="E91" s="11">
-        <v>334700</v>
+        <v>345800</v>
       </c>
       <c r="F91" s="19">
-        <v>365800</v>
+        <v>378900</v>
       </c>
       <c r="G91" s="11">
-        <v>392300</v>
+        <v>406200</v>
       </c>
       <c r="H91" s="11">
-        <v>436000</v>
+        <v>457000</v>
       </c>
       <c r="I91" s="11">
-        <v>462700</v>
+        <v>484200</v>
       </c>
       <c r="J91" s="11"/>
     </row>
     <row r="92" spans="1:10" ht="18.75" customHeight="1">
       <c r="A92" s="31"/>
       <c r="B92" s="10">
         <v>66</v>
       </c>
       <c r="C92" s="11">
-        <v>291700</v>
+        <v>303100</v>
       </c>
       <c r="D92" s="11">
-        <v>317800</v>
+        <v>328100</v>
       </c>
       <c r="E92" s="11">
-        <v>336000</v>
+        <v>347000</v>
       </c>
       <c r="F92" s="19">
-        <v>367200</v>
+        <v>380200</v>
       </c>
       <c r="G92" s="11">
-        <v>393800</v>
+        <v>407700</v>
       </c>
       <c r="H92" s="11">
-        <v>437100</v>
+        <v>458100</v>
       </c>
       <c r="I92" s="11">
-        <v>463400</v>
+        <v>484900</v>
       </c>
       <c r="J92" s="11"/>
     </row>
     <row r="93" spans="1:10" ht="18.75" customHeight="1">
       <c r="A93" s="31"/>
       <c r="B93" s="10">
         <v>67</v>
       </c>
       <c r="C93" s="11">
-        <v>292700</v>
+        <v>304000</v>
       </c>
       <c r="D93" s="11">
-        <v>318900</v>
+        <v>329100</v>
       </c>
       <c r="E93" s="11">
-        <v>337300</v>
+        <v>348100</v>
       </c>
       <c r="F93" s="19">
-        <v>368700</v>
+        <v>381600</v>
       </c>
       <c r="G93" s="11">
-        <v>395300</v>
+        <v>409200</v>
       </c>
       <c r="H93" s="11">
-        <v>438200</v>
+        <v>459200</v>
       </c>
       <c r="I93" s="11">
-        <v>464100</v>
+        <v>485500</v>
       </c>
       <c r="J93" s="11"/>
     </row>
     <row r="94" spans="1:10" ht="18.75" customHeight="1">
       <c r="A94" s="31"/>
       <c r="B94" s="10">
         <v>68</v>
       </c>
       <c r="C94" s="11">
-        <v>293600</v>
+        <v>304800</v>
       </c>
       <c r="D94" s="11">
-        <v>320000</v>
+        <v>330100</v>
       </c>
       <c r="E94" s="11">
-        <v>338600</v>
+        <v>349200</v>
       </c>
       <c r="F94" s="19">
-        <v>370100</v>
+        <v>382900</v>
       </c>
       <c r="G94" s="11">
-        <v>396700</v>
+        <v>410600</v>
       </c>
       <c r="H94" s="11">
-        <v>439200</v>
+        <v>460200</v>
       </c>
       <c r="I94" s="11">
-        <v>464700</v>
+        <v>486100</v>
       </c>
       <c r="J94" s="11"/>
     </row>
     <row r="95" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A95" s="31"/>
       <c r="B95" s="10"/>
       <c r="C95" s="11"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="19"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
     </row>
     <row r="96" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A96" s="31"/>
       <c r="B96" s="10">
         <v>69</v>
       </c>
       <c r="C96" s="11">
-        <v>294600</v>
+        <v>305600</v>
       </c>
       <c r="D96" s="11">
-        <v>321100</v>
+        <v>331000</v>
       </c>
       <c r="E96" s="11">
-        <v>339800</v>
+        <v>350300</v>
       </c>
       <c r="F96" s="19">
-        <v>371600</v>
+        <v>384300</v>
       </c>
       <c r="G96" s="11">
-        <v>398100</v>
+        <v>412000</v>
       </c>
       <c r="H96" s="11">
-        <v>440200</v>
+        <v>461200</v>
       </c>
       <c r="I96" s="11">
-        <v>465300</v>
+        <v>486700</v>
       </c>
       <c r="J96" s="11"/>
     </row>
     <row r="97" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A97" s="31"/>
       <c r="B97" s="10">
         <v>70</v>
       </c>
       <c r="C97" s="11">
-        <v>295500</v>
+        <v>306400</v>
       </c>
       <c r="D97" s="11">
-        <v>322200</v>
+        <v>332000</v>
       </c>
       <c r="E97" s="11">
-        <v>341100</v>
+        <v>351500</v>
       </c>
       <c r="F97" s="19">
-        <v>373100</v>
+        <v>385700</v>
       </c>
       <c r="G97" s="11">
-        <v>399500</v>
+        <v>413300</v>
       </c>
       <c r="H97" s="11">
-        <v>441300</v>
+        <v>462300</v>
       </c>
       <c r="I97" s="11">
-        <v>465900</v>
+        <v>487300</v>
       </c>
       <c r="J97" s="11"/>
     </row>
     <row r="98" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A98" s="31"/>
       <c r="B98" s="10">
         <v>71</v>
       </c>
       <c r="C98" s="11">
-        <v>296400</v>
+        <v>307200</v>
       </c>
       <c r="D98" s="11">
-        <v>323300</v>
+        <v>333000</v>
       </c>
       <c r="E98" s="11">
-        <v>342400</v>
+        <v>352600</v>
       </c>
       <c r="F98" s="19">
-        <v>374600</v>
+        <v>387100</v>
       </c>
       <c r="G98" s="11">
-        <v>400900</v>
+        <v>414500</v>
       </c>
       <c r="H98" s="11">
-        <v>442400</v>
+        <v>463400</v>
       </c>
       <c r="I98" s="11">
-        <v>466500</v>
+        <v>487900</v>
       </c>
       <c r="J98" s="11"/>
     </row>
     <row r="99" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A99" s="31"/>
       <c r="B99" s="10">
         <v>72</v>
       </c>
       <c r="C99" s="11">
-        <v>297400</v>
+        <v>308100</v>
       </c>
       <c r="D99" s="11">
-        <v>324400</v>
+        <v>334000</v>
       </c>
       <c r="E99" s="11">
-        <v>343700</v>
+        <v>353700</v>
       </c>
       <c r="F99" s="19">
-        <v>376000</v>
+        <v>388400</v>
       </c>
       <c r="G99" s="11">
-        <v>402300</v>
+        <v>415700</v>
       </c>
       <c r="H99" s="11">
-        <v>443400</v>
+        <v>464400</v>
       </c>
       <c r="I99" s="11">
-        <v>467200</v>
+        <v>488600</v>
       </c>
       <c r="J99" s="11"/>
     </row>
     <row r="100" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A100" s="32"/>
       <c r="B100" s="12"/>
       <c r="C100" s="13"/>
       <c r="D100" s="13"/>
       <c r="E100" s="13"/>
       <c r="F100" s="20"/>
       <c r="G100" s="13"/>
       <c r="H100" s="13"/>
       <c r="I100" s="13"/>
       <c r="J100" s="13"/>
     </row>
     <row r="101" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B101" s="5"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
     </row>
     <row r="102" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B102" s="5"/>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3"/>
     </row>
-    <row r="103" spans="1:10" ht="25.9" customHeight="1">
+    <row r="103" spans="1:10" ht="25.95" customHeight="1">
       <c r="A103" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C103" s="23" t="s">
         <v>14</v>
       </c>
       <c r="D103" s="23" t="s">
         <v>0</v>
       </c>
       <c r="E103" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F103" s="23" t="s">
         <v>2</v>
       </c>
       <c r="G103" s="23" t="s">
         <v>3</v>
       </c>
       <c r="H103" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I103" s="23" t="s">
         <v>5</v>
       </c>
       <c r="J103" s="23" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="104" spans="1:10" ht="25.9" customHeight="1">
+    <row r="104" spans="1:10" ht="25.95" customHeight="1">
       <c r="A104" s="29"/>
       <c r="B104" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="E104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="G104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="H104" s="23" t="s">
         <v>7</v>
       </c>
       <c r="I104" s="23" t="s">
         <v>7</v>
       </c>
@@ -3457,1209 +3470,1209 @@
       <c r="E105" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F105" s="17" t="s">
         <v>12</v>
       </c>
       <c r="G105" s="17" t="s">
         <v>12</v>
       </c>
       <c r="H105" s="17" t="s">
         <v>12</v>
       </c>
       <c r="I105" s="17" t="s">
         <v>12</v>
       </c>
       <c r="J105" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:10" ht="18.75" customHeight="1">
       <c r="A106" s="31"/>
       <c r="B106" s="15">
         <v>73</v>
       </c>
       <c r="C106" s="11">
-        <v>298400</v>
+        <v>308900</v>
       </c>
       <c r="D106" s="11">
-        <v>325500</v>
+        <v>334900</v>
       </c>
       <c r="E106" s="11">
-        <v>344900</v>
+        <v>354800</v>
       </c>
       <c r="F106" s="11">
-        <v>377400</v>
+        <v>389700</v>
       </c>
       <c r="G106" s="11">
-        <v>403700</v>
+        <v>416900</v>
       </c>
       <c r="H106" s="11">
-        <v>444400</v>
+        <v>465300</v>
       </c>
       <c r="I106" s="11">
-        <v>467800</v>
+        <v>489200</v>
       </c>
       <c r="J106" s="11"/>
     </row>
     <row r="107" spans="1:10" ht="18.75" customHeight="1">
       <c r="A107" s="31"/>
       <c r="B107" s="15">
         <v>74</v>
       </c>
       <c r="C107" s="11">
-        <v>299400</v>
+        <v>309800</v>
       </c>
       <c r="D107" s="11">
-        <v>326600</v>
+        <v>335900</v>
       </c>
       <c r="E107" s="11">
-        <v>346200</v>
+        <v>356000</v>
       </c>
       <c r="F107" s="11">
-        <v>378800</v>
+        <v>391000</v>
       </c>
       <c r="G107" s="11">
-        <v>405000</v>
+        <v>418100</v>
       </c>
       <c r="H107" s="11">
-        <v>445100</v>
+        <v>466000</v>
       </c>
       <c r="I107" s="11">
-        <v>468400</v>
+        <v>489800</v>
       </c>
       <c r="J107" s="11"/>
     </row>
     <row r="108" spans="1:10" ht="18.75" customHeight="1">
       <c r="A108" s="31"/>
       <c r="B108" s="15">
         <v>75</v>
       </c>
       <c r="C108" s="11">
-        <v>300400</v>
+        <v>310600</v>
       </c>
       <c r="D108" s="11">
-        <v>327700</v>
+        <v>336900</v>
       </c>
       <c r="E108" s="11">
-        <v>347500</v>
+        <v>357100</v>
       </c>
       <c r="F108" s="11">
-        <v>380300</v>
+        <v>392400</v>
       </c>
       <c r="G108" s="11">
-        <v>406300</v>
+        <v>419200</v>
       </c>
       <c r="H108" s="11">
-        <v>445800</v>
+        <v>466600</v>
       </c>
       <c r="I108" s="11">
-        <v>469000</v>
+        <v>490400</v>
       </c>
       <c r="J108" s="11"/>
     </row>
     <row r="109" spans="1:10" ht="18.75" customHeight="1">
       <c r="A109" s="31"/>
       <c r="B109" s="15">
         <v>76</v>
       </c>
       <c r="C109" s="11">
-        <v>301300</v>
+        <v>311400</v>
       </c>
       <c r="D109" s="11">
-        <v>328800</v>
+        <v>337800</v>
       </c>
       <c r="E109" s="11">
-        <v>348800</v>
+        <v>358200</v>
       </c>
       <c r="F109" s="11">
-        <v>381700</v>
+        <v>393700</v>
       </c>
       <c r="G109" s="11">
-        <v>407600</v>
+        <v>420300</v>
       </c>
       <c r="H109" s="11">
-        <v>446500</v>
+        <v>467200</v>
       </c>
       <c r="I109" s="11">
-        <v>469500</v>
+        <v>490900</v>
       </c>
       <c r="J109" s="11"/>
     </row>
     <row r="110" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A110" s="31"/>
       <c r="B110" s="15"/>
       <c r="C110" s="22"/>
       <c r="D110" s="11"/>
       <c r="E110" s="11"/>
       <c r="F110" s="11"/>
       <c r="G110" s="11"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
       <c r="J110" s="11"/>
     </row>
     <row r="111" spans="1:10" ht="18.75" customHeight="1">
       <c r="A111" s="31"/>
       <c r="B111" s="15">
         <v>77</v>
       </c>
       <c r="C111" s="11">
-        <v>302200</v>
+        <v>312200</v>
       </c>
       <c r="D111" s="11">
-        <v>329900</v>
+        <v>338700</v>
       </c>
       <c r="E111" s="11">
-        <v>350000</v>
+        <v>359200</v>
       </c>
       <c r="F111" s="11">
-        <v>383100</v>
+        <v>395000</v>
       </c>
       <c r="G111" s="11">
-        <v>408900</v>
+        <v>421400</v>
       </c>
       <c r="H111" s="11">
-        <v>447100</v>
+        <v>467800</v>
       </c>
       <c r="I111" s="11">
-        <v>470100</v>
+        <v>491500</v>
       </c>
       <c r="J111" s="11"/>
     </row>
     <row r="112" spans="1:10" ht="18.75" customHeight="1">
       <c r="A112" s="31"/>
       <c r="B112" s="15">
         <v>78</v>
       </c>
       <c r="C112" s="11">
-        <v>303200</v>
+        <v>313100</v>
       </c>
       <c r="D112" s="11">
-        <v>331000</v>
+        <v>339700</v>
       </c>
       <c r="E112" s="11">
-        <v>351300</v>
+        <v>360300</v>
       </c>
       <c r="F112" s="11">
-        <v>384500</v>
+        <v>396300</v>
       </c>
       <c r="G112" s="11">
-        <v>410100</v>
+        <v>422400</v>
       </c>
       <c r="H112" s="11">
-        <v>447700</v>
+        <v>468400</v>
       </c>
       <c r="I112" s="11">
-        <v>470500</v>
+        <v>492000</v>
       </c>
       <c r="J112" s="11"/>
     </row>
     <row r="113" spans="1:10" ht="18.75" customHeight="1">
       <c r="A113" s="31"/>
       <c r="B113" s="15">
         <v>79</v>
       </c>
       <c r="C113" s="11">
-        <v>304200</v>
+        <v>313900</v>
       </c>
       <c r="D113" s="11">
-        <v>332100</v>
+        <v>340700</v>
       </c>
       <c r="E113" s="11">
-        <v>352600</v>
+        <v>361400</v>
       </c>
       <c r="F113" s="11">
-        <v>385900</v>
+        <v>397600</v>
       </c>
       <c r="G113" s="11">
-        <v>411300</v>
+        <v>423400</v>
       </c>
       <c r="H113" s="11">
-        <v>448300</v>
+        <v>469000</v>
       </c>
       <c r="I113" s="11">
-        <v>470900</v>
+        <v>492500</v>
       </c>
       <c r="J113" s="11"/>
     </row>
     <row r="114" spans="1:10" ht="18.75" customHeight="1">
       <c r="A114" s="31"/>
       <c r="B114" s="15">
         <v>80</v>
       </c>
       <c r="C114" s="11">
-        <v>305100</v>
+        <v>314700</v>
       </c>
       <c r="D114" s="11">
-        <v>333200</v>
+        <v>341600</v>
       </c>
       <c r="E114" s="11">
-        <v>353800</v>
+        <v>362500</v>
       </c>
       <c r="F114" s="11">
-        <v>387200</v>
+        <v>398800</v>
       </c>
       <c r="G114" s="11">
-        <v>412400</v>
+        <v>424300</v>
       </c>
       <c r="H114" s="11">
-        <v>448900</v>
+        <v>469600</v>
       </c>
       <c r="I114" s="11">
-        <v>471500</v>
+        <v>493000</v>
       </c>
       <c r="J114" s="11"/>
     </row>
     <row r="115" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A115" s="31"/>
       <c r="B115" s="15"/>
       <c r="C115" s="11"/>
       <c r="D115" s="11"/>
       <c r="E115" s="11"/>
       <c r="F115" s="11"/>
       <c r="G115" s="11"/>
       <c r="H115" s="11"/>
       <c r="I115" s="11"/>
       <c r="J115" s="11"/>
     </row>
     <row r="116" spans="1:10" ht="18.75" customHeight="1">
       <c r="A116" s="31"/>
       <c r="B116" s="15">
         <v>81</v>
       </c>
       <c r="C116" s="11">
-        <v>306000</v>
+        <v>315500</v>
       </c>
       <c r="D116" s="11">
-        <v>334300</v>
+        <v>342500</v>
       </c>
       <c r="E116" s="11">
-        <v>355100</v>
+        <v>363600</v>
       </c>
       <c r="F116" s="11">
-        <v>388500</v>
+        <v>400000</v>
       </c>
       <c r="G116" s="11">
-        <v>413500</v>
+        <v>425300</v>
       </c>
       <c r="H116" s="11">
-        <v>449500</v>
+        <v>470200</v>
       </c>
       <c r="I116" s="11">
-        <v>472000</v>
+        <v>493500</v>
       </c>
       <c r="J116" s="11"/>
     </row>
     <row r="117" spans="1:10" ht="18.75" customHeight="1">
       <c r="A117" s="31"/>
       <c r="B117" s="15">
         <v>82</v>
       </c>
       <c r="C117" s="11">
-        <v>307000</v>
+        <v>316300</v>
       </c>
       <c r="D117" s="11">
-        <v>335400</v>
+        <v>343500</v>
       </c>
       <c r="E117" s="11">
-        <v>356300</v>
+        <v>364600</v>
       </c>
       <c r="F117" s="11">
-        <v>389700</v>
+        <v>401100</v>
       </c>
       <c r="G117" s="11">
-        <v>414500</v>
+        <v>426100</v>
       </c>
       <c r="H117" s="11">
-        <v>450100</v>
+        <v>470800</v>
       </c>
       <c r="I117" s="11">
-        <v>472500</v>
+        <v>494000</v>
       </c>
       <c r="J117" s="11"/>
     </row>
     <row r="118" spans="1:10" ht="18.75" customHeight="1">
       <c r="A118" s="31"/>
       <c r="B118" s="15">
         <v>83</v>
       </c>
       <c r="C118" s="11">
-        <v>308000</v>
+        <v>317100</v>
       </c>
       <c r="D118" s="11">
-        <v>336500</v>
+        <v>344400</v>
       </c>
       <c r="E118" s="11">
-        <v>357600</v>
+        <v>365700</v>
       </c>
       <c r="F118" s="11">
-        <v>390900</v>
+        <v>402200</v>
       </c>
       <c r="G118" s="11">
-        <v>415500</v>
+        <v>426900</v>
       </c>
       <c r="H118" s="11">
-        <v>450700</v>
+        <v>471400</v>
       </c>
       <c r="I118" s="11">
-        <v>473000</v>
+        <v>494500</v>
       </c>
       <c r="J118" s="11"/>
     </row>
     <row r="119" spans="1:10" ht="18.75" customHeight="1">
       <c r="A119" s="31"/>
       <c r="B119" s="15">
         <v>84</v>
       </c>
       <c r="C119" s="11">
-        <v>308900</v>
+        <v>317900</v>
       </c>
       <c r="D119" s="11">
-        <v>337600</v>
+        <v>345300</v>
       </c>
       <c r="E119" s="11">
-        <v>358800</v>
+        <v>366700</v>
       </c>
       <c r="F119" s="11">
-        <v>392000</v>
+        <v>403200</v>
       </c>
       <c r="G119" s="11">
-        <v>416500</v>
+        <v>427700</v>
       </c>
       <c r="H119" s="11">
-        <v>451300</v>
+        <v>472000</v>
       </c>
       <c r="I119" s="11">
-        <v>473500</v>
+        <v>495000</v>
       </c>
       <c r="J119" s="11"/>
     </row>
     <row r="120" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A120" s="31"/>
       <c r="B120" s="15"/>
       <c r="C120" s="11"/>
       <c r="D120" s="11"/>
       <c r="E120" s="11"/>
       <c r="F120" s="11"/>
       <c r="G120" s="11"/>
       <c r="H120" s="11"/>
       <c r="I120" s="11"/>
       <c r="J120" s="11"/>
     </row>
     <row r="121" spans="1:10" ht="18.75" customHeight="1">
       <c r="A121" s="31"/>
       <c r="B121" s="15">
         <v>85</v>
       </c>
       <c r="C121" s="11">
-        <v>309800</v>
+        <v>318700</v>
       </c>
       <c r="D121" s="11">
-        <v>338600</v>
+        <v>346200</v>
       </c>
       <c r="E121" s="11">
-        <v>359900</v>
+        <v>367700</v>
       </c>
       <c r="F121" s="11">
-        <v>393200</v>
+        <v>404300</v>
       </c>
       <c r="G121" s="11">
-        <v>417400</v>
+        <v>428500</v>
       </c>
       <c r="H121" s="11">
-        <v>451900</v>
+        <v>472600</v>
       </c>
       <c r="I121" s="11">
-        <v>473900</v>
+        <v>495400</v>
       </c>
       <c r="J121" s="11"/>
     </row>
     <row r="122" spans="1:10" ht="18.75" customHeight="1">
       <c r="A122" s="31"/>
       <c r="B122" s="15">
         <v>86</v>
       </c>
       <c r="C122" s="11">
-        <v>310800</v>
+        <v>319500</v>
       </c>
       <c r="D122" s="11">
-        <v>339700</v>
+        <v>347100</v>
       </c>
       <c r="E122" s="11">
-        <v>361100</v>
+        <v>368700</v>
       </c>
       <c r="F122" s="11">
-        <v>394300</v>
+        <v>405300</v>
       </c>
       <c r="G122" s="11">
-        <v>418100</v>
+        <v>429200</v>
       </c>
       <c r="H122" s="11">
-        <v>452500</v>
+        <v>473200</v>
       </c>
       <c r="I122" s="11">
-        <v>474400</v>
+        <v>495900</v>
       </c>
       <c r="J122" s="11"/>
     </row>
     <row r="123" spans="1:10" ht="18.75" customHeight="1">
       <c r="A123" s="31"/>
       <c r="B123" s="15">
         <v>87</v>
       </c>
       <c r="C123" s="11">
-        <v>311800</v>
+        <v>320300</v>
       </c>
       <c r="D123" s="11">
-        <v>340700</v>
+        <v>348000</v>
       </c>
       <c r="E123" s="11">
-        <v>362300</v>
+        <v>369700</v>
       </c>
       <c r="F123" s="11">
-        <v>395300</v>
+        <v>406200</v>
       </c>
       <c r="G123" s="11">
-        <v>418800</v>
+        <v>429900</v>
       </c>
       <c r="H123" s="11">
-        <v>453100</v>
+        <v>473800</v>
       </c>
       <c r="I123" s="11">
-        <v>474900</v>
+        <v>496400</v>
       </c>
       <c r="J123" s="11"/>
     </row>
     <row r="124" spans="1:10" ht="18.75" customHeight="1">
       <c r="A124" s="31"/>
       <c r="B124" s="15">
         <v>88</v>
       </c>
       <c r="C124" s="11">
-        <v>312700</v>
+        <v>321100</v>
       </c>
       <c r="D124" s="11">
-        <v>341800</v>
+        <v>348900</v>
       </c>
       <c r="E124" s="11">
-        <v>363500</v>
+        <v>370700</v>
       </c>
       <c r="F124" s="11">
-        <v>396400</v>
+        <v>407200</v>
       </c>
       <c r="G124" s="11">
-        <v>419500</v>
+        <v>430600</v>
       </c>
       <c r="H124" s="11">
-        <v>453600</v>
+        <v>474300</v>
       </c>
       <c r="I124" s="11">
-        <v>475400</v>
+        <v>496900</v>
       </c>
       <c r="J124" s="11"/>
     </row>
     <row r="125" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A125" s="31"/>
       <c r="B125" s="15"/>
       <c r="C125" s="11"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
     </row>
     <row r="126" spans="1:10" ht="18.75" customHeight="1">
       <c r="A126" s="31"/>
       <c r="B126" s="15">
         <v>89</v>
       </c>
       <c r="C126" s="11">
-        <v>313600</v>
+        <v>321800</v>
       </c>
       <c r="D126" s="11">
-        <v>342800</v>
+        <v>349800</v>
       </c>
       <c r="E126" s="11">
-        <v>364600</v>
+        <v>371700</v>
       </c>
       <c r="F126" s="11">
-        <v>397400</v>
+        <v>408100</v>
       </c>
       <c r="G126" s="11">
-        <v>420100</v>
+        <v>431200</v>
       </c>
       <c r="H126" s="11">
-        <v>454200</v>
+        <v>474900</v>
       </c>
       <c r="I126" s="11">
-        <v>475800</v>
+        <v>497300</v>
       </c>
       <c r="J126" s="11"/>
     </row>
     <row r="127" spans="1:10" ht="18.75" customHeight="1">
       <c r="A127" s="31"/>
       <c r="B127" s="15">
         <v>90</v>
       </c>
       <c r="C127" s="11">
-        <v>314600</v>
+        <v>322600</v>
       </c>
       <c r="D127" s="11">
-        <v>343900</v>
+        <v>350700</v>
       </c>
       <c r="E127" s="11">
-        <v>365800</v>
+        <v>372700</v>
       </c>
       <c r="F127" s="11">
-        <v>398200</v>
+        <v>408900</v>
       </c>
       <c r="G127" s="11">
-        <v>420700</v>
+        <v>431800</v>
       </c>
       <c r="H127" s="11">
-        <v>454700</v>
+        <v>475400</v>
       </c>
       <c r="I127" s="11">
-        <v>476200</v>
+        <v>497800</v>
       </c>
       <c r="J127" s="11"/>
     </row>
     <row r="128" spans="1:10" ht="18.75" customHeight="1">
       <c r="A128" s="31"/>
       <c r="B128" s="15">
         <v>91</v>
       </c>
       <c r="C128" s="11">
-        <v>315600</v>
+        <v>323400</v>
       </c>
       <c r="D128" s="11">
-        <v>344900</v>
+        <v>351500</v>
       </c>
       <c r="E128" s="11">
-        <v>367000</v>
+        <v>373700</v>
       </c>
       <c r="F128" s="11">
-        <v>398900</v>
+        <v>409600</v>
       </c>
       <c r="G128" s="11">
-        <v>421300</v>
+        <v>432400</v>
       </c>
       <c r="H128" s="11">
-        <v>455200</v>
+        <v>475900</v>
       </c>
       <c r="I128" s="11">
-        <v>476700</v>
+        <v>498300</v>
       </c>
       <c r="J128" s="11"/>
     </row>
     <row r="129" spans="1:10" ht="18.75" customHeight="1">
       <c r="A129" s="31"/>
       <c r="B129" s="15">
         <v>92</v>
       </c>
       <c r="C129" s="11">
-        <v>316500</v>
+        <v>324200</v>
       </c>
       <c r="D129" s="11">
-        <v>345800</v>
+        <v>352300</v>
       </c>
       <c r="E129" s="11">
-        <v>368200</v>
+        <v>374700</v>
       </c>
       <c r="F129" s="11">
-        <v>399700</v>
+        <v>410400</v>
       </c>
       <c r="G129" s="11">
-        <v>421900</v>
+        <v>433000</v>
       </c>
       <c r="H129" s="11">
-        <v>455700</v>
+        <v>476400</v>
       </c>
       <c r="I129" s="11">
-        <v>477200</v>
+        <v>498700</v>
       </c>
       <c r="J129" s="11"/>
     </row>
     <row r="130" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A130" s="31"/>
       <c r="B130" s="15"/>
       <c r="C130" s="11"/>
       <c r="D130" s="11"/>
       <c r="E130" s="11"/>
       <c r="F130" s="11"/>
       <c r="G130" s="11"/>
       <c r="H130" s="11"/>
       <c r="I130" s="11"/>
       <c r="J130" s="11"/>
     </row>
     <row r="131" spans="1:10" ht="18.75" customHeight="1">
       <c r="A131" s="31"/>
       <c r="B131" s="15">
         <v>93</v>
       </c>
       <c r="C131" s="11">
-        <v>317400</v>
+        <v>324900</v>
       </c>
       <c r="D131" s="11">
-        <v>346800</v>
+        <v>353200</v>
       </c>
       <c r="E131" s="11">
-        <v>369300</v>
+        <v>375700</v>
       </c>
       <c r="F131" s="11">
-        <v>400400</v>
+        <v>411100</v>
       </c>
       <c r="G131" s="11">
-        <v>422500</v>
+        <v>433600</v>
       </c>
       <c r="H131" s="11">
-        <v>456200</v>
+        <v>476900</v>
       </c>
       <c r="I131" s="11">
-        <v>477700</v>
+        <v>499200</v>
       </c>
       <c r="J131" s="11"/>
     </row>
     <row r="132" spans="1:10" ht="18.75" customHeight="1">
       <c r="A132" s="31"/>
       <c r="B132" s="15">
         <v>94</v>
       </c>
       <c r="C132" s="11">
-        <v>318400</v>
+        <v>325700</v>
       </c>
       <c r="D132" s="11">
-        <v>347800</v>
+        <v>354000</v>
       </c>
       <c r="E132" s="11">
-        <v>370400</v>
+        <v>376600</v>
       </c>
       <c r="F132" s="11">
-        <v>401200</v>
+        <v>411900</v>
       </c>
       <c r="G132" s="11">
-        <v>423100</v>
+        <v>434200</v>
       </c>
       <c r="H132" s="11">
-        <v>456700</v>
+        <v>477400</v>
       </c>
       <c r="I132" s="11">
-        <v>478100</v>
+        <v>499700</v>
       </c>
       <c r="J132" s="11"/>
     </row>
     <row r="133" spans="1:10" ht="18.75" customHeight="1">
       <c r="A133" s="31"/>
       <c r="B133" s="15">
         <v>95</v>
       </c>
       <c r="C133" s="11">
-        <v>319300</v>
+        <v>326500</v>
       </c>
       <c r="D133" s="11">
-        <v>348800</v>
+        <v>354800</v>
       </c>
       <c r="E133" s="11">
-        <v>371500</v>
+        <v>377500</v>
       </c>
       <c r="F133" s="11">
-        <v>401900</v>
+        <v>412600</v>
       </c>
       <c r="G133" s="11">
-        <v>423700</v>
+        <v>434800</v>
       </c>
       <c r="H133" s="11">
-        <v>457200</v>
+        <v>477900</v>
       </c>
       <c r="I133" s="11">
-        <v>478600</v>
+        <v>500200</v>
       </c>
       <c r="J133" s="11"/>
     </row>
     <row r="134" spans="1:10" ht="18.75" customHeight="1">
       <c r="A134" s="31"/>
       <c r="B134" s="15">
         <v>96</v>
       </c>
       <c r="C134" s="11">
-        <v>320200</v>
+        <v>327200</v>
       </c>
       <c r="D134" s="11">
-        <v>349800</v>
+        <v>355700</v>
       </c>
       <c r="E134" s="11">
-        <v>372500</v>
+        <v>378300</v>
       </c>
       <c r="F134" s="11">
-        <v>402600</v>
+        <v>413300</v>
       </c>
       <c r="G134" s="11">
-        <v>424300</v>
+        <v>435400</v>
       </c>
       <c r="H134" s="11">
-        <v>457700</v>
+        <v>478400</v>
       </c>
       <c r="I134" s="11">
-        <v>479100</v>
+        <v>500600</v>
       </c>
       <c r="J134" s="11"/>
     </row>
     <row r="135" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A135" s="31"/>
       <c r="B135" s="15"/>
       <c r="C135" s="11"/>
       <c r="D135" s="11"/>
       <c r="E135" s="11"/>
       <c r="F135" s="11"/>
       <c r="G135" s="11"/>
       <c r="H135" s="11"/>
       <c r="I135" s="11"/>
       <c r="J135" s="11"/>
     </row>
     <row r="136" spans="1:10" ht="18.75" customHeight="1">
       <c r="A136" s="31"/>
       <c r="B136" s="15">
         <v>97</v>
       </c>
       <c r="C136" s="11">
-        <v>321100</v>
+        <v>327900</v>
       </c>
       <c r="D136" s="11">
-        <v>350700</v>
+        <v>356500</v>
       </c>
       <c r="E136" s="11">
-        <v>373500</v>
+        <v>379200</v>
       </c>
       <c r="F136" s="11">
-        <v>403300</v>
+        <v>414000</v>
       </c>
       <c r="G136" s="11">
-        <v>424900</v>
+        <v>436000</v>
       </c>
       <c r="H136" s="11">
-        <v>458100</v>
+        <v>478800</v>
       </c>
       <c r="I136" s="11">
-        <v>479500</v>
+        <v>501000</v>
       </c>
       <c r="J136" s="11"/>
     </row>
     <row r="137" spans="1:10" ht="18.75" customHeight="1">
       <c r="A137" s="31"/>
       <c r="B137" s="15">
         <v>98</v>
       </c>
       <c r="C137" s="11">
-        <v>322100</v>
+        <v>328700</v>
       </c>
       <c r="D137" s="11">
-        <v>351600</v>
+        <v>357300</v>
       </c>
       <c r="E137" s="11">
-        <v>374500</v>
+        <v>380000</v>
       </c>
       <c r="F137" s="11">
-        <v>404000</v>
+        <v>414700</v>
       </c>
       <c r="G137" s="11">
-        <v>425500</v>
+        <v>436600</v>
       </c>
       <c r="H137" s="11">
-        <v>458600</v>
+        <v>479300</v>
       </c>
       <c r="I137" s="11">
-        <v>479900</v>
+        <v>501500</v>
       </c>
       <c r="J137" s="11"/>
     </row>
     <row r="138" spans="1:10" ht="18.75" customHeight="1">
       <c r="A138" s="31"/>
       <c r="B138" s="15">
         <v>99</v>
       </c>
       <c r="C138" s="11">
-        <v>323000</v>
+        <v>329500</v>
       </c>
       <c r="D138" s="11">
-        <v>352500</v>
+        <v>358000</v>
       </c>
       <c r="E138" s="11">
-        <v>375400</v>
+        <v>380700</v>
       </c>
       <c r="F138" s="11">
-        <v>404700</v>
+        <v>415400</v>
       </c>
       <c r="G138" s="11">
-        <v>426100</v>
+        <v>437200</v>
       </c>
       <c r="H138" s="11">
-        <v>459100</v>
+        <v>479800</v>
       </c>
       <c r="I138" s="11">
-        <v>480400</v>
+        <v>502000</v>
       </c>
       <c r="J138" s="11"/>
     </row>
     <row r="139" spans="1:10" ht="18.75" customHeight="1">
       <c r="A139" s="31"/>
       <c r="B139" s="15">
         <v>100</v>
       </c>
       <c r="C139" s="11">
-        <v>323900</v>
+        <v>330200</v>
       </c>
       <c r="D139" s="11">
-        <v>353500</v>
+        <v>358800</v>
       </c>
       <c r="E139" s="11">
-        <v>376300</v>
+        <v>381400</v>
       </c>
       <c r="F139" s="11">
-        <v>405300</v>
+        <v>416000</v>
       </c>
       <c r="G139" s="11">
-        <v>426700</v>
+        <v>437800</v>
       </c>
       <c r="H139" s="11">
-        <v>459600</v>
+        <v>480300</v>
       </c>
       <c r="I139" s="11">
-        <v>480900</v>
+        <v>502400</v>
       </c>
       <c r="J139" s="11"/>
     </row>
     <row r="140" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A140" s="31"/>
       <c r="B140" s="15"/>
       <c r="C140" s="11"/>
       <c r="D140" s="11"/>
       <c r="E140" s="11"/>
       <c r="F140" s="11"/>
       <c r="G140" s="11"/>
       <c r="H140" s="11"/>
       <c r="I140" s="11"/>
       <c r="J140" s="11"/>
     </row>
     <row r="141" spans="1:10" ht="18.75" customHeight="1">
       <c r="A141" s="31"/>
       <c r="B141" s="15">
         <v>101</v>
       </c>
       <c r="C141" s="11">
-        <v>324800</v>
+        <v>330900</v>
       </c>
       <c r="D141" s="11">
-        <v>354400</v>
+        <v>359500</v>
       </c>
       <c r="E141" s="11">
-        <v>377100</v>
+        <v>382100</v>
       </c>
       <c r="F141" s="11">
-        <v>405900</v>
+        <v>416600</v>
       </c>
       <c r="G141" s="11">
-        <v>427300</v>
+        <v>438400</v>
       </c>
       <c r="H141" s="11">
-        <v>460000</v>
+        <v>480700</v>
       </c>
       <c r="I141" s="11">
-        <v>481300</v>
+        <v>502800</v>
       </c>
       <c r="J141" s="11"/>
     </row>
     <row r="142" spans="1:10" ht="18.75" customHeight="1">
       <c r="A142" s="31"/>
       <c r="B142" s="15">
         <v>102</v>
       </c>
       <c r="C142" s="11">
-        <v>325800</v>
+        <v>331700</v>
       </c>
       <c r="D142" s="11">
-        <v>355400</v>
+        <v>360300</v>
       </c>
       <c r="E142" s="11">
-        <v>377900</v>
+        <v>382900</v>
       </c>
       <c r="F142" s="11">
-        <v>406500</v>
+        <v>417200</v>
       </c>
       <c r="G142" s="11">
-        <v>427900</v>
+        <v>439000</v>
       </c>
       <c r="H142" s="11">
-        <v>460500</v>
+        <v>481200</v>
       </c>
       <c r="I142" s="11">
-        <v>481700</v>
+        <v>503300</v>
       </c>
       <c r="J142" s="11"/>
     </row>
     <row r="143" spans="1:10" ht="18.75" customHeight="1">
       <c r="A143" s="31"/>
       <c r="B143" s="15">
         <v>103</v>
       </c>
       <c r="C143" s="11">
-        <v>326700</v>
+        <v>332500</v>
       </c>
       <c r="D143" s="11">
-        <v>356300</v>
+        <v>361000</v>
       </c>
       <c r="E143" s="11">
-        <v>378600</v>
+        <v>383600</v>
       </c>
       <c r="F143" s="11">
-        <v>407100</v>
+        <v>417800</v>
       </c>
       <c r="G143" s="11">
-        <v>428500</v>
+        <v>439600</v>
       </c>
       <c r="H143" s="11">
-        <v>461000</v>
+        <v>481700</v>
       </c>
       <c r="I143" s="11">
-        <v>482200</v>
+        <v>503800</v>
       </c>
       <c r="J143" s="11"/>
     </row>
     <row r="144" spans="1:10" ht="18.75" customHeight="1">
       <c r="A144" s="31"/>
       <c r="B144" s="15">
         <v>104</v>
       </c>
       <c r="C144" s="11">
-        <v>327600</v>
+        <v>333200</v>
       </c>
       <c r="D144" s="11">
-        <v>357200</v>
+        <v>361700</v>
       </c>
       <c r="E144" s="11">
-        <v>379300</v>
+        <v>384300</v>
       </c>
       <c r="F144" s="11">
-        <v>407700</v>
+        <v>418400</v>
       </c>
       <c r="G144" s="11">
-        <v>429000</v>
+        <v>440100</v>
       </c>
       <c r="H144" s="11">
-        <v>461400</v>
+        <v>482100</v>
       </c>
       <c r="I144" s="11">
-        <v>482700</v>
+        <v>504200</v>
       </c>
       <c r="J144" s="11"/>
     </row>
     <row r="145" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A145" s="31"/>
       <c r="B145" s="15"/>
       <c r="C145" s="11"/>
       <c r="D145" s="11"/>
       <c r="E145" s="11"/>
       <c r="F145" s="11"/>
       <c r="G145" s="11"/>
       <c r="H145" s="11"/>
       <c r="I145" s="11"/>
       <c r="J145" s="11"/>
     </row>
     <row r="146" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A146" s="31"/>
       <c r="B146" s="15">
         <v>105</v>
       </c>
       <c r="C146" s="11">
-        <v>328500</v>
+        <v>333900</v>
       </c>
       <c r="D146" s="11">
-        <v>358000</v>
+        <v>362400</v>
       </c>
       <c r="E146" s="11">
-        <v>380000</v>
+        <v>385000</v>
       </c>
       <c r="F146" s="11">
-        <v>408300</v>
+        <v>419000</v>
       </c>
       <c r="G146" s="11">
-        <v>429600</v>
+        <v>440700</v>
       </c>
       <c r="H146" s="11">
-        <v>461900</v>
+        <v>482600</v>
       </c>
       <c r="I146" s="11">
-        <v>483100</v>
+        <v>504600</v>
       </c>
       <c r="J146" s="11"/>
     </row>
     <row r="147" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A147" s="31"/>
       <c r="B147" s="15">
         <v>106</v>
       </c>
       <c r="C147" s="11">
-        <v>329500</v>
+        <v>334700</v>
       </c>
       <c r="D147" s="11">
-        <v>358700</v>
+        <v>363100</v>
       </c>
       <c r="E147" s="11">
-        <v>380600</v>
+        <v>385600</v>
       </c>
       <c r="F147" s="11">
-        <v>408900</v>
+        <v>419600</v>
       </c>
       <c r="G147" s="11">
-        <v>430100</v>
+        <v>441200</v>
       </c>
       <c r="H147" s="11">
-        <v>462400</v>
+        <v>483100</v>
       </c>
       <c r="I147" s="11"/>
       <c r="J147" s="11"/>
     </row>
     <row r="148" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A148" s="31"/>
       <c r="B148" s="15">
         <v>107</v>
       </c>
       <c r="C148" s="11">
-        <v>330400</v>
+        <v>335500</v>
       </c>
       <c r="D148" s="11">
-        <v>359400</v>
+        <v>363800</v>
       </c>
       <c r="E148" s="11">
-        <v>381200</v>
+        <v>386200</v>
       </c>
       <c r="F148" s="11">
-        <v>409500</v>
+        <v>420200</v>
       </c>
       <c r="G148" s="11">
-        <v>430700</v>
+        <v>441700</v>
       </c>
       <c r="H148" s="11">
-        <v>462900</v>
+        <v>483600</v>
       </c>
       <c r="I148" s="11"/>
       <c r="J148" s="11"/>
     </row>
     <row r="149" spans="1:10" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A149" s="31"/>
       <c r="B149" s="15">
         <v>108</v>
       </c>
       <c r="C149" s="11">
-        <v>331300</v>
+        <v>336200</v>
       </c>
       <c r="D149" s="11">
-        <v>360100</v>
+        <v>364500</v>
       </c>
       <c r="E149" s="11">
-        <v>381700</v>
+        <v>386700</v>
       </c>
       <c r="F149" s="11">
-        <v>410100</v>
+        <v>420800</v>
       </c>
       <c r="G149" s="11">
-        <v>431300</v>
+        <v>442200</v>
       </c>
       <c r="H149" s="11">
-        <v>463300</v>
+        <v>484000</v>
       </c>
       <c r="I149" s="11"/>
       <c r="J149" s="11"/>
     </row>
     <row r="150" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A150" s="32"/>
       <c r="B150" s="16"/>
       <c r="C150" s="13"/>
       <c r="D150" s="13"/>
       <c r="E150" s="13"/>
       <c r="F150" s="13"/>
       <c r="G150" s="13"/>
       <c r="H150" s="13"/>
       <c r="I150" s="13"/>
       <c r="J150" s="13"/>
     </row>
     <row r="151" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B151" s="5"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3"/>
     </row>
     <row r="152" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B152" s="5"/>
       <c r="C152" s="3"/>
       <c r="D152" s="3"/>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="J152" s="3"/>
     </row>
-    <row r="153" spans="1:10" ht="25.9" customHeight="1">
+    <row r="153" spans="1:10" ht="25.95" customHeight="1">
       <c r="A153" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B153" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C153" s="23" t="s">
         <v>14</v>
       </c>
       <c r="D153" s="23" t="s">
         <v>0</v>
       </c>
       <c r="E153" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F153" s="23" t="s">
         <v>2</v>
       </c>
       <c r="G153" s="23" t="s">
         <v>3</v>
       </c>
       <c r="H153" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I153" s="23" t="s">
         <v>5</v>
       </c>
       <c r="J153" s="23" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="154" spans="1:10" ht="25.9" customHeight="1">
+    <row r="154" spans="1:10" ht="25.95" customHeight="1">
       <c r="A154" s="40"/>
       <c r="B154" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="G154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="H154" s="23" t="s">
         <v>7</v>
       </c>
       <c r="I154" s="23" t="s">
         <v>7</v>
       </c>
@@ -4681,949 +4694,949 @@
       <c r="E155" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F155" s="17" t="s">
         <v>12</v>
       </c>
       <c r="G155" s="17" t="s">
         <v>12</v>
       </c>
       <c r="H155" s="18" t="s">
         <v>12</v>
       </c>
       <c r="I155" s="17" t="s">
         <v>12</v>
       </c>
       <c r="J155" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:10" ht="18.75" customHeight="1">
       <c r="A156" s="31"/>
       <c r="B156" s="15">
         <v>109</v>
       </c>
       <c r="C156" s="11">
-        <v>332200</v>
+        <v>336900</v>
       </c>
       <c r="D156" s="11">
-        <v>360800</v>
+        <v>365200</v>
       </c>
       <c r="E156" s="11">
-        <v>382300</v>
+        <v>387300</v>
       </c>
       <c r="F156" s="11">
-        <v>410700</v>
+        <v>421400</v>
       </c>
       <c r="G156" s="11">
-        <v>431800</v>
+        <v>442700</v>
       </c>
       <c r="H156" s="19">
-        <v>463700</v>
+        <v>484400</v>
       </c>
       <c r="I156" s="11"/>
       <c r="J156" s="11"/>
     </row>
     <row r="157" spans="1:10" ht="18.75" customHeight="1">
       <c r="A157" s="31"/>
       <c r="B157" s="15">
         <v>110</v>
       </c>
       <c r="C157" s="11">
-        <v>333200</v>
+        <v>337700</v>
       </c>
       <c r="D157" s="11">
-        <v>361400</v>
+        <v>365800</v>
       </c>
       <c r="E157" s="11">
-        <v>382900</v>
+        <v>387900</v>
       </c>
       <c r="F157" s="11">
-        <v>411300</v>
+        <v>422000</v>
       </c>
       <c r="G157" s="11">
-        <v>432300</v>
+        <v>443200</v>
       </c>
       <c r="H157" s="19">
-        <v>464200</v>
+        <v>484900</v>
       </c>
       <c r="I157" s="11"/>
       <c r="J157" s="11"/>
     </row>
     <row r="158" spans="1:10" ht="18.75" customHeight="1">
       <c r="A158" s="31"/>
       <c r="B158" s="15">
         <v>111</v>
       </c>
       <c r="C158" s="11">
-        <v>334100</v>
+        <v>338400</v>
       </c>
       <c r="D158" s="11">
-        <v>362000</v>
+        <v>366400</v>
       </c>
       <c r="E158" s="11">
-        <v>383400</v>
+        <v>388400</v>
       </c>
       <c r="F158" s="11">
-        <v>411900</v>
+        <v>422600</v>
       </c>
       <c r="G158" s="11">
-        <v>432900</v>
+        <v>443700</v>
       </c>
       <c r="H158" s="19">
-        <v>464700</v>
+        <v>485400</v>
       </c>
       <c r="I158" s="11"/>
       <c r="J158" s="11"/>
     </row>
     <row r="159" spans="1:10" ht="18.75" customHeight="1">
       <c r="A159" s="31"/>
       <c r="B159" s="15">
         <v>112</v>
       </c>
       <c r="C159" s="11">
-        <v>335000</v>
+        <v>339100</v>
       </c>
       <c r="D159" s="11">
-        <v>362500</v>
+        <v>366900</v>
       </c>
       <c r="E159" s="11">
-        <v>384000</v>
+        <v>389000</v>
       </c>
       <c r="F159" s="11">
-        <v>412500</v>
+        <v>423200</v>
       </c>
       <c r="G159" s="11">
-        <v>433500</v>
+        <v>444200</v>
       </c>
       <c r="H159" s="19">
-        <v>465100</v>
+        <v>485800</v>
       </c>
       <c r="I159" s="11"/>
       <c r="J159" s="11"/>
     </row>
     <row r="160" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A160" s="31"/>
       <c r="B160" s="15"/>
       <c r="C160" s="11"/>
       <c r="D160" s="11"/>
       <c r="E160" s="11"/>
       <c r="F160" s="11"/>
       <c r="G160" s="11"/>
       <c r="H160" s="19"/>
       <c r="I160" s="11"/>
       <c r="J160" s="11"/>
     </row>
     <row r="161" spans="1:10" ht="18.75" customHeight="1">
       <c r="A161" s="31"/>
       <c r="B161" s="15">
         <v>113</v>
       </c>
       <c r="C161" s="11">
-        <v>335800</v>
+        <v>339800</v>
       </c>
       <c r="D161" s="11">
-        <v>363000</v>
+        <v>367400</v>
       </c>
       <c r="E161" s="11">
-        <v>384600</v>
+        <v>389600</v>
       </c>
       <c r="F161" s="11">
-        <v>413100</v>
+        <v>423800</v>
       </c>
       <c r="G161" s="11">
-        <v>434000</v>
+        <v>444600</v>
       </c>
       <c r="H161" s="19">
-        <v>465500</v>
+        <v>486200</v>
       </c>
       <c r="I161" s="11"/>
       <c r="J161" s="11"/>
     </row>
     <row r="162" spans="1:10" ht="18.75" customHeight="1">
       <c r="A162" s="31"/>
       <c r="B162" s="15">
         <v>114</v>
       </c>
       <c r="C162" s="11"/>
       <c r="D162" s="11">
-        <v>363500</v>
+        <v>367900</v>
       </c>
       <c r="E162" s="11">
-        <v>385200</v>
+        <v>390200</v>
       </c>
       <c r="F162" s="11">
-        <v>413700</v>
+        <v>424400</v>
       </c>
       <c r="G162" s="11">
-        <v>434600</v>
+        <v>445100</v>
       </c>
       <c r="H162" s="19">
-        <v>466000</v>
+        <v>486700</v>
       </c>
       <c r="I162" s="11"/>
       <c r="J162" s="11"/>
     </row>
     <row r="163" spans="1:10" ht="18.75" customHeight="1">
       <c r="A163" s="31"/>
       <c r="B163" s="15">
         <v>115</v>
       </c>
       <c r="C163" s="11"/>
       <c r="D163" s="11">
-        <v>364000</v>
+        <v>368400</v>
       </c>
       <c r="E163" s="11">
-        <v>385700</v>
+        <v>390700</v>
       </c>
       <c r="F163" s="11">
-        <v>414300</v>
+        <v>425000</v>
       </c>
       <c r="G163" s="11">
-        <v>435200</v>
+        <v>445600</v>
       </c>
       <c r="H163" s="19">
-        <v>466500</v>
+        <v>487200</v>
       </c>
       <c r="I163" s="11"/>
       <c r="J163" s="11"/>
     </row>
     <row r="164" spans="1:10" ht="18.75" customHeight="1">
       <c r="A164" s="31"/>
       <c r="B164" s="15">
         <v>116</v>
       </c>
       <c r="C164" s="11"/>
       <c r="D164" s="11">
-        <v>364500</v>
+        <v>368900</v>
       </c>
       <c r="E164" s="11">
-        <v>386200</v>
+        <v>391200</v>
       </c>
       <c r="F164" s="11">
-        <v>414800</v>
+        <v>425500</v>
       </c>
       <c r="G164" s="11">
-        <v>435700</v>
+        <v>446100</v>
       </c>
       <c r="H164" s="19">
-        <v>466900</v>
+        <v>487600</v>
       </c>
       <c r="I164" s="11"/>
       <c r="J164" s="11"/>
     </row>
     <row r="165" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A165" s="31"/>
       <c r="B165" s="15"/>
       <c r="C165" s="11"/>
       <c r="D165" s="11"/>
       <c r="E165" s="11"/>
       <c r="F165" s="11"/>
       <c r="G165" s="11"/>
       <c r="H165" s="19"/>
       <c r="I165" s="11"/>
       <c r="J165" s="11"/>
     </row>
     <row r="166" spans="1:10" ht="18.75" customHeight="1">
       <c r="A166" s="31"/>
       <c r="B166" s="15">
         <v>117</v>
       </c>
       <c r="C166" s="11"/>
       <c r="D166" s="11">
-        <v>365000</v>
+        <v>369400</v>
       </c>
       <c r="E166" s="11">
-        <v>386800</v>
+        <v>391800</v>
       </c>
       <c r="F166" s="11">
-        <v>415400</v>
+        <v>426100</v>
       </c>
       <c r="G166" s="11">
-        <v>436200</v>
+        <v>446500</v>
       </c>
       <c r="H166" s="19">
-        <v>467300</v>
+        <v>488000</v>
       </c>
       <c r="I166" s="11"/>
       <c r="J166" s="11"/>
     </row>
     <row r="167" spans="1:10" ht="18.75" customHeight="1">
       <c r="A167" s="31"/>
       <c r="B167" s="15">
         <v>118</v>
       </c>
       <c r="C167" s="11"/>
       <c r="D167" s="11">
-        <v>365500</v>
+        <v>369900</v>
       </c>
       <c r="E167" s="11">
-        <v>387400</v>
+        <v>392400</v>
       </c>
       <c r="F167" s="11">
-        <v>415900</v>
+        <v>426600</v>
       </c>
       <c r="G167" s="11">
-        <v>436700</v>
+        <v>447000</v>
       </c>
       <c r="H167" s="19"/>
       <c r="I167" s="11"/>
       <c r="J167" s="11"/>
     </row>
     <row r="168" spans="1:10" ht="18.75" customHeight="1">
       <c r="A168" s="31"/>
       <c r="B168" s="15">
         <v>119</v>
       </c>
       <c r="C168" s="11"/>
       <c r="D168" s="11">
-        <v>365900</v>
+        <v>370300</v>
       </c>
       <c r="E168" s="11">
-        <v>387900</v>
+        <v>392900</v>
       </c>
       <c r="F168" s="11">
-        <v>416400</v>
+        <v>427100</v>
       </c>
       <c r="G168" s="11">
-        <v>437200</v>
+        <v>447500</v>
       </c>
       <c r="H168" s="19"/>
       <c r="I168" s="11"/>
       <c r="J168" s="11"/>
     </row>
     <row r="169" spans="1:10" ht="18.75" customHeight="1">
       <c r="A169" s="31"/>
       <c r="B169" s="15">
         <v>120</v>
       </c>
       <c r="C169" s="11"/>
       <c r="D169" s="11">
-        <v>366400</v>
+        <v>370800</v>
       </c>
       <c r="E169" s="11">
-        <v>388400</v>
+        <v>393400</v>
       </c>
       <c r="F169" s="11">
-        <v>417000</v>
+        <v>427600</v>
       </c>
       <c r="G169" s="11">
-        <v>437700</v>
+        <v>447900</v>
       </c>
       <c r="H169" s="19"/>
       <c r="I169" s="11"/>
       <c r="J169" s="11"/>
     </row>
     <row r="170" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A170" s="31"/>
       <c r="B170" s="15"/>
       <c r="C170" s="11"/>
       <c r="D170" s="11"/>
       <c r="E170" s="11"/>
       <c r="F170" s="11"/>
       <c r="G170" s="11"/>
       <c r="H170" s="19"/>
       <c r="I170" s="11"/>
       <c r="J170" s="11"/>
     </row>
     <row r="171" spans="1:10" ht="18.75" customHeight="1">
       <c r="A171" s="31"/>
       <c r="B171" s="15">
         <v>121</v>
       </c>
       <c r="C171" s="11"/>
       <c r="D171" s="11">
-        <v>366800</v>
+        <v>371200</v>
       </c>
       <c r="E171" s="11">
-        <v>388900</v>
+        <v>393900</v>
       </c>
       <c r="F171" s="11">
-        <v>417600</v>
+        <v>428100</v>
       </c>
       <c r="G171" s="11">
-        <v>438100</v>
+        <v>448300</v>
       </c>
       <c r="H171" s="19"/>
       <c r="I171" s="11"/>
       <c r="J171" s="11"/>
     </row>
     <row r="172" spans="1:10" ht="18.75" customHeight="1">
       <c r="A172" s="31"/>
       <c r="B172" s="15">
         <v>122</v>
       </c>
       <c r="C172" s="11"/>
       <c r="D172" s="11">
-        <v>367200</v>
+        <v>371600</v>
       </c>
       <c r="E172" s="11">
-        <v>389400</v>
+        <v>394400</v>
       </c>
       <c r="F172" s="11">
-        <v>418100</v>
+        <v>428600</v>
       </c>
       <c r="G172" s="11">
-        <v>438600</v>
+        <v>448800</v>
       </c>
       <c r="H172" s="19"/>
       <c r="I172" s="11"/>
       <c r="J172" s="11"/>
     </row>
     <row r="173" spans="1:10" ht="18.75" customHeight="1">
       <c r="A173" s="31"/>
       <c r="B173" s="15">
         <v>123</v>
       </c>
       <c r="C173" s="11"/>
       <c r="D173" s="11">
-        <v>367600</v>
+        <v>372000</v>
       </c>
       <c r="E173" s="11">
-        <v>389900</v>
+        <v>394900</v>
       </c>
       <c r="F173" s="11">
-        <v>418700</v>
+        <v>429100</v>
       </c>
       <c r="G173" s="11">
-        <v>439100</v>
+        <v>449300</v>
       </c>
       <c r="H173" s="19"/>
       <c r="I173" s="11"/>
       <c r="J173" s="11"/>
     </row>
     <row r="174" spans="1:10" ht="18.75" customHeight="1">
       <c r="A174" s="31"/>
       <c r="B174" s="15">
         <v>124</v>
       </c>
       <c r="C174" s="11"/>
       <c r="D174" s="11">
-        <v>368000</v>
+        <v>372400</v>
       </c>
       <c r="E174" s="11">
-        <v>390400</v>
+        <v>395400</v>
       </c>
       <c r="F174" s="11">
-        <v>419300</v>
+        <v>429600</v>
       </c>
       <c r="G174" s="11">
-        <v>439500</v>
+        <v>449700</v>
       </c>
       <c r="H174" s="19"/>
       <c r="I174" s="11"/>
       <c r="J174" s="11"/>
     </row>
     <row r="175" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A175" s="31"/>
       <c r="B175" s="15"/>
       <c r="C175" s="11"/>
       <c r="D175" s="11"/>
       <c r="E175" s="11"/>
       <c r="F175" s="11"/>
       <c r="G175" s="11"/>
       <c r="H175" s="19"/>
       <c r="I175" s="11"/>
       <c r="J175" s="11"/>
     </row>
     <row r="176" spans="1:10" ht="18.75" customHeight="1">
       <c r="A176" s="31"/>
       <c r="B176" s="15">
         <v>125</v>
       </c>
       <c r="C176" s="11"/>
       <c r="D176" s="11">
-        <v>368400</v>
+        <v>372800</v>
       </c>
       <c r="E176" s="11">
-        <v>390900</v>
+        <v>395900</v>
       </c>
       <c r="F176" s="11">
-        <v>419800</v>
+        <v>430000</v>
       </c>
       <c r="G176" s="11">
-        <v>439900</v>
+        <v>450100</v>
       </c>
       <c r="H176" s="19"/>
       <c r="I176" s="11"/>
       <c r="J176" s="11"/>
     </row>
     <row r="177" spans="1:10" ht="18.75" customHeight="1">
       <c r="A177" s="31"/>
       <c r="B177" s="15">
         <v>126</v>
       </c>
       <c r="C177" s="11"/>
       <c r="D177" s="11">
-        <v>368800</v>
+        <v>373200</v>
       </c>
       <c r="E177" s="11">
-        <v>391400</v>
+        <v>396400</v>
       </c>
       <c r="F177" s="11">
-        <v>420400</v>
+        <v>430500</v>
       </c>
       <c r="G177" s="11">
-        <v>440400</v>
+        <v>450600</v>
       </c>
       <c r="H177" s="19"/>
       <c r="I177" s="11"/>
       <c r="J177" s="11"/>
     </row>
     <row r="178" spans="1:10" ht="18.75" customHeight="1">
       <c r="A178" s="31"/>
       <c r="B178" s="15">
         <v>127</v>
       </c>
       <c r="C178" s="11"/>
       <c r="D178" s="11">
-        <v>369200</v>
+        <v>373600</v>
       </c>
       <c r="E178" s="11">
-        <v>391900</v>
+        <v>396900</v>
       </c>
       <c r="F178" s="11">
-        <v>421000</v>
+        <v>431000</v>
       </c>
       <c r="G178" s="11">
-        <v>440900</v>
+        <v>451100</v>
       </c>
       <c r="H178" s="19"/>
       <c r="I178" s="11"/>
       <c r="J178" s="11"/>
     </row>
     <row r="179" spans="1:10" ht="18.75" customHeight="1">
       <c r="A179" s="31"/>
       <c r="B179" s="15">
         <v>128</v>
       </c>
       <c r="C179" s="11"/>
       <c r="D179" s="11">
-        <v>369600</v>
+        <v>374000</v>
       </c>
       <c r="E179" s="11">
-        <v>392400</v>
+        <v>397400</v>
       </c>
       <c r="F179" s="11">
-        <v>421500</v>
+        <v>431500</v>
       </c>
       <c r="G179" s="11">
-        <v>441300</v>
+        <v>451500</v>
       </c>
       <c r="H179" s="19"/>
       <c r="I179" s="11"/>
       <c r="J179" s="11"/>
     </row>
     <row r="180" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A180" s="31"/>
       <c r="B180" s="15"/>
       <c r="C180" s="11"/>
       <c r="D180" s="11"/>
       <c r="E180" s="11"/>
       <c r="F180" s="11"/>
       <c r="G180" s="11"/>
       <c r="H180" s="19"/>
       <c r="I180" s="11"/>
       <c r="J180" s="11"/>
     </row>
     <row r="181" spans="1:10" ht="18.75" customHeight="1">
       <c r="A181" s="31"/>
       <c r="B181" s="15">
         <v>129</v>
       </c>
       <c r="C181" s="11"/>
       <c r="D181" s="11">
-        <v>370000</v>
+        <v>374400</v>
       </c>
       <c r="E181" s="11">
-        <v>392900</v>
+        <v>397900</v>
       </c>
       <c r="F181" s="11">
-        <v>422000</v>
+        <v>431900</v>
       </c>
       <c r="G181" s="11">
-        <v>441700</v>
+        <v>451900</v>
       </c>
       <c r="H181" s="19"/>
       <c r="I181" s="11"/>
       <c r="J181" s="11"/>
     </row>
     <row r="182" spans="1:10" ht="18.75" customHeight="1">
       <c r="A182" s="31"/>
       <c r="B182" s="15">
         <v>130</v>
       </c>
       <c r="C182" s="11"/>
       <c r="D182" s="11">
-        <v>370300</v>
+        <v>374700</v>
       </c>
       <c r="E182" s="11">
-        <v>393400</v>
+        <v>398400</v>
       </c>
       <c r="F182" s="11">
-        <v>422500</v>
+        <v>432400</v>
       </c>
       <c r="G182" s="11">
-        <v>442200</v>
+        <v>452400</v>
       </c>
       <c r="H182" s="19"/>
       <c r="I182" s="11"/>
       <c r="J182" s="11"/>
     </row>
     <row r="183" spans="1:10" ht="18.75" customHeight="1">
       <c r="A183" s="31"/>
       <c r="B183" s="15">
         <v>131</v>
       </c>
       <c r="C183" s="11"/>
       <c r="D183" s="11">
-        <v>370600</v>
+        <v>375000</v>
       </c>
       <c r="E183" s="11">
-        <v>393900</v>
+        <v>398900</v>
       </c>
       <c r="F183" s="11">
-        <v>423000</v>
+        <v>432900</v>
       </c>
       <c r="G183" s="11">
-        <v>442700</v>
+        <v>452900</v>
       </c>
       <c r="H183" s="19"/>
       <c r="I183" s="11"/>
       <c r="J183" s="11"/>
     </row>
     <row r="184" spans="1:10" ht="18.75" customHeight="1">
       <c r="A184" s="31"/>
       <c r="B184" s="15">
         <v>132</v>
       </c>
       <c r="C184" s="11"/>
       <c r="D184" s="11">
-        <v>370900</v>
+        <v>375300</v>
       </c>
       <c r="E184" s="11">
-        <v>394400</v>
+        <v>399400</v>
       </c>
       <c r="F184" s="11">
-        <v>423500</v>
+        <v>433300</v>
       </c>
       <c r="G184" s="11">
-        <v>443100</v>
+        <v>453300</v>
       </c>
       <c r="H184" s="19"/>
       <c r="I184" s="11"/>
       <c r="J184" s="11"/>
     </row>
     <row r="185" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A185" s="31"/>
       <c r="B185" s="15"/>
       <c r="C185" s="11"/>
       <c r="D185" s="11"/>
       <c r="E185" s="11"/>
       <c r="F185" s="11"/>
       <c r="G185" s="11"/>
       <c r="H185" s="19"/>
       <c r="I185" s="11"/>
       <c r="J185" s="11"/>
     </row>
     <row r="186" spans="1:10" ht="18.75" customHeight="1">
       <c r="A186" s="31"/>
       <c r="B186" s="15">
         <v>133</v>
       </c>
       <c r="C186" s="11"/>
       <c r="D186" s="11">
-        <v>371200</v>
+        <v>375600</v>
       </c>
       <c r="E186" s="11">
-        <v>394800</v>
+        <v>399800</v>
       </c>
       <c r="F186" s="11">
-        <v>423900</v>
+        <v>433700</v>
       </c>
       <c r="G186" s="11">
-        <v>443500</v>
+        <v>453700</v>
       </c>
       <c r="H186" s="19"/>
       <c r="I186" s="11"/>
       <c r="J186" s="11"/>
     </row>
     <row r="187" spans="1:10" ht="18.75" customHeight="1">
       <c r="A187" s="31"/>
       <c r="B187" s="15">
         <v>134</v>
       </c>
       <c r="C187" s="11"/>
       <c r="D187" s="11">
-        <v>371500</v>
+        <v>375900</v>
       </c>
       <c r="E187" s="11">
-        <v>395300</v>
+        <v>400300</v>
       </c>
       <c r="F187" s="11">
-        <v>424400</v>
+        <v>434200</v>
       </c>
       <c r="G187" s="11">
-        <v>444000</v>
+        <v>454200</v>
       </c>
       <c r="H187" s="19"/>
       <c r="I187" s="11"/>
       <c r="J187" s="11"/>
     </row>
     <row r="188" spans="1:10" ht="18.75" customHeight="1">
       <c r="A188" s="31"/>
       <c r="B188" s="15">
         <v>135</v>
       </c>
       <c r="C188" s="11"/>
       <c r="D188" s="11">
-        <v>371800</v>
+        <v>376200</v>
       </c>
       <c r="E188" s="11">
-        <v>395800</v>
+        <v>400800</v>
       </c>
       <c r="F188" s="11">
-        <v>424900</v>
+        <v>434700</v>
       </c>
       <c r="G188" s="11">
-        <v>444500</v>
+        <v>454700</v>
       </c>
       <c r="H188" s="19"/>
       <c r="I188" s="11"/>
       <c r="J188" s="11"/>
     </row>
     <row r="189" spans="1:10" ht="18.75" customHeight="1">
       <c r="A189" s="31"/>
       <c r="B189" s="15">
         <v>136</v>
       </c>
       <c r="C189" s="11"/>
       <c r="D189" s="11">
-        <v>372100</v>
+        <v>376500</v>
       </c>
       <c r="E189" s="11">
-        <v>396300</v>
+        <v>401300</v>
       </c>
       <c r="F189" s="11">
-        <v>425400</v>
+        <v>435100</v>
       </c>
       <c r="G189" s="11">
-        <v>444900</v>
+        <v>455100</v>
       </c>
       <c r="H189" s="19"/>
       <c r="I189" s="11"/>
       <c r="J189" s="11"/>
     </row>
     <row r="190" spans="1:10" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A190" s="31"/>
       <c r="B190" s="15"/>
       <c r="C190" s="11"/>
       <c r="D190" s="11"/>
       <c r="E190" s="11"/>
       <c r="F190" s="11"/>
       <c r="G190" s="11"/>
       <c r="H190" s="19"/>
       <c r="I190" s="11"/>
       <c r="J190" s="11"/>
     </row>
     <row r="191" spans="1:10" ht="18.75" customHeight="1">
       <c r="A191" s="31"/>
       <c r="B191" s="15">
         <v>137</v>
       </c>
       <c r="C191" s="11"/>
       <c r="D191" s="11">
-        <v>372400</v>
+        <v>376800</v>
       </c>
       <c r="E191" s="11">
-        <v>396700</v>
+        <v>401700</v>
       </c>
       <c r="F191" s="11">
-        <v>425800</v>
+        <v>435500</v>
       </c>
       <c r="G191" s="11">
-        <v>445300</v>
+        <v>455500</v>
       </c>
       <c r="H191" s="19"/>
       <c r="I191" s="11"/>
       <c r="J191" s="11"/>
     </row>
     <row r="192" spans="1:10" ht="18.75" customHeight="1">
       <c r="A192" s="31"/>
       <c r="B192" s="15">
         <v>138</v>
       </c>
       <c r="C192" s="11"/>
       <c r="D192" s="11">
-        <v>372700</v>
+        <v>377100</v>
       </c>
       <c r="E192" s="11">
-        <v>397200</v>
+        <v>402200</v>
       </c>
       <c r="F192" s="11">
-        <v>426300</v>
+        <v>436000</v>
       </c>
       <c r="G192" s="11">
-        <v>445800</v>
+        <v>456000</v>
       </c>
       <c r="H192" s="19"/>
       <c r="I192" s="11"/>
       <c r="J192" s="11"/>
     </row>
     <row r="193" spans="1:11" ht="18.75" customHeight="1">
       <c r="A193" s="31"/>
       <c r="B193" s="15">
         <v>139</v>
       </c>
       <c r="C193" s="11"/>
       <c r="D193" s="11">
-        <v>373000</v>
+        <v>377400</v>
       </c>
       <c r="E193" s="11">
-        <v>397600</v>
+        <v>402600</v>
       </c>
       <c r="F193" s="11">
-        <v>426800</v>
+        <v>436500</v>
       </c>
       <c r="G193" s="11">
-        <v>446300</v>
+        <v>456500</v>
       </c>
       <c r="H193" s="19"/>
       <c r="I193" s="11"/>
       <c r="J193" s="11"/>
     </row>
     <row r="194" spans="1:11" ht="18.75" customHeight="1">
       <c r="A194" s="31"/>
       <c r="B194" s="15">
         <v>140</v>
       </c>
       <c r="C194" s="11"/>
       <c r="D194" s="11">
-        <v>373300</v>
+        <v>377700</v>
       </c>
       <c r="E194" s="11">
-        <v>398000</v>
+        <v>403000</v>
       </c>
       <c r="F194" s="11">
-        <v>427300</v>
+        <v>436900</v>
       </c>
       <c r="G194" s="11">
-        <v>446700</v>
+        <v>456900</v>
       </c>
       <c r="H194" s="19"/>
       <c r="I194" s="11"/>
       <c r="J194" s="11"/>
     </row>
     <row r="195" spans="1:11" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A195" s="31"/>
       <c r="B195" s="15"/>
       <c r="C195" s="11"/>
       <c r="D195" s="11"/>
       <c r="E195" s="11"/>
       <c r="F195" s="11"/>
       <c r="G195" s="11"/>
       <c r="H195" s="19"/>
       <c r="I195" s="11"/>
       <c r="J195" s="11"/>
     </row>
     <row r="196" spans="1:11" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A196" s="31"/>
       <c r="B196" s="15">
         <v>141</v>
       </c>
       <c r="C196" s="11"/>
       <c r="D196" s="11">
-        <v>373600</v>
+        <v>378000</v>
       </c>
       <c r="E196" s="11">
-        <v>398500</v>
+        <v>403400</v>
       </c>
       <c r="F196" s="11">
-        <v>427700</v>
+        <v>437300</v>
       </c>
       <c r="G196" s="11">
-        <v>447100</v>
+        <v>457300</v>
       </c>
       <c r="H196" s="19"/>
       <c r="I196" s="11"/>
       <c r="J196" s="11"/>
     </row>
     <row r="197" spans="1:11" ht="18.75" customHeight="1">
       <c r="A197" s="31"/>
       <c r="B197" s="15">
         <v>142</v>
       </c>
       <c r="C197" s="11"/>
       <c r="D197" s="11">
-        <v>373900</v>
+        <v>378300</v>
       </c>
       <c r="E197" s="11">
-        <v>398900</v>
+        <v>403800</v>
       </c>
       <c r="F197" s="11">
-        <v>428200</v>
+        <v>437800</v>
       </c>
       <c r="G197" s="11"/>
       <c r="H197" s="19"/>
       <c r="I197" s="11"/>
       <c r="J197" s="11"/>
       <c r="K197" s="6"/>
     </row>
     <row r="198" spans="1:11" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A198" s="31"/>
       <c r="B198" s="15">
         <v>143</v>
       </c>
       <c r="C198" s="11"/>
       <c r="D198" s="11">
-        <v>374200</v>
+        <v>378600</v>
       </c>
       <c r="E198" s="11">
-        <v>399400</v>
+        <v>404300</v>
       </c>
       <c r="F198" s="11">
-        <v>428700</v>
+        <v>438300</v>
       </c>
       <c r="G198" s="11"/>
       <c r="H198" s="19"/>
       <c r="I198" s="11"/>
       <c r="J198" s="11"/>
     </row>
     <row r="199" spans="1:11" s="4" customFormat="1" ht="18.75" customHeight="1">
       <c r="A199" s="31"/>
       <c r="B199" s="15">
         <v>144</v>
       </c>
       <c r="C199" s="11"/>
       <c r="D199" s="11">
-        <v>374500</v>
+        <v>378900</v>
       </c>
       <c r="E199" s="11">
-        <v>399800</v>
+        <v>404700</v>
       </c>
       <c r="F199" s="11">
-        <v>429100</v>
+        <v>438700</v>
       </c>
       <c r="G199" s="11"/>
       <c r="H199" s="19"/>
       <c r="I199" s="11"/>
       <c r="J199" s="11"/>
     </row>
     <row r="200" spans="1:11" s="4" customFormat="1" ht="9.75" customHeight="1">
       <c r="A200" s="32"/>
       <c r="B200" s="16"/>
       <c r="C200" s="13"/>
       <c r="D200" s="13"/>
       <c r="E200" s="13"/>
       <c r="F200" s="13"/>
       <c r="G200" s="13"/>
       <c r="H200" s="20"/>
       <c r="I200" s="13"/>
       <c r="J200" s="13"/>
     </row>
     <row r="201" spans="1:11" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="B201" s="5"/>
       <c r="C201" s="3"/>
       <c r="D201" s="3"/>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
@@ -5719,439 +5732,439 @@
         <v>12</v>
       </c>
       <c r="F205" s="17" t="s">
         <v>12</v>
       </c>
       <c r="G205" s="17" t="s">
         <v>12</v>
       </c>
       <c r="H205" s="17" t="s">
         <v>12</v>
       </c>
       <c r="I205" s="17" t="s">
         <v>12</v>
       </c>
       <c r="J205" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:11" ht="18.75" customHeight="1">
       <c r="A206" s="39"/>
       <c r="B206" s="10">
         <v>145</v>
       </c>
       <c r="C206" s="11"/>
       <c r="D206" s="11">
-        <v>374800</v>
+        <v>379200</v>
       </c>
       <c r="E206" s="11">
-        <v>400200</v>
+        <v>405100</v>
       </c>
       <c r="F206" s="11">
-        <v>429600</v>
+        <v>439100</v>
       </c>
       <c r="G206" s="11"/>
       <c r="H206" s="11"/>
       <c r="I206" s="11"/>
       <c r="J206" s="11"/>
     </row>
     <row r="207" spans="1:11" ht="18.75" customHeight="1">
       <c r="A207" s="39"/>
       <c r="B207" s="10">
         <v>146</v>
       </c>
       <c r="C207" s="11"/>
       <c r="D207" s="11">
-        <v>375100</v>
+        <v>379500</v>
       </c>
       <c r="E207" s="11">
-        <v>400600</v>
+        <v>405500</v>
       </c>
       <c r="F207" s="11">
-        <v>430100</v>
+        <v>439600</v>
       </c>
       <c r="G207" s="11"/>
       <c r="H207" s="11"/>
       <c r="I207" s="11"/>
       <c r="J207" s="11"/>
     </row>
     <row r="208" spans="1:11" ht="18.75" customHeight="1">
       <c r="A208" s="39"/>
       <c r="B208" s="10">
         <v>147</v>
       </c>
       <c r="C208" s="11"/>
       <c r="D208" s="11">
-        <v>375400</v>
+        <v>379800</v>
       </c>
       <c r="E208" s="11">
-        <v>401100</v>
+        <v>406000</v>
       </c>
       <c r="F208" s="11">
-        <v>430600</v>
+        <v>440100</v>
       </c>
       <c r="G208" s="11"/>
       <c r="H208" s="11"/>
       <c r="I208" s="11"/>
       <c r="J208" s="11"/>
     </row>
     <row r="209" spans="1:10" ht="18.75" customHeight="1">
       <c r="A209" s="39"/>
       <c r="B209" s="10">
         <v>148</v>
       </c>
       <c r="C209" s="11"/>
       <c r="D209" s="11">
-        <v>375700</v>
+        <v>380100</v>
       </c>
       <c r="E209" s="11">
-        <v>401500</v>
+        <v>406400</v>
       </c>
       <c r="F209" s="11">
-        <v>431000</v>
+        <v>440500</v>
       </c>
       <c r="G209" s="11"/>
       <c r="H209" s="11"/>
       <c r="I209" s="11"/>
       <c r="J209" s="11"/>
     </row>
     <row r="210" spans="1:10" ht="9.75" customHeight="1">
       <c r="A210" s="39"/>
       <c r="B210" s="10"/>
       <c r="C210" s="11"/>
       <c r="D210" s="11"/>
       <c r="E210" s="11"/>
       <c r="F210" s="11"/>
       <c r="G210" s="11"/>
       <c r="H210" s="11"/>
       <c r="I210" s="11"/>
       <c r="J210" s="11"/>
     </row>
     <row r="211" spans="1:10" ht="18.75" customHeight="1">
       <c r="A211" s="39"/>
       <c r="B211" s="10">
         <v>149</v>
       </c>
       <c r="C211" s="11"/>
       <c r="D211" s="11">
-        <v>376000</v>
+        <v>380400</v>
       </c>
       <c r="E211" s="11">
-        <v>401900</v>
+        <v>406800</v>
       </c>
       <c r="F211" s="11">
-        <v>431500</v>
+        <v>440900</v>
       </c>
       <c r="G211" s="11"/>
       <c r="H211" s="11"/>
       <c r="I211" s="11"/>
       <c r="J211" s="11"/>
     </row>
     <row r="212" spans="1:10" ht="18.75" customHeight="1">
       <c r="A212" s="39"/>
       <c r="B212" s="10">
         <v>150</v>
       </c>
       <c r="C212" s="11"/>
       <c r="D212" s="11"/>
       <c r="E212" s="11">
-        <v>402300</v>
+        <v>407200</v>
       </c>
       <c r="F212" s="11">
-        <v>432000</v>
+        <v>441400</v>
       </c>
       <c r="G212" s="11"/>
       <c r="H212" s="11"/>
       <c r="I212" s="11"/>
       <c r="J212" s="11"/>
     </row>
     <row r="213" spans="1:10" ht="18.75" customHeight="1">
       <c r="A213" s="39"/>
       <c r="B213" s="10">
         <v>151</v>
       </c>
       <c r="C213" s="11"/>
       <c r="D213" s="11"/>
       <c r="E213" s="11">
-        <v>402800</v>
+        <v>407700</v>
       </c>
       <c r="F213" s="11">
-        <v>432500</v>
+        <v>441900</v>
       </c>
       <c r="G213" s="11"/>
       <c r="H213" s="11"/>
       <c r="I213" s="11"/>
       <c r="J213" s="11"/>
     </row>
     <row r="214" spans="1:10" ht="18.75" customHeight="1">
       <c r="A214" s="39"/>
       <c r="B214" s="10">
         <v>152</v>
       </c>
       <c r="C214" s="11"/>
       <c r="D214" s="11"/>
       <c r="E214" s="11">
-        <v>403200</v>
+        <v>408100</v>
       </c>
       <c r="F214" s="11">
-        <v>432900</v>
+        <v>442300</v>
       </c>
       <c r="G214" s="11"/>
       <c r="H214" s="11"/>
       <c r="I214" s="11"/>
       <c r="J214" s="11"/>
     </row>
     <row r="215" spans="1:10" ht="9.75" customHeight="1">
       <c r="A215" s="39"/>
       <c r="B215" s="10"/>
       <c r="C215" s="11"/>
       <c r="D215" s="11"/>
       <c r="E215" s="11"/>
       <c r="F215" s="11"/>
       <c r="G215" s="11"/>
       <c r="H215" s="11"/>
       <c r="I215" s="11"/>
       <c r="J215" s="11"/>
     </row>
     <row r="216" spans="1:10" ht="18.75" customHeight="1">
       <c r="A216" s="39"/>
       <c r="B216" s="10">
         <v>153</v>
       </c>
       <c r="C216" s="11"/>
       <c r="D216" s="11"/>
       <c r="E216" s="11">
-        <v>403600</v>
+        <v>408500</v>
       </c>
       <c r="F216" s="11">
-        <v>433300</v>
+        <v>442700</v>
       </c>
       <c r="G216" s="11"/>
       <c r="H216" s="11"/>
       <c r="I216" s="11"/>
       <c r="J216" s="11"/>
     </row>
     <row r="217" spans="1:10" ht="18.75" customHeight="1">
       <c r="A217" s="39"/>
       <c r="B217" s="10">
         <v>154</v>
       </c>
       <c r="C217" s="11"/>
       <c r="D217" s="11"/>
       <c r="E217" s="11"/>
       <c r="F217" s="11">
-        <v>433800</v>
+        <v>443200</v>
       </c>
       <c r="G217" s="11"/>
       <c r="H217" s="11"/>
       <c r="I217" s="11"/>
       <c r="J217" s="11"/>
     </row>
     <row r="218" spans="1:10" ht="18.75" customHeight="1">
       <c r="A218" s="39"/>
       <c r="B218" s="10">
         <v>155</v>
       </c>
       <c r="C218" s="11"/>
       <c r="D218" s="11"/>
       <c r="E218" s="11"/>
       <c r="F218" s="11">
-        <v>434300</v>
+        <v>443700</v>
       </c>
       <c r="G218" s="11"/>
       <c r="H218" s="11"/>
       <c r="I218" s="11"/>
       <c r="J218" s="11"/>
     </row>
     <row r="219" spans="1:10" ht="18.75" customHeight="1">
       <c r="A219" s="39"/>
       <c r="B219" s="10">
         <v>156</v>
       </c>
       <c r="C219" s="11"/>
       <c r="D219" s="11"/>
       <c r="E219" s="11"/>
       <c r="F219" s="11">
-        <v>434700</v>
+        <v>444100</v>
       </c>
       <c r="G219" s="11"/>
       <c r="H219" s="11"/>
       <c r="I219" s="11"/>
       <c r="J219" s="11"/>
     </row>
     <row r="220" spans="1:10" ht="9.75" customHeight="1">
       <c r="A220" s="39"/>
       <c r="B220" s="10"/>
       <c r="C220" s="11"/>
       <c r="D220" s="11"/>
       <c r="E220" s="11"/>
       <c r="F220" s="11"/>
       <c r="G220" s="11"/>
       <c r="H220" s="11"/>
       <c r="I220" s="11"/>
       <c r="J220" s="11"/>
     </row>
     <row r="221" spans="1:10" ht="18.75" customHeight="1">
       <c r="A221" s="39"/>
       <c r="B221" s="12">
         <v>157</v>
       </c>
       <c r="C221" s="13"/>
       <c r="D221" s="13"/>
       <c r="E221" s="13"/>
       <c r="F221" s="13">
-        <v>435100</v>
+        <v>444500</v>
       </c>
       <c r="G221" s="13"/>
       <c r="H221" s="13"/>
       <c r="I221" s="13"/>
       <c r="J221" s="13"/>
     </row>
-    <row r="222" spans="1:10" ht="13.15" customHeight="1">
+    <row r="222" spans="1:10" ht="13.2" customHeight="1">
       <c r="A222" s="33" t="s">
         <v>16</v>
       </c>
       <c r="B222" s="36"/>
       <c r="C222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="E222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="F222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="G222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="I222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="J222" s="24" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="223" spans="1:10" ht="13.15" customHeight="1">
+    <row r="223" spans="1:10" ht="13.2" customHeight="1">
       <c r="A223" s="34"/>
       <c r="B223" s="37"/>
       <c r="C223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="G223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="H223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="I223" s="17" t="s">
         <v>12</v>
       </c>
       <c r="J223" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="224" spans="1:10" ht="64.150000000000006" customHeight="1">
+    <row r="224" spans="1:10" ht="64.2" customHeight="1">
       <c r="A224" s="35"/>
       <c r="B224" s="38"/>
       <c r="C224" s="25">
-        <v>234200</v>
+        <v>242900</v>
       </c>
       <c r="D224" s="25">
-        <v>270300</v>
+        <v>280300</v>
       </c>
       <c r="E224" s="25">
-        <v>287300</v>
+        <v>297900</v>
       </c>
       <c r="F224" s="25">
-        <v>299300</v>
+        <v>310400</v>
       </c>
       <c r="G224" s="25">
-        <v>309600</v>
+        <v>321100</v>
       </c>
       <c r="H224" s="25">
-        <v>326600</v>
+        <v>338700</v>
       </c>
       <c r="I224" s="25">
-        <v>343800</v>
+        <v>356500</v>
       </c>
       <c r="J224" s="25">
-        <v>437400</v>
+        <v>453600</v>
       </c>
     </row>
     <row r="225" spans="1:10" ht="16.5" customHeight="1">
       <c r="A225" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="3"/>
       <c r="D225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3"/>
       <c r="I225" s="3"/>
       <c r="J225" s="3"/>
     </row>
-    <row r="226" spans="1:10" ht="16.899999999999999" customHeight="1">
+    <row r="226" spans="1:10" ht="16.95" customHeight="1">
       <c r="A226" s="1"/>
       <c r="B226" s="5"/>
       <c r="C226" s="3"/>
       <c r="D226" s="3"/>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3"/>
       <c r="I226" s="3"/>
       <c r="J226" s="3"/>
     </row>
-    <row r="227" spans="1:10" ht="16.899999999999999" customHeight="1">
+    <row r="227" spans="1:10" ht="16.95" customHeight="1">
       <c r="A227" s="1"/>
       <c r="B227" s="5"/>
       <c r="C227" s="3"/>
       <c r="D227" s="3"/>
       <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3"/>
       <c r="I227" s="3"/>
       <c r="J227" s="3"/>
     </row>
-    <row r="228" spans="1:10" ht="16.899999999999999" customHeight="1">
+    <row r="228" spans="1:10" ht="16.95" customHeight="1">
       <c r="A228" s="4"/>
       <c r="B228" s="5"/>
       <c r="C228" s="3"/>
       <c r="D228" s="3"/>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3"/>
       <c r="I228" s="3"/>
       <c r="J228" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A222:A224"/>
     <mergeCell ref="B222:B224"/>
     <mergeCell ref="A205:A221"/>
     <mergeCell ref="A153:A154"/>
     <mergeCell ref="A155:A200"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A53:A54"/>
     <mergeCell ref="A103:A104"/>
     <mergeCell ref="A203:A204"/>
     <mergeCell ref="A5:A50"/>
     <mergeCell ref="A55:A100"/>
     <mergeCell ref="A105:A150"/>