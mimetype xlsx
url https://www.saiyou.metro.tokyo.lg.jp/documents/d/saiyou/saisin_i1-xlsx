--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0EA0453-7B70-4DD3-BFBF-685913BA2324}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F3E60B61-84BF-46E5-94DE-F6415A8A2D07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_07医一">INDIRECT(#REF!)</definedName>
     <definedName name="_07医一号給">INDIRECT(#REF!)</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$F$176</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="16">
   <si>
     <t xml:space="preserve">医療職給料表(一) </t>
     <rPh sb="0" eb="2">
       <t>イリョウ</t>
     </rPh>
@@ -804,60 +804,60 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor indexed="59"/>
   </sheetPr>
   <dimension ref="A1:K177"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A89" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="16.899999999999999" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="8.875" style="1"/>
+    <col min="1" max="1" width="4.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="15.109375" style="1" customWidth="1"/>
+    <col min="3" max="5" width="29.109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.33203125" style="1" customWidth="1"/>
+    <col min="7" max="10" width="10.88671875" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" customHeight="1">
       <c r="A1" s="26"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" customHeight="1"/>
     <row r="3" spans="1:10" ht="25.5" customHeight="1">
       <c r="A3" s="27" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
@@ -891,1765 +891,1765 @@
       <c r="A5" s="29" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6"/>
       <c r="C5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
     </row>
     <row r="6" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A6" s="29"/>
       <c r="B6" s="9">
         <v>1</v>
       </c>
       <c r="C6" s="10">
-        <v>265300</v>
+        <v>283000</v>
       </c>
       <c r="D6" s="11">
-        <v>352400</v>
+        <v>372400</v>
       </c>
       <c r="E6" s="11">
-        <v>431300</v>
+        <v>452300</v>
       </c>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
     </row>
     <row r="7" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A7" s="29"/>
       <c r="B7" s="9">
         <v>2</v>
       </c>
       <c r="C7" s="10">
-        <v>267600</v>
+        <v>285300</v>
       </c>
       <c r="D7" s="11">
-        <v>356100</v>
+        <v>376100</v>
       </c>
       <c r="E7" s="11">
-        <v>434300</v>
+        <v>455300</v>
       </c>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
     </row>
     <row r="8" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A8" s="29"/>
       <c r="B8" s="9">
         <v>3</v>
       </c>
       <c r="C8" s="10">
-        <v>269900</v>
+        <v>287600</v>
       </c>
       <c r="D8" s="11">
-        <v>359700</v>
+        <v>379700</v>
       </c>
       <c r="E8" s="11">
-        <v>437300</v>
+        <v>458300</v>
       </c>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
     </row>
     <row r="9" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A9" s="29"/>
       <c r="B9" s="9">
         <v>4</v>
       </c>
       <c r="C9" s="10">
-        <v>272300</v>
+        <v>290000</v>
       </c>
       <c r="D9" s="11">
-        <v>363300</v>
+        <v>383300</v>
       </c>
       <c r="E9" s="11">
-        <v>440200</v>
+        <v>461200</v>
       </c>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
     </row>
     <row r="10" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A10" s="29"/>
       <c r="B10" s="9"/>
       <c r="C10" s="10"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
     </row>
     <row r="11" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A11" s="29"/>
       <c r="B11" s="9">
         <v>5</v>
       </c>
       <c r="C11" s="10">
-        <v>274700</v>
+        <v>292400</v>
       </c>
       <c r="D11" s="11">
-        <v>366900</v>
+        <v>386900</v>
       </c>
       <c r="E11" s="11">
-        <v>443100</v>
+        <v>464100</v>
       </c>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
     </row>
     <row r="12" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A12" s="29"/>
       <c r="B12" s="9">
         <v>6</v>
       </c>
       <c r="C12" s="10">
-        <v>277100</v>
+        <v>294800</v>
       </c>
       <c r="D12" s="11">
-        <v>370600</v>
+        <v>390600</v>
       </c>
       <c r="E12" s="11">
-        <v>446000</v>
+        <v>467000</v>
       </c>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
       <c r="J12" s="12"/>
     </row>
     <row r="13" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A13" s="29"/>
       <c r="B13" s="9">
         <v>7</v>
       </c>
       <c r="C13" s="10">
-        <v>279500</v>
+        <v>297200</v>
       </c>
       <c r="D13" s="11">
-        <v>374300</v>
+        <v>394300</v>
       </c>
       <c r="E13" s="11">
-        <v>448800</v>
+        <v>469800</v>
       </c>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
     </row>
     <row r="14" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A14" s="29"/>
       <c r="B14" s="9">
         <v>8</v>
       </c>
       <c r="C14" s="10">
-        <v>281900</v>
+        <v>299600</v>
       </c>
       <c r="D14" s="11">
-        <v>378000</v>
+        <v>398000</v>
       </c>
       <c r="E14" s="11">
-        <v>451700</v>
+        <v>472700</v>
       </c>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
     </row>
     <row r="15" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A15" s="29"/>
       <c r="B15" s="9"/>
       <c r="C15" s="10"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
     </row>
     <row r="16" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A16" s="29"/>
       <c r="B16" s="9">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>284300</v>
+        <v>302000</v>
       </c>
       <c r="D16" s="11">
-        <v>381700</v>
+        <v>401700</v>
       </c>
       <c r="E16" s="11">
-        <v>454600</v>
+        <v>475600</v>
       </c>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
     </row>
     <row r="17" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A17" s="29"/>
       <c r="B17" s="9">
         <v>10</v>
       </c>
       <c r="C17" s="10">
-        <v>286700</v>
+        <v>304400</v>
       </c>
       <c r="D17" s="11">
-        <v>385500</v>
+        <v>405500</v>
       </c>
       <c r="E17" s="11">
-        <v>457400</v>
+        <v>478400</v>
       </c>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="12"/>
       <c r="J17" s="12"/>
     </row>
     <row r="18" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A18" s="29"/>
       <c r="B18" s="9">
         <v>11</v>
       </c>
       <c r="C18" s="10">
-        <v>289100</v>
+        <v>306800</v>
       </c>
       <c r="D18" s="11">
-        <v>389200</v>
+        <v>409200</v>
       </c>
       <c r="E18" s="11">
-        <v>460200</v>
+        <v>481200</v>
       </c>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="12"/>
       <c r="J18" s="12"/>
     </row>
     <row r="19" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A19" s="29"/>
       <c r="B19" s="9">
         <v>12</v>
       </c>
       <c r="C19" s="10">
-        <v>291500</v>
+        <v>309200</v>
       </c>
       <c r="D19" s="11">
-        <v>392900</v>
+        <v>412900</v>
       </c>
       <c r="E19" s="11">
-        <v>463100</v>
+        <v>484100</v>
       </c>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
       <c r="I19" s="12"/>
       <c r="J19" s="12"/>
     </row>
     <row r="20" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A20" s="29"/>
       <c r="B20" s="9"/>
       <c r="C20" s="10"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
     </row>
     <row r="21" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A21" s="29"/>
       <c r="B21" s="9">
         <v>13</v>
       </c>
       <c r="C21" s="10">
-        <v>293900</v>
+        <v>311600</v>
       </c>
       <c r="D21" s="11">
-        <v>396600</v>
+        <v>416600</v>
       </c>
       <c r="E21" s="11">
-        <v>466000</v>
+        <v>487000</v>
       </c>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="12"/>
       <c r="I21" s="12"/>
       <c r="J21" s="12"/>
     </row>
     <row r="22" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A22" s="29"/>
       <c r="B22" s="9">
         <v>14</v>
       </c>
       <c r="C22" s="10">
-        <v>296800</v>
+        <v>314200</v>
       </c>
       <c r="D22" s="11">
-        <v>400400</v>
+        <v>420400</v>
       </c>
       <c r="E22" s="11">
-        <v>468800</v>
+        <v>489800</v>
       </c>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
       <c r="J22" s="12"/>
     </row>
     <row r="23" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A23" s="29"/>
       <c r="B23" s="9">
         <v>15</v>
       </c>
       <c r="C23" s="10">
-        <v>299700</v>
+        <v>316800</v>
       </c>
       <c r="D23" s="11">
-        <v>404200</v>
+        <v>424200</v>
       </c>
       <c r="E23" s="11">
-        <v>471600</v>
+        <v>492600</v>
       </c>
       <c r="F23" s="12"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12"/>
       <c r="J23" s="12"/>
     </row>
     <row r="24" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="9">
         <v>16</v>
       </c>
       <c r="C24" s="10">
-        <v>302700</v>
+        <v>319500</v>
       </c>
       <c r="D24" s="11">
-        <v>408000</v>
+        <v>428000</v>
       </c>
       <c r="E24" s="11">
-        <v>474300</v>
+        <v>495300</v>
       </c>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
     </row>
     <row r="25" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A25" s="29"/>
       <c r="B25" s="9"/>
       <c r="C25" s="10"/>
       <c r="D25" s="11"/>
       <c r="E25" s="11"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
     </row>
     <row r="26" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A26" s="29"/>
       <c r="B26" s="9">
         <v>17</v>
       </c>
       <c r="C26" s="10">
-        <v>305700</v>
+        <v>322200</v>
       </c>
       <c r="D26" s="11">
-        <v>411700</v>
+        <v>431700</v>
       </c>
       <c r="E26" s="11">
-        <v>477000</v>
+        <v>498000</v>
       </c>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
       <c r="J26" s="12"/>
     </row>
     <row r="27" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A27" s="29"/>
       <c r="B27" s="9">
         <v>18</v>
       </c>
       <c r="C27" s="10">
-        <v>308900</v>
+        <v>325100</v>
       </c>
       <c r="D27" s="11">
-        <v>414000</v>
+        <v>434000</v>
       </c>
       <c r="E27" s="11">
-        <v>479800</v>
+        <v>500800</v>
       </c>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
       <c r="I27" s="12"/>
       <c r="J27" s="12"/>
     </row>
     <row r="28" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A28" s="29"/>
       <c r="B28" s="9">
         <v>19</v>
       </c>
       <c r="C28" s="10">
-        <v>312100</v>
+        <v>328000</v>
       </c>
       <c r="D28" s="11">
-        <v>416300</v>
+        <v>436300</v>
       </c>
       <c r="E28" s="11">
-        <v>482600</v>
+        <v>503600</v>
       </c>
       <c r="F28" s="12"/>
       <c r="G28" s="12"/>
       <c r="H28" s="12"/>
       <c r="I28" s="12"/>
       <c r="J28" s="12"/>
     </row>
     <row r="29" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A29" s="29"/>
       <c r="B29" s="9">
         <v>20</v>
       </c>
       <c r="C29" s="10">
-        <v>315500</v>
+        <v>331100</v>
       </c>
       <c r="D29" s="11">
-        <v>418500</v>
+        <v>438500</v>
       </c>
       <c r="E29" s="11">
-        <v>485300</v>
+        <v>506300</v>
       </c>
       <c r="F29" s="12"/>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
       <c r="I29" s="12"/>
       <c r="J29" s="12"/>
     </row>
     <row r="30" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A30" s="29"/>
       <c r="B30" s="9"/>
       <c r="C30" s="10"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
       <c r="J30" s="12"/>
     </row>
     <row r="31" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A31" s="29"/>
       <c r="B31" s="9">
         <v>21</v>
       </c>
       <c r="C31" s="10">
-        <v>318800</v>
+        <v>334100</v>
       </c>
       <c r="D31" s="11">
-        <v>420700</v>
+        <v>440700</v>
       </c>
       <c r="E31" s="11">
-        <v>488000</v>
+        <v>509000</v>
       </c>
       <c r="F31" s="12"/>
       <c r="G31" s="12"/>
       <c r="H31" s="12"/>
       <c r="I31" s="12"/>
       <c r="J31" s="12"/>
     </row>
     <row r="32" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A32" s="29"/>
       <c r="B32" s="9">
         <v>22</v>
       </c>
       <c r="C32" s="10">
-        <v>321800</v>
+        <v>336800</v>
       </c>
       <c r="D32" s="11">
-        <v>422900</v>
+        <v>442900</v>
       </c>
       <c r="E32" s="11">
-        <v>490700</v>
+        <v>511700</v>
       </c>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
     </row>
     <row r="33" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A33" s="29"/>
       <c r="B33" s="9">
         <v>23</v>
       </c>
       <c r="C33" s="10">
-        <v>324700</v>
+        <v>339400</v>
       </c>
       <c r="D33" s="11">
-        <v>425000</v>
+        <v>445000</v>
       </c>
       <c r="E33" s="11">
-        <v>493300</v>
+        <v>514300</v>
       </c>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
       <c r="J33" s="12"/>
     </row>
     <row r="34" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A34" s="29"/>
       <c r="B34" s="9">
         <v>24</v>
       </c>
       <c r="C34" s="10">
-        <v>327500</v>
+        <v>341900</v>
       </c>
       <c r="D34" s="11">
-        <v>427100</v>
+        <v>447100</v>
       </c>
       <c r="E34" s="11">
-        <v>495800</v>
+        <v>516800</v>
       </c>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
     </row>
     <row r="35" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A35" s="29"/>
       <c r="B35" s="9"/>
       <c r="C35" s="10"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
     </row>
     <row r="36" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="9">
         <v>25</v>
       </c>
       <c r="C36" s="10">
-        <v>330300</v>
+        <v>344400</v>
       </c>
       <c r="D36" s="11">
-        <v>429200</v>
+        <v>449200</v>
       </c>
       <c r="E36" s="11">
-        <v>498400</v>
+        <v>519400</v>
       </c>
       <c r="F36" s="12"/>
       <c r="G36" s="12"/>
       <c r="H36" s="12"/>
       <c r="I36" s="12"/>
       <c r="J36" s="12"/>
     </row>
     <row r="37" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A37" s="29"/>
       <c r="B37" s="9">
         <v>26</v>
       </c>
       <c r="C37" s="10">
-        <v>333000</v>
+        <v>346800</v>
       </c>
       <c r="D37" s="11">
-        <v>431200</v>
+        <v>451200</v>
       </c>
       <c r="E37" s="11">
-        <v>501000</v>
+        <v>522000</v>
       </c>
       <c r="F37" s="12"/>
       <c r="G37" s="12"/>
       <c r="H37" s="12"/>
       <c r="I37" s="12"/>
       <c r="J37" s="12"/>
     </row>
     <row r="38" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A38" s="29"/>
       <c r="B38" s="9">
         <v>27</v>
       </c>
       <c r="C38" s="10">
-        <v>335700</v>
+        <v>349200</v>
       </c>
       <c r="D38" s="11">
-        <v>433200</v>
+        <v>453200</v>
       </c>
       <c r="E38" s="11">
-        <v>503500</v>
+        <v>524500</v>
       </c>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
     </row>
     <row r="39" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A39" s="29"/>
       <c r="B39" s="9">
         <v>28</v>
       </c>
       <c r="C39" s="10">
-        <v>338400</v>
+        <v>351700</v>
       </c>
       <c r="D39" s="11">
-        <v>435200</v>
+        <v>455200</v>
       </c>
       <c r="E39" s="11">
-        <v>505900</v>
+        <v>526900</v>
       </c>
       <c r="F39" s="12"/>
       <c r="G39" s="12"/>
       <c r="H39" s="12"/>
       <c r="I39" s="12"/>
       <c r="J39" s="12"/>
     </row>
     <row r="40" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A40" s="29"/>
       <c r="B40" s="9"/>
       <c r="C40" s="10"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
       <c r="H40" s="12"/>
       <c r="I40" s="12"/>
       <c r="J40" s="12"/>
     </row>
     <row r="41" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A41" s="29"/>
       <c r="B41" s="9">
         <v>29</v>
       </c>
       <c r="C41" s="10">
-        <v>341000</v>
+        <v>354100</v>
       </c>
       <c r="D41" s="11">
-        <v>437100</v>
+        <v>457100</v>
       </c>
       <c r="E41" s="11">
-        <v>508300</v>
+        <v>529300</v>
       </c>
       <c r="F41" s="12"/>
       <c r="G41" s="12"/>
       <c r="H41" s="12"/>
       <c r="I41" s="12"/>
       <c r="J41" s="12"/>
     </row>
     <row r="42" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="9">
         <v>30</v>
       </c>
       <c r="C42" s="10">
-        <v>343600</v>
+        <v>356400</v>
       </c>
       <c r="D42" s="11">
-        <v>439100</v>
+        <v>459100</v>
       </c>
       <c r="E42" s="11">
-        <v>510800</v>
+        <v>531800</v>
       </c>
       <c r="F42" s="12"/>
       <c r="G42" s="12"/>
       <c r="H42" s="12"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
     </row>
     <row r="43" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A43" s="29"/>
       <c r="B43" s="9">
         <v>31</v>
       </c>
       <c r="C43" s="10">
-        <v>346300</v>
+        <v>358800</v>
       </c>
       <c r="D43" s="11">
-        <v>441100</v>
+        <v>461100</v>
       </c>
       <c r="E43" s="11">
-        <v>513300</v>
+        <v>534300</v>
       </c>
       <c r="F43" s="12"/>
       <c r="G43" s="12"/>
       <c r="H43" s="12"/>
       <c r="I43" s="12"/>
       <c r="J43" s="12"/>
     </row>
     <row r="44" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A44" s="29"/>
       <c r="B44" s="9">
         <v>32</v>
       </c>
       <c r="C44" s="10">
-        <v>349000</v>
+        <v>361300</v>
       </c>
       <c r="D44" s="11">
-        <v>443100</v>
+        <v>463100</v>
       </c>
       <c r="E44" s="11">
-        <v>515800</v>
+        <v>536800</v>
       </c>
       <c r="F44" s="12"/>
       <c r="G44" s="12"/>
       <c r="H44" s="12"/>
       <c r="I44" s="12"/>
       <c r="J44" s="12"/>
     </row>
     <row r="45" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A45" s="29"/>
       <c r="B45" s="9"/>
       <c r="C45" s="10"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="12"/>
       <c r="G45" s="12"/>
       <c r="H45" s="12"/>
       <c r="I45" s="12"/>
       <c r="J45" s="12"/>
     </row>
     <row r="46" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A46" s="29"/>
       <c r="B46" s="9">
         <v>33</v>
       </c>
       <c r="C46" s="10">
-        <v>351600</v>
+        <v>363700</v>
       </c>
       <c r="D46" s="11">
-        <v>445000</v>
+        <v>465000</v>
       </c>
       <c r="E46" s="11">
-        <v>518200</v>
+        <v>539200</v>
       </c>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
     </row>
     <row r="47" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A47" s="29"/>
       <c r="B47" s="9">
         <v>34</v>
       </c>
       <c r="C47" s="10">
-        <v>354300</v>
+        <v>366100</v>
       </c>
       <c r="D47" s="11">
-        <v>446900</v>
+        <v>466900</v>
       </c>
       <c r="E47" s="11">
-        <v>520700</v>
+        <v>541700</v>
       </c>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
       <c r="J47" s="12"/>
     </row>
     <row r="48" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A48" s="29"/>
       <c r="B48" s="9">
         <v>35</v>
       </c>
       <c r="C48" s="10">
-        <v>357000</v>
+        <v>368600</v>
       </c>
       <c r="D48" s="11">
-        <v>448800</v>
+        <v>468800</v>
       </c>
       <c r="E48" s="11">
-        <v>523100</v>
+        <v>544100</v>
       </c>
       <c r="F48" s="12"/>
       <c r="G48" s="12"/>
       <c r="H48" s="12"/>
       <c r="I48" s="12"/>
       <c r="J48" s="12"/>
     </row>
     <row r="49" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A49" s="29"/>
       <c r="B49" s="9">
         <v>36</v>
       </c>
       <c r="C49" s="10">
-        <v>359600</v>
+        <v>371000</v>
       </c>
       <c r="D49" s="11">
-        <v>450700</v>
+        <v>470700</v>
       </c>
       <c r="E49" s="11">
-        <v>525500</v>
+        <v>546500</v>
       </c>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
       <c r="J49" s="12"/>
     </row>
     <row r="50" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A50" s="37"/>
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="16"/>
       <c r="E50" s="16"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
     </row>
     <row r="51" spans="1:10" s="13" customFormat="1" ht="15.75" customHeight="1">
       <c r="B51" s="5"/>
       <c r="C51" s="17"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
     </row>
     <row r="52" spans="1:10" s="13" customFormat="1" ht="15.75" customHeight="1">
       <c r="B52" s="5"/>
       <c r="C52" s="17"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
     </row>
-    <row r="53" spans="1:10" ht="25.9" customHeight="1">
+    <row r="53" spans="1:10" ht="25.95" customHeight="1">
       <c r="A53" s="27" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F53" s="5"/>
       <c r="G53" s="5"/>
       <c r="H53" s="5"/>
       <c r="I53" s="5"/>
       <c r="J53" s="5"/>
     </row>
-    <row r="54" spans="1:10" ht="25.9" customHeight="1">
+    <row r="54" spans="1:10" ht="25.95" customHeight="1">
       <c r="A54" s="27"/>
       <c r="B54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F54" s="5"/>
       <c r="G54" s="5"/>
       <c r="H54" s="5"/>
       <c r="I54" s="5"/>
       <c r="J54" s="5"/>
     </row>
     <row r="55" spans="1:10" ht="14.25" customHeight="1">
       <c r="A55" s="29" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="6"/>
       <c r="C55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="18"/>
       <c r="G55" s="18"/>
       <c r="H55" s="18"/>
       <c r="I55" s="18"/>
       <c r="J55" s="18"/>
     </row>
     <row r="56" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A56" s="29"/>
       <c r="B56" s="9">
         <v>37</v>
       </c>
       <c r="C56" s="10">
-        <v>362100</v>
+        <v>373300</v>
       </c>
       <c r="D56" s="11">
-        <v>452500</v>
+        <v>472500</v>
       </c>
       <c r="E56" s="11">
-        <v>527900</v>
+        <v>548900</v>
       </c>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
     </row>
     <row r="57" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A57" s="29"/>
       <c r="B57" s="9">
         <v>38</v>
       </c>
       <c r="C57" s="10">
-        <v>364400</v>
+        <v>375400</v>
       </c>
       <c r="D57" s="11">
-        <v>454400</v>
+        <v>474400</v>
       </c>
       <c r="E57" s="11">
-        <v>530300</v>
+        <v>551300</v>
       </c>
       <c r="F57" s="12"/>
       <c r="G57" s="12"/>
       <c r="H57" s="12"/>
       <c r="I57" s="12"/>
       <c r="J57" s="12"/>
     </row>
     <row r="58" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A58" s="29"/>
       <c r="B58" s="9">
         <v>39</v>
       </c>
       <c r="C58" s="10">
-        <v>366700</v>
+        <v>377500</v>
       </c>
       <c r="D58" s="11">
-        <v>456300</v>
+        <v>476300</v>
       </c>
       <c r="E58" s="11">
-        <v>532700</v>
+        <v>553700</v>
       </c>
       <c r="F58" s="12"/>
       <c r="G58" s="12"/>
       <c r="H58" s="12"/>
       <c r="I58" s="12"/>
       <c r="J58" s="12"/>
     </row>
     <row r="59" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A59" s="29"/>
       <c r="B59" s="9">
         <v>40</v>
       </c>
       <c r="C59" s="10">
-        <v>369000</v>
+        <v>379600</v>
       </c>
       <c r="D59" s="11">
-        <v>458100</v>
+        <v>478100</v>
       </c>
       <c r="E59" s="11">
-        <v>535000</v>
+        <v>556000</v>
       </c>
       <c r="F59" s="12"/>
       <c r="G59" s="12"/>
       <c r="H59" s="12"/>
       <c r="I59" s="12"/>
       <c r="J59" s="12"/>
     </row>
     <row r="60" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A60" s="29"/>
       <c r="B60" s="9"/>
       <c r="C60" s="10"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="12"/>
       <c r="G60" s="12"/>
       <c r="H60" s="12"/>
       <c r="I60" s="12"/>
       <c r="J60" s="12"/>
     </row>
     <row r="61" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A61" s="29"/>
       <c r="B61" s="9">
         <v>41</v>
       </c>
       <c r="C61" s="10">
-        <v>371200</v>
+        <v>381600</v>
       </c>
       <c r="D61" s="11">
-        <v>459900</v>
+        <v>479900</v>
       </c>
       <c r="E61" s="11">
-        <v>537300</v>
+        <v>558300</v>
       </c>
       <c r="F61" s="12"/>
       <c r="G61" s="12"/>
       <c r="H61" s="12"/>
       <c r="I61" s="12"/>
       <c r="J61" s="12"/>
     </row>
     <row r="62" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A62" s="29"/>
       <c r="B62" s="9">
         <v>42</v>
       </c>
       <c r="C62" s="10">
-        <v>373500</v>
+        <v>383700</v>
       </c>
       <c r="D62" s="11">
-        <v>461700</v>
+        <v>481700</v>
       </c>
       <c r="E62" s="11">
-        <v>539300</v>
+        <v>560300</v>
       </c>
       <c r="F62" s="12"/>
       <c r="G62" s="12"/>
       <c r="H62" s="12"/>
       <c r="I62" s="12"/>
       <c r="J62" s="12"/>
     </row>
     <row r="63" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A63" s="29"/>
       <c r="B63" s="9">
         <v>43</v>
       </c>
       <c r="C63" s="10">
-        <v>375700</v>
+        <v>385700</v>
       </c>
       <c r="D63" s="11">
-        <v>463500</v>
+        <v>483500</v>
       </c>
       <c r="E63" s="11">
-        <v>541300</v>
+        <v>562300</v>
       </c>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
       <c r="I63" s="12"/>
       <c r="J63" s="12"/>
     </row>
     <row r="64" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A64" s="29"/>
       <c r="B64" s="9">
         <v>44</v>
       </c>
       <c r="C64" s="10">
-        <v>377900</v>
+        <v>387700</v>
       </c>
       <c r="D64" s="11">
-        <v>465300</v>
+        <v>485300</v>
       </c>
       <c r="E64" s="11">
-        <v>543300</v>
+        <v>564300</v>
       </c>
       <c r="F64" s="12"/>
       <c r="G64" s="12"/>
       <c r="H64" s="12"/>
       <c r="I64" s="12"/>
       <c r="J64" s="12"/>
     </row>
     <row r="65" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A65" s="29"/>
       <c r="B65" s="9"/>
       <c r="C65" s="10"/>
       <c r="D65" s="11"/>
       <c r="E65" s="11"/>
       <c r="F65" s="12"/>
       <c r="G65" s="12"/>
       <c r="H65" s="12"/>
       <c r="I65" s="12"/>
       <c r="J65" s="12"/>
     </row>
     <row r="66" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A66" s="29"/>
       <c r="B66" s="9">
         <v>45</v>
       </c>
       <c r="C66" s="10">
-        <v>380000</v>
+        <v>389700</v>
       </c>
       <c r="D66" s="11">
-        <v>467100</v>
+        <v>487100</v>
       </c>
       <c r="E66" s="11">
-        <v>545200</v>
+        <v>566200</v>
       </c>
       <c r="F66" s="12"/>
       <c r="G66" s="12"/>
       <c r="H66" s="12"/>
       <c r="I66" s="12"/>
       <c r="J66" s="12"/>
     </row>
     <row r="67" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A67" s="29"/>
       <c r="B67" s="9">
         <v>46</v>
       </c>
       <c r="C67" s="10">
-        <v>382200</v>
+        <v>391700</v>
       </c>
       <c r="D67" s="11">
-        <v>468800</v>
+        <v>488800</v>
       </c>
       <c r="E67" s="11">
-        <v>547000</v>
+        <v>568000</v>
       </c>
       <c r="F67" s="12"/>
       <c r="G67" s="12"/>
       <c r="H67" s="12"/>
       <c r="I67" s="12"/>
       <c r="J67" s="12"/>
     </row>
     <row r="68" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A68" s="29"/>
       <c r="B68" s="9">
         <v>47</v>
       </c>
       <c r="C68" s="10">
-        <v>384500</v>
+        <v>393800</v>
       </c>
       <c r="D68" s="11">
-        <v>470500</v>
+        <v>490500</v>
       </c>
       <c r="E68" s="11">
-        <v>548600</v>
+        <v>569600</v>
       </c>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="12"/>
       <c r="I68" s="12"/>
       <c r="J68" s="12"/>
     </row>
     <row r="69" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A69" s="29"/>
       <c r="B69" s="9">
         <v>48</v>
       </c>
       <c r="C69" s="10">
-        <v>386700</v>
+        <v>395800</v>
       </c>
       <c r="D69" s="11">
-        <v>472100</v>
+        <v>492100</v>
       </c>
       <c r="E69" s="11">
-        <v>550100</v>
+        <v>571100</v>
       </c>
       <c r="F69" s="12"/>
       <c r="G69" s="12"/>
       <c r="H69" s="12"/>
       <c r="I69" s="12"/>
       <c r="J69" s="12"/>
     </row>
     <row r="70" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A70" s="29"/>
       <c r="B70" s="9"/>
       <c r="C70" s="10"/>
       <c r="D70" s="11"/>
       <c r="E70" s="11"/>
       <c r="F70" s="12"/>
       <c r="G70" s="12"/>
       <c r="H70" s="12"/>
       <c r="I70" s="12"/>
       <c r="J70" s="12"/>
     </row>
     <row r="71" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A71" s="29"/>
       <c r="B71" s="9">
         <v>49</v>
       </c>
       <c r="C71" s="10">
-        <v>388800</v>
+        <v>397700</v>
       </c>
       <c r="D71" s="11">
-        <v>473700</v>
+        <v>493700</v>
       </c>
       <c r="E71" s="11">
-        <v>551500</v>
+        <v>572500</v>
       </c>
       <c r="F71" s="12"/>
       <c r="G71" s="12"/>
       <c r="H71" s="12"/>
       <c r="I71" s="12"/>
       <c r="J71" s="12"/>
     </row>
     <row r="72" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A72" s="29"/>
       <c r="B72" s="9">
         <v>50</v>
       </c>
       <c r="C72" s="10">
-        <v>390100</v>
+        <v>398900</v>
       </c>
       <c r="D72" s="11">
-        <v>475200</v>
+        <v>495200</v>
       </c>
       <c r="E72" s="11">
-        <v>552900</v>
+        <v>573900</v>
       </c>
       <c r="F72" s="12"/>
       <c r="G72" s="12"/>
       <c r="H72" s="12"/>
       <c r="I72" s="12"/>
       <c r="J72" s="12"/>
     </row>
     <row r="73" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A73" s="29"/>
       <c r="B73" s="9">
         <v>51</v>
       </c>
       <c r="C73" s="10">
-        <v>391400</v>
+        <v>400100</v>
       </c>
       <c r="D73" s="11">
-        <v>476600</v>
+        <v>496600</v>
       </c>
       <c r="E73" s="11">
-        <v>554300</v>
+        <v>575300</v>
       </c>
       <c r="F73" s="12"/>
       <c r="G73" s="12"/>
       <c r="H73" s="12"/>
       <c r="I73" s="12"/>
       <c r="J73" s="12"/>
     </row>
     <row r="74" spans="1:10" ht="18.75" customHeight="1">
       <c r="A74" s="29"/>
       <c r="B74" s="9">
         <v>52</v>
       </c>
       <c r="C74" s="10">
-        <v>392600</v>
+        <v>401200</v>
       </c>
       <c r="D74" s="11">
-        <v>477900</v>
+        <v>497900</v>
       </c>
       <c r="E74" s="11">
-        <v>555700</v>
+        <v>576700</v>
       </c>
       <c r="F74" s="12"/>
       <c r="G74" s="12"/>
       <c r="H74" s="12"/>
       <c r="I74" s="12"/>
       <c r="J74" s="12"/>
     </row>
     <row r="75" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A75" s="29"/>
       <c r="B75" s="9"/>
       <c r="C75" s="10"/>
       <c r="D75" s="11"/>
       <c r="E75" s="11"/>
       <c r="F75" s="12"/>
       <c r="G75" s="12"/>
       <c r="H75" s="12"/>
       <c r="I75" s="12"/>
       <c r="J75" s="12"/>
     </row>
     <row r="76" spans="1:10" ht="18.75" customHeight="1">
       <c r="A76" s="29"/>
       <c r="B76" s="9">
         <v>53</v>
       </c>
       <c r="C76" s="10">
-        <v>393800</v>
+        <v>402300</v>
       </c>
       <c r="D76" s="11">
-        <v>479200</v>
+        <v>499200</v>
       </c>
       <c r="E76" s="11">
-        <v>557100</v>
+        <v>578100</v>
       </c>
       <c r="F76" s="12"/>
       <c r="G76" s="12"/>
       <c r="H76" s="12"/>
       <c r="I76" s="12"/>
       <c r="J76" s="12"/>
     </row>
     <row r="77" spans="1:10" ht="18.75" customHeight="1">
       <c r="A77" s="29"/>
       <c r="B77" s="9">
         <v>54</v>
       </c>
       <c r="C77" s="10">
-        <v>395000</v>
+        <v>403400</v>
       </c>
       <c r="D77" s="11">
-        <v>480300</v>
+        <v>500300</v>
       </c>
       <c r="E77" s="11">
-        <v>558400</v>
+        <v>579400</v>
       </c>
       <c r="F77" s="12"/>
       <c r="G77" s="12"/>
       <c r="H77" s="12"/>
       <c r="I77" s="12"/>
       <c r="J77" s="12"/>
     </row>
     <row r="78" spans="1:10" ht="18.75" customHeight="1">
       <c r="A78" s="29"/>
       <c r="B78" s="9">
         <v>55</v>
       </c>
       <c r="C78" s="10">
-        <v>396200</v>
+        <v>404500</v>
       </c>
       <c r="D78" s="11">
-        <v>481300</v>
+        <v>501300</v>
       </c>
       <c r="E78" s="11">
-        <v>559700</v>
+        <v>580700</v>
       </c>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
       <c r="I78" s="12"/>
       <c r="J78" s="12"/>
     </row>
     <row r="79" spans="1:10" ht="18.75" customHeight="1">
       <c r="A79" s="29"/>
       <c r="B79" s="9">
         <v>56</v>
       </c>
       <c r="C79" s="10">
-        <v>397400</v>
+        <v>405600</v>
       </c>
       <c r="D79" s="11">
-        <v>482200</v>
+        <v>502200</v>
       </c>
       <c r="E79" s="11">
-        <v>561000</v>
+        <v>582000</v>
       </c>
       <c r="F79" s="12"/>
       <c r="G79" s="12"/>
       <c r="H79" s="12"/>
       <c r="I79" s="12"/>
       <c r="J79" s="12"/>
     </row>
     <row r="80" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A80" s="29"/>
       <c r="B80" s="9"/>
       <c r="C80" s="10"/>
       <c r="D80" s="11"/>
       <c r="E80" s="11"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
     </row>
     <row r="81" spans="1:10" ht="18.75" customHeight="1">
       <c r="A81" s="29"/>
       <c r="B81" s="9">
         <v>57</v>
       </c>
       <c r="C81" s="10">
-        <v>398500</v>
+        <v>406600</v>
       </c>
       <c r="D81" s="11">
-        <v>483100</v>
+        <v>503100</v>
       </c>
       <c r="E81" s="11">
-        <v>562200</v>
+        <v>583200</v>
       </c>
       <c r="F81" s="12"/>
       <c r="G81" s="12"/>
       <c r="H81" s="12"/>
       <c r="I81" s="12"/>
       <c r="J81" s="12"/>
     </row>
     <row r="82" spans="1:10" ht="18.75" customHeight="1">
       <c r="A82" s="29"/>
       <c r="B82" s="9">
         <v>58</v>
       </c>
       <c r="C82" s="10">
-        <v>399400</v>
+        <v>407400</v>
       </c>
       <c r="D82" s="11">
-        <v>484000</v>
+        <v>504000</v>
       </c>
       <c r="E82" s="11">
-        <v>563300</v>
+        <v>584300</v>
       </c>
       <c r="F82" s="12"/>
       <c r="G82" s="12"/>
       <c r="H82" s="12"/>
       <c r="I82" s="12"/>
       <c r="J82" s="12"/>
     </row>
     <row r="83" spans="1:10" ht="18.75" customHeight="1">
       <c r="A83" s="29"/>
       <c r="B83" s="9">
         <v>59</v>
       </c>
       <c r="C83" s="10">
-        <v>400300</v>
+        <v>408300</v>
       </c>
       <c r="D83" s="11">
-        <v>484900</v>
+        <v>504900</v>
       </c>
       <c r="E83" s="11">
-        <v>564400</v>
+        <v>585400</v>
       </c>
       <c r="F83" s="12"/>
       <c r="G83" s="12"/>
       <c r="H83" s="12"/>
       <c r="I83" s="12"/>
       <c r="J83" s="12"/>
     </row>
     <row r="84" spans="1:10" ht="18.75" customHeight="1">
       <c r="A84" s="29"/>
       <c r="B84" s="9">
         <v>60</v>
       </c>
       <c r="C84" s="10">
-        <v>401200</v>
+        <v>409200</v>
       </c>
       <c r="D84" s="11">
-        <v>485800</v>
+        <v>505800</v>
       </c>
       <c r="E84" s="11">
-        <v>565500</v>
+        <v>586500</v>
       </c>
       <c r="F84" s="12"/>
       <c r="G84" s="12"/>
       <c r="H84" s="12"/>
       <c r="I84" s="12"/>
       <c r="J84" s="12"/>
     </row>
     <row r="85" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A85" s="29"/>
       <c r="B85" s="9"/>
       <c r="C85" s="10"/>
       <c r="D85" s="11"/>
       <c r="E85" s="11"/>
       <c r="F85" s="12"/>
       <c r="G85" s="12"/>
       <c r="H85" s="12"/>
       <c r="I85" s="12"/>
       <c r="J85" s="12"/>
     </row>
     <row r="86" spans="1:10" ht="18.75" customHeight="1">
       <c r="A86" s="29"/>
       <c r="B86" s="9">
         <v>61</v>
       </c>
       <c r="C86" s="10">
-        <v>402100</v>
+        <v>410100</v>
       </c>
       <c r="D86" s="11">
-        <v>486600</v>
+        <v>506600</v>
       </c>
       <c r="E86" s="11">
-        <v>566600</v>
+        <v>587600</v>
       </c>
       <c r="F86" s="12"/>
       <c r="G86" s="12"/>
       <c r="H86" s="12"/>
       <c r="I86" s="12"/>
       <c r="J86" s="12"/>
     </row>
     <row r="87" spans="1:10" ht="18.75" customHeight="1">
       <c r="A87" s="29"/>
       <c r="B87" s="9">
         <v>62</v>
       </c>
       <c r="C87" s="10">
-        <v>402900</v>
+        <v>410900</v>
       </c>
       <c r="D87" s="11">
-        <v>487400</v>
+        <v>507400</v>
       </c>
       <c r="E87" s="11">
-        <v>567700</v>
+        <v>588700</v>
       </c>
       <c r="F87" s="12"/>
       <c r="G87" s="12"/>
       <c r="H87" s="12"/>
       <c r="I87" s="12"/>
       <c r="J87" s="12"/>
     </row>
     <row r="88" spans="1:10" ht="18.75" customHeight="1">
       <c r="A88" s="29"/>
       <c r="B88" s="9">
         <v>63</v>
       </c>
       <c r="C88" s="10">
-        <v>403700</v>
+        <v>411700</v>
       </c>
       <c r="D88" s="11">
-        <v>488200</v>
+        <v>508200</v>
       </c>
       <c r="E88" s="11">
-        <v>568800</v>
+        <v>589800</v>
       </c>
       <c r="F88" s="12"/>
       <c r="G88" s="12"/>
       <c r="H88" s="12"/>
       <c r="I88" s="12"/>
       <c r="J88" s="12"/>
     </row>
     <row r="89" spans="1:10" ht="18.75" customHeight="1">
       <c r="A89" s="29"/>
       <c r="B89" s="9">
         <v>64</v>
       </c>
       <c r="C89" s="10">
-        <v>404500</v>
+        <v>412500</v>
       </c>
       <c r="D89" s="11">
-        <v>488900</v>
+        <v>508900</v>
       </c>
       <c r="E89" s="11">
-        <v>569900</v>
+        <v>590900</v>
       </c>
       <c r="F89" s="12"/>
       <c r="G89" s="12"/>
       <c r="H89" s="12"/>
       <c r="I89" s="12"/>
       <c r="J89" s="12"/>
     </row>
     <row r="90" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A90" s="29"/>
       <c r="B90" s="9"/>
       <c r="C90" s="10"/>
       <c r="D90" s="11"/>
       <c r="E90" s="11"/>
       <c r="F90" s="12"/>
       <c r="G90" s="12"/>
       <c r="H90" s="12"/>
       <c r="I90" s="12"/>
       <c r="J90" s="12"/>
     </row>
     <row r="91" spans="1:10" ht="18.75" customHeight="1">
       <c r="A91" s="29"/>
       <c r="B91" s="9">
         <v>65</v>
       </c>
       <c r="C91" s="10">
-        <v>405200</v>
+        <v>413200</v>
       </c>
       <c r="D91" s="11">
-        <v>489600</v>
+        <v>509600</v>
       </c>
       <c r="E91" s="11">
-        <v>570900</v>
+        <v>591900</v>
       </c>
       <c r="F91" s="12"/>
       <c r="G91" s="12"/>
       <c r="H91" s="12"/>
       <c r="I91" s="12"/>
       <c r="J91" s="12"/>
     </row>
     <row r="92" spans="1:10" ht="18.75" customHeight="1">
       <c r="A92" s="29"/>
       <c r="B92" s="9">
         <v>66</v>
       </c>
       <c r="C92" s="10">
-        <v>405800</v>
+        <v>413800</v>
       </c>
       <c r="D92" s="11">
-        <v>490300</v>
+        <v>510300</v>
       </c>
       <c r="E92" s="11">
-        <v>571900</v>
+        <v>592900</v>
       </c>
       <c r="F92" s="12"/>
       <c r="G92" s="12"/>
       <c r="H92" s="12"/>
       <c r="I92" s="12"/>
       <c r="J92" s="12"/>
     </row>
     <row r="93" spans="1:10" ht="18.75" customHeight="1">
       <c r="A93" s="29"/>
       <c r="B93" s="9">
         <v>67</v>
       </c>
       <c r="C93" s="10">
-        <v>406400</v>
+        <v>414400</v>
       </c>
       <c r="D93" s="11">
-        <v>490900</v>
+        <v>510900</v>
       </c>
       <c r="E93" s="11">
-        <v>572900</v>
+        <v>593900</v>
       </c>
       <c r="F93" s="12"/>
       <c r="G93" s="12"/>
       <c r="H93" s="12"/>
       <c r="I93" s="12"/>
       <c r="J93" s="12"/>
     </row>
     <row r="94" spans="1:10" ht="18.75" customHeight="1">
       <c r="A94" s="29"/>
       <c r="B94" s="9">
         <v>68</v>
       </c>
       <c r="C94" s="10">
-        <v>407000</v>
+        <v>415000</v>
       </c>
       <c r="D94" s="11">
-        <v>491400</v>
+        <v>511400</v>
       </c>
       <c r="E94" s="11">
-        <v>573900</v>
+        <v>594900</v>
       </c>
       <c r="F94" s="12"/>
       <c r="G94" s="12"/>
       <c r="H94" s="12"/>
       <c r="I94" s="12"/>
       <c r="J94" s="12"/>
     </row>
     <row r="95" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A95" s="29"/>
       <c r="B95" s="9"/>
       <c r="C95" s="10"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="12"/>
       <c r="G95" s="12"/>
       <c r="H95" s="12"/>
       <c r="I95" s="12"/>
       <c r="J95" s="12"/>
     </row>
     <row r="96" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A96" s="29"/>
       <c r="B96" s="9">
         <v>69</v>
       </c>
       <c r="C96" s="10">
-        <v>407600</v>
+        <v>415600</v>
       </c>
       <c r="D96" s="11">
-        <v>491900</v>
+        <v>511900</v>
       </c>
       <c r="E96" s="11">
-        <v>574900</v>
+        <v>595900</v>
       </c>
       <c r="F96" s="12"/>
       <c r="G96" s="12"/>
       <c r="H96" s="12"/>
       <c r="I96" s="12"/>
       <c r="J96" s="12"/>
     </row>
     <row r="97" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A97" s="29"/>
       <c r="B97" s="9">
         <v>70</v>
       </c>
       <c r="C97" s="10">
-        <v>408100</v>
+        <v>416100</v>
       </c>
       <c r="D97" s="11">
-        <v>492500</v>
+        <v>512500</v>
       </c>
       <c r="E97" s="11">
-        <v>575900</v>
+        <v>596900</v>
       </c>
       <c r="F97" s="12"/>
       <c r="G97" s="12"/>
       <c r="H97" s="12"/>
       <c r="I97" s="12"/>
       <c r="J97" s="12"/>
     </row>
     <row r="98" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A98" s="29"/>
       <c r="B98" s="9">
         <v>71</v>
       </c>
       <c r="C98" s="10">
-        <v>408600</v>
+        <v>416600</v>
       </c>
       <c r="D98" s="11">
-        <v>493100</v>
+        <v>513100</v>
       </c>
       <c r="E98" s="11">
-        <v>576900</v>
+        <v>597900</v>
       </c>
       <c r="F98" s="12"/>
       <c r="G98" s="12"/>
       <c r="H98" s="12"/>
       <c r="I98" s="12"/>
       <c r="J98" s="12"/>
     </row>
     <row r="99" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A99" s="29"/>
       <c r="B99" s="9">
         <v>72</v>
       </c>
       <c r="C99" s="10">
-        <v>409000</v>
+        <v>417000</v>
       </c>
       <c r="D99" s="11">
-        <v>493700</v>
+        <v>513700</v>
       </c>
       <c r="E99" s="11">
-        <v>577800</v>
+        <v>598800</v>
       </c>
       <c r="F99" s="12"/>
       <c r="G99" s="12"/>
       <c r="H99" s="12"/>
       <c r="I99" s="12"/>
       <c r="J99" s="12"/>
     </row>
     <row r="100" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A100" s="37"/>
       <c r="B100" s="14"/>
       <c r="C100" s="15"/>
       <c r="D100" s="16"/>
       <c r="E100" s="16"/>
       <c r="F100" s="12"/>
       <c r="G100" s="12"/>
       <c r="H100" s="12"/>
       <c r="I100" s="12"/>
       <c r="J100" s="12"/>
     </row>
     <row r="101" spans="1:10" s="13" customFormat="1" ht="15.75" customHeight="1">
       <c r="B101" s="5"/>
       <c r="C101" s="17"/>
       <c r="D101" s="12"/>
       <c r="E101" s="12"/>
       <c r="F101" s="12"/>
@@ -2715,961 +2715,961 @@
       <c r="A105" s="28" t="s">
         <v>12</v>
       </c>
       <c r="B105" s="19"/>
       <c r="C105" s="20" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="20" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="20" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="18"/>
       <c r="G105" s="18"/>
       <c r="H105" s="18"/>
       <c r="I105" s="18"/>
       <c r="J105" s="18"/>
     </row>
     <row r="106" spans="1:10" ht="18.75" customHeight="1">
       <c r="A106" s="29"/>
       <c r="B106" s="9">
         <v>73</v>
       </c>
       <c r="C106" s="10">
-        <v>409400</v>
+        <v>417400</v>
       </c>
       <c r="D106" s="11">
-        <v>494200</v>
+        <v>514200</v>
       </c>
       <c r="E106" s="11">
-        <v>578700</v>
+        <v>599700</v>
       </c>
       <c r="F106" s="12"/>
       <c r="G106" s="12"/>
       <c r="H106" s="12"/>
       <c r="I106" s="12"/>
       <c r="J106" s="12"/>
     </row>
     <row r="107" spans="1:10" ht="18.75" customHeight="1">
       <c r="A107" s="29"/>
       <c r="B107" s="9">
         <v>74</v>
       </c>
       <c r="C107" s="10">
-        <v>409900</v>
+        <v>417900</v>
       </c>
       <c r="D107" s="11">
-        <v>494800</v>
+        <v>514800</v>
       </c>
       <c r="E107" s="11">
-        <v>579700</v>
+        <v>600700</v>
       </c>
       <c r="F107" s="12"/>
       <c r="G107" s="12"/>
       <c r="H107" s="12"/>
       <c r="I107" s="12"/>
       <c r="J107" s="12"/>
     </row>
     <row r="108" spans="1:10" ht="18.75" customHeight="1">
       <c r="A108" s="29"/>
       <c r="B108" s="9">
         <v>75</v>
       </c>
       <c r="C108" s="10">
-        <v>410300</v>
+        <v>418300</v>
       </c>
       <c r="D108" s="11">
-        <v>495400</v>
+        <v>515400</v>
       </c>
       <c r="E108" s="11">
-        <v>580600</v>
+        <v>601600</v>
       </c>
       <c r="F108" s="12"/>
       <c r="G108" s="12"/>
       <c r="H108" s="12"/>
       <c r="I108" s="12"/>
       <c r="J108" s="12"/>
     </row>
     <row r="109" spans="1:10" ht="18.75" customHeight="1">
       <c r="A109" s="29"/>
       <c r="B109" s="9">
         <v>76</v>
       </c>
       <c r="C109" s="10">
-        <v>410700</v>
+        <v>418700</v>
       </c>
       <c r="D109" s="11">
-        <v>496000</v>
+        <v>516000</v>
       </c>
       <c r="E109" s="11">
-        <v>581500</v>
+        <v>602500</v>
       </c>
       <c r="F109" s="12"/>
       <c r="G109" s="12"/>
       <c r="H109" s="12"/>
       <c r="I109" s="12"/>
       <c r="J109" s="12"/>
     </row>
     <row r="110" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A110" s="29"/>
       <c r="B110" s="9"/>
       <c r="C110" s="10"/>
       <c r="D110" s="11"/>
       <c r="E110" s="11"/>
       <c r="F110" s="12"/>
       <c r="G110" s="12"/>
       <c r="H110" s="12"/>
       <c r="I110" s="12"/>
       <c r="J110" s="12"/>
     </row>
     <row r="111" spans="1:10" ht="18.75" customHeight="1">
       <c r="A111" s="29"/>
       <c r="B111" s="9">
         <v>77</v>
       </c>
       <c r="C111" s="10">
-        <v>411200</v>
+        <v>419200</v>
       </c>
       <c r="D111" s="11">
-        <v>496500</v>
+        <v>516500</v>
       </c>
       <c r="E111" s="11">
-        <v>582400</v>
+        <v>603400</v>
       </c>
       <c r="F111" s="12"/>
       <c r="G111" s="12"/>
       <c r="H111" s="12"/>
       <c r="I111" s="12"/>
       <c r="J111" s="12"/>
     </row>
     <row r="112" spans="1:10" ht="18.75" customHeight="1">
       <c r="A112" s="29"/>
       <c r="B112" s="9">
         <v>78</v>
       </c>
       <c r="C112" s="10">
-        <v>411700</v>
+        <v>419700</v>
       </c>
       <c r="D112" s="11">
-        <v>497100</v>
+        <v>517100</v>
       </c>
       <c r="E112" s="11">
-        <v>583300</v>
+        <v>604300</v>
       </c>
       <c r="F112" s="12"/>
       <c r="G112" s="12"/>
       <c r="H112" s="12"/>
       <c r="I112" s="12"/>
       <c r="J112" s="12"/>
     </row>
     <row r="113" spans="1:10" ht="18.75" customHeight="1">
       <c r="A113" s="29"/>
       <c r="B113" s="9">
         <v>79</v>
       </c>
       <c r="C113" s="10">
-        <v>412100</v>
+        <v>420100</v>
       </c>
       <c r="D113" s="11">
-        <v>497700</v>
+        <v>517700</v>
       </c>
       <c r="E113" s="11">
-        <v>584200</v>
+        <v>605200</v>
       </c>
       <c r="F113" s="12"/>
       <c r="G113" s="12"/>
       <c r="H113" s="12"/>
       <c r="I113" s="12"/>
       <c r="J113" s="12"/>
     </row>
     <row r="114" spans="1:10" ht="18.75" customHeight="1">
       <c r="A114" s="29"/>
       <c r="B114" s="9">
         <v>80</v>
       </c>
       <c r="C114" s="10">
-        <v>412500</v>
+        <v>420500</v>
       </c>
       <c r="D114" s="11">
-        <v>498200</v>
+        <v>518200</v>
       </c>
       <c r="E114" s="11">
-        <v>585100</v>
+        <v>606100</v>
       </c>
       <c r="F114" s="12"/>
       <c r="G114" s="12"/>
       <c r="H114" s="12"/>
       <c r="I114" s="12"/>
       <c r="J114" s="12"/>
     </row>
     <row r="115" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A115" s="29"/>
       <c r="B115" s="9"/>
       <c r="C115" s="10"/>
       <c r="D115" s="11"/>
       <c r="E115" s="11"/>
       <c r="F115" s="12"/>
       <c r="G115" s="12"/>
       <c r="H115" s="12"/>
       <c r="I115" s="12"/>
       <c r="J115" s="12"/>
     </row>
     <row r="116" spans="1:10" ht="18.75" customHeight="1">
       <c r="A116" s="29"/>
       <c r="B116" s="9">
         <v>81</v>
       </c>
       <c r="C116" s="10">
-        <v>413000</v>
+        <v>421000</v>
       </c>
       <c r="D116" s="11">
-        <v>498800</v>
+        <v>518800</v>
       </c>
       <c r="E116" s="11">
-        <v>585900</v>
+        <v>606900</v>
       </c>
       <c r="F116" s="12"/>
       <c r="G116" s="12"/>
       <c r="H116" s="12"/>
       <c r="I116" s="12"/>
       <c r="J116" s="12"/>
     </row>
     <row r="117" spans="1:10" ht="18.75" customHeight="1">
       <c r="A117" s="29"/>
       <c r="B117" s="9">
         <v>82</v>
       </c>
       <c r="C117" s="10">
-        <v>413500</v>
+        <v>421500</v>
       </c>
       <c r="D117" s="11">
-        <v>499400</v>
+        <v>519400</v>
       </c>
       <c r="E117" s="11">
-        <v>586800</v>
+        <v>607800</v>
       </c>
       <c r="F117" s="12"/>
       <c r="G117" s="12"/>
       <c r="H117" s="12"/>
       <c r="I117" s="12"/>
       <c r="J117" s="12"/>
     </row>
     <row r="118" spans="1:10" ht="18.75" customHeight="1">
       <c r="A118" s="29"/>
       <c r="B118" s="9">
         <v>83</v>
       </c>
       <c r="C118" s="10">
-        <v>413900</v>
+        <v>421900</v>
       </c>
       <c r="D118" s="11">
-        <v>500000</v>
+        <v>520000</v>
       </c>
       <c r="E118" s="11">
-        <v>587700</v>
+        <v>608700</v>
       </c>
       <c r="F118" s="12"/>
       <c r="G118" s="12"/>
       <c r="H118" s="12"/>
       <c r="I118" s="12"/>
       <c r="J118" s="12"/>
     </row>
     <row r="119" spans="1:10" ht="18.75" customHeight="1">
       <c r="A119" s="29"/>
       <c r="B119" s="9">
         <v>84</v>
       </c>
       <c r="C119" s="10">
-        <v>414300</v>
+        <v>422300</v>
       </c>
       <c r="D119" s="11">
-        <v>500500</v>
+        <v>520500</v>
       </c>
       <c r="E119" s="11">
-        <v>588600</v>
+        <v>609600</v>
       </c>
       <c r="F119" s="12"/>
       <c r="G119" s="12"/>
       <c r="H119" s="12"/>
       <c r="I119" s="12"/>
       <c r="J119" s="12"/>
     </row>
     <row r="120" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A120" s="29"/>
       <c r="B120" s="9"/>
       <c r="C120" s="10"/>
       <c r="D120" s="11"/>
       <c r="E120" s="11"/>
       <c r="F120" s="12"/>
       <c r="G120" s="12"/>
       <c r="H120" s="12"/>
       <c r="I120" s="12"/>
       <c r="J120" s="12"/>
     </row>
     <row r="121" spans="1:10" ht="18.75" customHeight="1">
       <c r="A121" s="29"/>
       <c r="B121" s="9">
         <v>85</v>
       </c>
       <c r="C121" s="10">
-        <v>414600</v>
+        <v>422600</v>
       </c>
       <c r="D121" s="11">
-        <v>501000</v>
+        <v>521000</v>
       </c>
       <c r="E121" s="11">
-        <v>589400</v>
+        <v>610400</v>
       </c>
       <c r="F121" s="12"/>
       <c r="G121" s="12"/>
       <c r="H121" s="12"/>
       <c r="I121" s="12"/>
       <c r="J121" s="12"/>
     </row>
     <row r="122" spans="1:10" ht="18.75" customHeight="1">
       <c r="A122" s="29"/>
       <c r="B122" s="9">
         <v>86</v>
       </c>
       <c r="C122" s="10">
-        <v>415100</v>
+        <v>423100</v>
       </c>
       <c r="D122" s="11">
-        <v>501600</v>
+        <v>521600</v>
       </c>
       <c r="E122" s="11">
-        <v>590300</v>
+        <v>611300</v>
       </c>
       <c r="F122" s="12"/>
       <c r="G122" s="12"/>
       <c r="H122" s="12"/>
       <c r="I122" s="12"/>
       <c r="J122" s="12"/>
     </row>
     <row r="123" spans="1:10" ht="18.75" customHeight="1">
       <c r="A123" s="29"/>
       <c r="B123" s="9">
         <v>87</v>
       </c>
       <c r="C123" s="10">
-        <v>415500</v>
+        <v>423500</v>
       </c>
       <c r="D123" s="11">
-        <v>502100</v>
+        <v>522100</v>
       </c>
       <c r="E123" s="11">
-        <v>591200</v>
+        <v>612200</v>
       </c>
       <c r="F123" s="12"/>
       <c r="G123" s="12"/>
       <c r="H123" s="12"/>
       <c r="I123" s="12"/>
       <c r="J123" s="12"/>
     </row>
     <row r="124" spans="1:10" ht="18.75" customHeight="1">
       <c r="A124" s="29"/>
       <c r="B124" s="9">
         <v>88</v>
       </c>
       <c r="C124" s="10">
-        <v>415900</v>
+        <v>423900</v>
       </c>
       <c r="D124" s="11">
-        <v>502700</v>
+        <v>522700</v>
       </c>
       <c r="E124" s="11">
-        <v>592000</v>
+        <v>613000</v>
       </c>
       <c r="F124" s="12"/>
       <c r="G124" s="12"/>
       <c r="H124" s="12"/>
       <c r="I124" s="12"/>
       <c r="J124" s="12"/>
     </row>
     <row r="125" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A125" s="29"/>
       <c r="B125" s="9"/>
       <c r="C125" s="10"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="12"/>
       <c r="G125" s="12"/>
       <c r="H125" s="12"/>
       <c r="I125" s="12"/>
       <c r="J125" s="12"/>
     </row>
     <row r="126" spans="1:10" ht="18.75" customHeight="1">
       <c r="A126" s="29"/>
       <c r="B126" s="9">
         <v>89</v>
       </c>
       <c r="C126" s="10">
-        <v>416200</v>
+        <v>424200</v>
       </c>
       <c r="D126" s="11">
-        <v>503200</v>
+        <v>523200</v>
       </c>
       <c r="E126" s="11">
-        <v>592700</v>
+        <v>613700</v>
       </c>
       <c r="F126" s="12"/>
       <c r="G126" s="12"/>
       <c r="H126" s="12"/>
       <c r="I126" s="12"/>
       <c r="J126" s="12"/>
     </row>
     <row r="127" spans="1:10" ht="18.75" customHeight="1">
       <c r="A127" s="29"/>
       <c r="B127" s="9">
         <v>90</v>
       </c>
       <c r="C127" s="10">
-        <v>416600</v>
+        <v>424600</v>
       </c>
       <c r="D127" s="11">
-        <v>503700</v>
+        <v>523700</v>
       </c>
       <c r="E127" s="11">
-        <v>593500</v>
+        <v>614500</v>
       </c>
       <c r="F127" s="12"/>
       <c r="G127" s="12"/>
       <c r="H127" s="12"/>
       <c r="I127" s="12"/>
       <c r="J127" s="12"/>
     </row>
     <row r="128" spans="1:10" ht="18.75" customHeight="1">
       <c r="A128" s="29"/>
       <c r="B128" s="9">
         <v>91</v>
       </c>
       <c r="C128" s="10">
-        <v>417000</v>
+        <v>425000</v>
       </c>
       <c r="D128" s="11">
-        <v>504200</v>
+        <v>524200</v>
       </c>
       <c r="E128" s="11">
-        <v>594300</v>
+        <v>615300</v>
       </c>
       <c r="F128" s="12"/>
       <c r="G128" s="12"/>
       <c r="H128" s="12"/>
       <c r="I128" s="12"/>
       <c r="J128" s="12"/>
     </row>
     <row r="129" spans="1:10" ht="18.75" customHeight="1">
       <c r="A129" s="29"/>
       <c r="B129" s="9">
         <v>92</v>
       </c>
       <c r="C129" s="10">
-        <v>417400</v>
+        <v>425400</v>
       </c>
       <c r="D129" s="11">
-        <v>504700</v>
+        <v>524700</v>
       </c>
       <c r="E129" s="11">
-        <v>595100</v>
+        <v>616100</v>
       </c>
       <c r="F129" s="12"/>
       <c r="G129" s="12"/>
       <c r="H129" s="12"/>
       <c r="I129" s="12"/>
       <c r="J129" s="12"/>
     </row>
     <row r="130" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A130" s="29"/>
       <c r="B130" s="9"/>
       <c r="C130" s="10"/>
       <c r="D130" s="11"/>
       <c r="E130" s="11"/>
       <c r="F130" s="12"/>
       <c r="G130" s="12"/>
       <c r="H130" s="12"/>
       <c r="I130" s="12"/>
       <c r="J130" s="12"/>
     </row>
     <row r="131" spans="1:10" ht="18.75" customHeight="1">
       <c r="A131" s="29"/>
       <c r="B131" s="9">
         <v>93</v>
       </c>
       <c r="C131" s="10">
-        <v>417700</v>
+        <v>425700</v>
       </c>
       <c r="D131" s="11">
-        <v>505200</v>
+        <v>525200</v>
       </c>
       <c r="E131" s="11">
-        <v>595900</v>
+        <v>616900</v>
       </c>
       <c r="F131" s="12"/>
       <c r="G131" s="12"/>
       <c r="H131" s="12"/>
       <c r="I131" s="12"/>
       <c r="J131" s="12"/>
     </row>
     <row r="132" spans="1:10" ht="18.75" customHeight="1">
       <c r="A132" s="29"/>
       <c r="B132" s="9">
         <v>94</v>
       </c>
       <c r="C132" s="10">
-        <v>418100</v>
+        <v>426100</v>
       </c>
       <c r="D132" s="11">
-        <v>505700</v>
+        <v>525700</v>
       </c>
       <c r="E132" s="11">
-        <v>596600</v>
+        <v>617600</v>
       </c>
       <c r="F132" s="12"/>
       <c r="G132" s="12"/>
       <c r="H132" s="12"/>
       <c r="I132" s="12"/>
       <c r="J132" s="12"/>
     </row>
     <row r="133" spans="1:10" ht="18.75" customHeight="1">
       <c r="A133" s="29"/>
       <c r="B133" s="9">
         <v>95</v>
       </c>
       <c r="C133" s="10">
-        <v>418500</v>
+        <v>426500</v>
       </c>
       <c r="D133" s="11">
-        <v>506200</v>
+        <v>526200</v>
       </c>
       <c r="E133" s="11">
-        <v>597400</v>
+        <v>618400</v>
       </c>
       <c r="F133" s="12"/>
       <c r="G133" s="12"/>
       <c r="H133" s="12"/>
       <c r="I133" s="12"/>
       <c r="J133" s="12"/>
     </row>
     <row r="134" spans="1:10" ht="18.75" customHeight="1">
       <c r="A134" s="29"/>
       <c r="B134" s="9">
         <v>96</v>
       </c>
       <c r="C134" s="10">
-        <v>418900</v>
+        <v>426900</v>
       </c>
       <c r="D134" s="11">
-        <v>506700</v>
+        <v>526700</v>
       </c>
       <c r="E134" s="11">
-        <v>598200</v>
+        <v>619200</v>
       </c>
       <c r="F134" s="12"/>
       <c r="G134" s="12"/>
       <c r="H134" s="12"/>
       <c r="I134" s="12"/>
       <c r="J134" s="12"/>
     </row>
     <row r="135" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A135" s="29"/>
       <c r="B135" s="9"/>
       <c r="C135" s="10"/>
       <c r="D135" s="11"/>
       <c r="E135" s="11"/>
       <c r="F135" s="12"/>
       <c r="G135" s="12"/>
       <c r="H135" s="12"/>
       <c r="I135" s="12"/>
       <c r="J135" s="12"/>
     </row>
     <row r="136" spans="1:10" ht="18.75" customHeight="1">
       <c r="A136" s="29"/>
       <c r="B136" s="9">
         <v>97</v>
       </c>
       <c r="C136" s="10">
-        <v>419200</v>
+        <v>427200</v>
       </c>
       <c r="D136" s="11">
-        <v>507200</v>
+        <v>527200</v>
       </c>
       <c r="E136" s="11">
-        <v>599000</v>
+        <v>620000</v>
       </c>
       <c r="F136" s="12"/>
       <c r="G136" s="12"/>
       <c r="H136" s="12"/>
       <c r="I136" s="12"/>
       <c r="J136" s="12"/>
     </row>
     <row r="137" spans="1:10" ht="18.75" customHeight="1">
       <c r="A137" s="29"/>
       <c r="B137" s="9">
         <v>98</v>
       </c>
       <c r="C137" s="10">
-        <v>419600</v>
+        <v>427600</v>
       </c>
       <c r="D137" s="11">
-        <v>507700</v>
+        <v>527700</v>
       </c>
       <c r="E137" s="11">
-        <v>599700</v>
+        <v>620700</v>
       </c>
       <c r="F137" s="12"/>
       <c r="G137" s="12"/>
       <c r="H137" s="12"/>
       <c r="I137" s="12"/>
       <c r="J137" s="12"/>
     </row>
     <row r="138" spans="1:10" ht="18.75" customHeight="1">
       <c r="A138" s="29"/>
       <c r="B138" s="9">
         <v>99</v>
       </c>
       <c r="C138" s="10">
-        <v>420000</v>
+        <v>428000</v>
       </c>
       <c r="D138" s="11">
-        <v>508200</v>
+        <v>528200</v>
       </c>
       <c r="E138" s="11">
-        <v>600400</v>
+        <v>621400</v>
       </c>
       <c r="F138" s="12"/>
       <c r="G138" s="12"/>
       <c r="H138" s="12"/>
       <c r="I138" s="12"/>
       <c r="J138" s="12"/>
     </row>
     <row r="139" spans="1:10" ht="18.75" customHeight="1">
       <c r="A139" s="29"/>
       <c r="B139" s="9">
         <v>100</v>
       </c>
       <c r="C139" s="10">
-        <v>420400</v>
+        <v>428400</v>
       </c>
       <c r="D139" s="11">
-        <v>508700</v>
+        <v>528700</v>
       </c>
       <c r="E139" s="11">
-        <v>601200</v>
+        <v>622200</v>
       </c>
       <c r="F139" s="12"/>
       <c r="G139" s="12"/>
       <c r="H139" s="12"/>
       <c r="I139" s="12"/>
       <c r="J139" s="12"/>
     </row>
     <row r="140" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A140" s="29"/>
       <c r="B140" s="9"/>
       <c r="C140" s="10"/>
       <c r="D140" s="11"/>
       <c r="E140" s="11"/>
       <c r="F140" s="12"/>
       <c r="G140" s="12"/>
       <c r="H140" s="12"/>
       <c r="I140" s="12"/>
       <c r="J140" s="12"/>
     </row>
     <row r="141" spans="1:10" ht="18.75" customHeight="1">
       <c r="A141" s="29"/>
       <c r="B141" s="9">
         <v>101</v>
       </c>
       <c r="C141" s="10">
-        <v>420700</v>
+        <v>428700</v>
       </c>
       <c r="D141" s="11">
-        <v>509200</v>
+        <v>529200</v>
       </c>
       <c r="E141" s="11">
-        <v>601900</v>
+        <v>622900</v>
       </c>
       <c r="F141" s="12"/>
       <c r="G141" s="12"/>
       <c r="H141" s="12"/>
       <c r="I141" s="12"/>
       <c r="J141" s="12"/>
     </row>
     <row r="142" spans="1:10" ht="18.75" customHeight="1">
       <c r="A142" s="29"/>
       <c r="B142" s="9">
         <v>102</v>
       </c>
       <c r="C142" s="10">
-        <v>421100</v>
+        <v>429100</v>
       </c>
       <c r="D142" s="11">
-        <v>509700</v>
+        <v>529700</v>
       </c>
       <c r="E142" s="11">
-        <v>602600</v>
+        <v>623600</v>
       </c>
       <c r="F142" s="12"/>
       <c r="G142" s="12"/>
       <c r="H142" s="12"/>
       <c r="I142" s="12"/>
       <c r="J142" s="12"/>
     </row>
     <row r="143" spans="1:10" ht="18.75" customHeight="1">
       <c r="A143" s="29"/>
       <c r="B143" s="9">
         <v>103</v>
       </c>
       <c r="C143" s="10">
-        <v>421500</v>
+        <v>429500</v>
       </c>
       <c r="D143" s="11">
-        <v>510200</v>
+        <v>530200</v>
       </c>
       <c r="E143" s="11">
-        <v>603400</v>
+        <v>624400</v>
       </c>
       <c r="F143" s="12"/>
       <c r="G143" s="12"/>
       <c r="H143" s="12"/>
       <c r="I143" s="12"/>
       <c r="J143" s="12"/>
     </row>
     <row r="144" spans="1:10" ht="18.75" customHeight="1">
       <c r="A144" s="29"/>
       <c r="B144" s="9">
         <v>104</v>
       </c>
       <c r="C144" s="10">
-        <v>421900</v>
+        <v>429900</v>
       </c>
       <c r="D144" s="11">
-        <v>510700</v>
+        <v>530700</v>
       </c>
       <c r="E144" s="11">
-        <v>604100</v>
+        <v>625100</v>
       </c>
       <c r="F144" s="12"/>
       <c r="G144" s="12"/>
       <c r="H144" s="12"/>
       <c r="I144" s="12"/>
       <c r="J144" s="12"/>
     </row>
     <row r="145" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A145" s="29"/>
       <c r="B145" s="9"/>
       <c r="C145" s="10"/>
       <c r="D145" s="11"/>
       <c r="E145" s="11"/>
       <c r="F145" s="12"/>
       <c r="G145" s="12"/>
       <c r="H145" s="12"/>
       <c r="I145" s="12"/>
       <c r="J145" s="12"/>
     </row>
     <row r="146" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A146" s="29"/>
       <c r="B146" s="9">
         <v>105</v>
       </c>
       <c r="C146" s="10">
-        <v>422200</v>
+        <v>430200</v>
       </c>
       <c r="D146" s="11">
-        <v>511200</v>
+        <v>531200</v>
       </c>
       <c r="E146" s="11">
-        <v>604800</v>
+        <v>625800</v>
       </c>
       <c r="F146" s="12"/>
       <c r="G146" s="12"/>
       <c r="H146" s="12"/>
       <c r="I146" s="12"/>
       <c r="J146" s="12"/>
     </row>
     <row r="147" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A147" s="29"/>
       <c r="B147" s="9">
         <v>106</v>
       </c>
       <c r="C147" s="10">
-        <v>422600</v>
+        <v>430600</v>
       </c>
       <c r="D147" s="11"/>
       <c r="E147" s="11">
-        <v>605400</v>
+        <v>626400</v>
       </c>
       <c r="F147" s="12"/>
       <c r="G147" s="12"/>
       <c r="H147" s="12"/>
       <c r="I147" s="12"/>
       <c r="J147" s="12"/>
     </row>
     <row r="148" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A148" s="29"/>
       <c r="B148" s="9">
         <v>107</v>
       </c>
       <c r="C148" s="10">
-        <v>423000</v>
+        <v>431000</v>
       </c>
       <c r="D148" s="11"/>
       <c r="E148" s="11">
-        <v>606100</v>
+        <v>627100</v>
       </c>
       <c r="F148" s="12"/>
       <c r="G148" s="12"/>
       <c r="H148" s="12"/>
       <c r="I148" s="12"/>
       <c r="J148" s="12"/>
     </row>
     <row r="149" spans="1:10" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A149" s="29"/>
       <c r="B149" s="9">
         <v>108</v>
       </c>
       <c r="C149" s="10">
-        <v>423400</v>
+        <v>431400</v>
       </c>
       <c r="D149" s="11"/>
       <c r="E149" s="11">
-        <v>606800</v>
+        <v>627800</v>
       </c>
       <c r="F149" s="12"/>
       <c r="G149" s="12"/>
       <c r="H149" s="12"/>
       <c r="I149" s="12"/>
       <c r="J149" s="12"/>
     </row>
     <row r="150" spans="1:10" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A150" s="37"/>
       <c r="B150" s="14"/>
       <c r="C150" s="15"/>
       <c r="D150" s="16"/>
       <c r="E150" s="16"/>
       <c r="F150" s="12"/>
       <c r="G150" s="12"/>
       <c r="H150" s="12"/>
       <c r="I150" s="12"/>
       <c r="J150" s="12"/>
     </row>
     <row r="151" spans="1:10" s="13" customFormat="1" ht="15.75" customHeight="1">
       <c r="B151" s="5"/>
       <c r="C151" s="17"/>
       <c r="D151" s="12"/>
       <c r="E151" s="12"/>
       <c r="F151" s="12"/>
       <c r="G151" s="12"/>
       <c r="H151" s="12"/>
       <c r="I151" s="12"/>
       <c r="J151" s="12"/>
     </row>
     <row r="152" spans="1:10" s="13" customFormat="1" ht="15.75" customHeight="1">
       <c r="B152" s="5"/>
       <c r="C152" s="17"/>
       <c r="D152" s="12"/>
       <c r="E152" s="12"/>
       <c r="F152" s="12"/>
       <c r="G152" s="12"/>
       <c r="H152" s="12"/>
       <c r="I152" s="12"/>
       <c r="J152" s="12"/>
     </row>
-    <row r="153" spans="1:10" ht="25.9" customHeight="1">
+    <row r="153" spans="1:10" ht="25.95" customHeight="1">
       <c r="A153" s="27" t="s">
         <v>10</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C153" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E153" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F153" s="5"/>
       <c r="G153" s="5"/>
       <c r="H153" s="5"/>
       <c r="I153" s="5"/>
       <c r="J153" s="5"/>
     </row>
-    <row r="154" spans="1:10" ht="25.9" customHeight="1">
+    <row r="154" spans="1:10" ht="25.95" customHeight="1">
       <c r="A154" s="27"/>
       <c r="B154" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F154" s="5"/>
       <c r="G154" s="5"/>
       <c r="H154" s="5"/>
       <c r="I154" s="5"/>
       <c r="J154" s="5"/>
     </row>
     <row r="155" spans="1:10" ht="14.25" customHeight="1">
       <c r="A155" s="28" t="s">
         <v>11</v>
       </c>
       <c r="B155" s="19"/>
       <c r="C155" s="20" t="s">
         <v>9</v>
       </c>
       <c r="D155" s="20" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="20" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="18"/>
       <c r="G155" s="18"/>
       <c r="H155" s="18"/>
       <c r="I155" s="18"/>
       <c r="J155" s="18"/>
     </row>
     <row r="156" spans="1:10" ht="18.75" customHeight="1">
       <c r="A156" s="29"/>
       <c r="B156" s="9">
         <v>109</v>
       </c>
       <c r="C156" s="10">
-        <v>423700</v>
+        <v>431700</v>
       </c>
       <c r="D156" s="11"/>
       <c r="E156" s="11">
-        <v>607500</v>
+        <v>628500</v>
       </c>
       <c r="F156" s="12"/>
       <c r="G156" s="12"/>
       <c r="H156" s="12"/>
       <c r="I156" s="12"/>
       <c r="J156" s="12"/>
     </row>
     <row r="157" spans="1:10" ht="18.75" customHeight="1">
       <c r="A157" s="29"/>
       <c r="B157" s="9"/>
       <c r="C157" s="11"/>
       <c r="D157" s="11"/>
       <c r="E157" s="11"/>
       <c r="F157" s="12"/>
       <c r="G157" s="12"/>
       <c r="H157" s="12"/>
       <c r="I157" s="12"/>
       <c r="J157" s="12"/>
     </row>
     <row r="158" spans="1:10" ht="18.75" customHeight="1">
       <c r="A158" s="29"/>
       <c r="B158" s="9"/>
       <c r="C158" s="11"/>
       <c r="D158" s="11"/>
       <c r="E158" s="11"/>
@@ -3729,75 +3729,75 @@
     </row>
     <row r="163" spans="1:11" ht="18.75" customHeight="1">
       <c r="A163" s="29"/>
       <c r="B163" s="9"/>
       <c r="C163" s="11"/>
       <c r="D163" s="11"/>
       <c r="E163" s="11"/>
       <c r="F163" s="12"/>
       <c r="G163" s="12"/>
       <c r="H163" s="12"/>
       <c r="I163" s="12"/>
       <c r="J163" s="12"/>
     </row>
     <row r="164" spans="1:11" ht="18.75" customHeight="1">
       <c r="A164" s="29"/>
       <c r="B164" s="9"/>
       <c r="C164" s="11"/>
       <c r="D164" s="11"/>
       <c r="E164" s="11"/>
       <c r="F164" s="12"/>
       <c r="G164" s="12"/>
       <c r="H164" s="12"/>
       <c r="I164" s="12"/>
       <c r="J164" s="12"/>
     </row>
-    <row r="165" spans="1:11" s="13" customFormat="1" ht="16.149999999999999" customHeight="1">
+    <row r="165" spans="1:11" s="13" customFormat="1" ht="16.2" customHeight="1">
       <c r="A165" s="29"/>
       <c r="B165" s="9"/>
       <c r="C165" s="10"/>
       <c r="D165" s="11"/>
       <c r="E165" s="11"/>
       <c r="F165" s="12"/>
       <c r="G165" s="12"/>
       <c r="H165" s="12"/>
       <c r="I165" s="12"/>
       <c r="J165" s="12"/>
     </row>
     <row r="166" spans="1:11" ht="30.6" customHeight="1">
       <c r="A166" s="29"/>
       <c r="B166" s="9"/>
       <c r="C166" s="11"/>
       <c r="D166" s="11"/>
       <c r="E166" s="11"/>
       <c r="F166" s="12"/>
       <c r="G166" s="12"/>
       <c r="H166" s="12"/>
       <c r="I166" s="12"/>
       <c r="J166" s="12"/>
     </row>
-    <row r="167" spans="1:11" ht="19.899999999999999" customHeight="1">
+    <row r="167" spans="1:11" ht="19.95" customHeight="1">
       <c r="A167" s="29"/>
       <c r="B167" s="9"/>
       <c r="C167" s="11"/>
       <c r="D167" s="11"/>
       <c r="E167" s="11"/>
       <c r="F167" s="12"/>
       <c r="G167" s="12"/>
       <c r="H167" s="12"/>
       <c r="I167" s="12"/>
       <c r="J167" s="12"/>
     </row>
     <row r="168" spans="1:11" ht="18.75" customHeight="1">
       <c r="A168" s="29"/>
       <c r="B168" s="9"/>
       <c r="C168" s="11"/>
       <c r="D168" s="11"/>
       <c r="E168" s="11"/>
       <c r="F168" s="12"/>
       <c r="G168" s="12"/>
       <c r="H168" s="12"/>
       <c r="I168" s="12"/>
       <c r="J168" s="12"/>
     </row>
     <row r="169" spans="1:11" s="13" customFormat="1" ht="12.75" customHeight="1">
       <c r="A169" s="30" t="s">
@@ -3819,57 +3819,57 @@
       <c r="I169" s="12"/>
       <c r="J169" s="12"/>
     </row>
     <row r="170" spans="1:11" s="13" customFormat="1" ht="12.75" customHeight="1">
       <c r="A170" s="31"/>
       <c r="B170" s="34"/>
       <c r="C170" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D170" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="22" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="12"/>
       <c r="G170" s="12"/>
       <c r="H170" s="12"/>
       <c r="I170" s="12"/>
       <c r="J170" s="12"/>
     </row>
     <row r="171" spans="1:11" ht="63.75" customHeight="1">
       <c r="A171" s="32"/>
       <c r="B171" s="35"/>
       <c r="C171" s="23">
-        <v>294300</v>
+        <v>305200</v>
       </c>
       <c r="D171" s="23">
-        <v>353500</v>
+        <v>366600</v>
       </c>
       <c r="E171" s="23">
-        <v>411800</v>
+        <v>427000</v>
       </c>
       <c r="F171" s="24"/>
       <c r="G171" s="24"/>
       <c r="H171" s="24"/>
       <c r="I171" s="24"/>
       <c r="J171" s="24"/>
       <c r="K171" s="24"/>
     </row>
     <row r="172" spans="1:11" s="13" customFormat="1" ht="16.5" customHeight="1">
       <c r="A172" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="17"/>
       <c r="D172" s="12"/>
       <c r="E172" s="12"/>
       <c r="F172" s="12"/>
       <c r="G172" s="12"/>
       <c r="H172" s="12"/>
       <c r="I172" s="12"/>
       <c r="J172" s="12"/>
     </row>
     <row r="173" spans="1:11" s="13" customFormat="1" ht="16.5" customHeight="1">
       <c r="A173" s="25"/>
       <c r="B173" s="5"/>