--- v0 (2025-11-07)
+++ v1 (2026-02-24)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A182D8D-C33C-4BD5-99EB-E77660CFB7E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A291241D-445F-4C51-B393-A7676DEE3B1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$F$372</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="18">
   <si>
     <t>職務の級</t>
   </si>
   <si>
     <t>給料月額</t>
   </si>
   <si>
     <t>１  級</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>２  級</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>３  級</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>４  級</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>号　給</t>
     <rPh sb="0" eb="1">
@@ -200,50 +200,53 @@
   <si>
     <t>円</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>定年前再任用短時間勤務職員</t>
     <rPh sb="0" eb="3">
       <t>テイネンマエ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>サイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ニンヨウ</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>タンジカン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>キンム</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ショクイン</t>
     </rPh>
     <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="11"/>
       <name val="明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ ゴシック"/>
@@ -768,5523 +771,6419 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet55"/>
   <dimension ref="A1:I372"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="16.899999999999999" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.625" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="8.875" style="3"/>
+    <col min="1" max="1" width="4.6640625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="16.109375" style="3" customWidth="1"/>
+    <col min="3" max="6" width="21.6640625" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="16.899999999999999" customHeight="1">
+    <row r="1" spans="1:8" ht="16.95" customHeight="1">
       <c r="B1" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="4"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:8" s="5" customFormat="1" ht="15.75" customHeight="1"/>
-    <row r="3" spans="1:8" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="3" spans="1:8" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A3" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:8" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="4" spans="1:8" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A4" s="36"/>
       <c r="B4" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="19"/>
       <c r="C5" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A6" s="27"/>
       <c r="B6" s="14">
         <v>1</v>
       </c>
       <c r="C6" s="15">
-        <v>175700</v>
+        <v>188000</v>
       </c>
       <c r="D6" s="15">
-        <v>245000</v>
+        <v>259200</v>
       </c>
       <c r="E6" s="15">
-        <v>276300</v>
+        <v>289800</v>
       </c>
       <c r="F6" s="15">
-        <v>307200</v>
+        <v>322700</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A7" s="27"/>
       <c r="B7" s="14">
         <v>2</v>
       </c>
       <c r="C7" s="15">
-        <v>176200</v>
+        <v>188500</v>
       </c>
       <c r="D7" s="15">
-        <v>246500</v>
+        <v>260400</v>
       </c>
       <c r="E7" s="15">
-        <v>277900</v>
+        <v>291000</v>
       </c>
       <c r="F7" s="15">
-        <v>309300</v>
+        <v>324600</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A8" s="27"/>
       <c r="B8" s="14">
         <v>3</v>
       </c>
       <c r="C8" s="15">
-        <v>176700</v>
+        <v>189000</v>
       </c>
       <c r="D8" s="15">
-        <v>248000</v>
+        <v>261600</v>
       </c>
       <c r="E8" s="15">
-        <v>279600</v>
+        <v>292500</v>
       </c>
       <c r="F8" s="15">
-        <v>311400</v>
+        <v>326400</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A9" s="27"/>
       <c r="B9" s="14">
         <v>4</v>
       </c>
       <c r="C9" s="15">
-        <v>177200</v>
+        <v>189500</v>
       </c>
       <c r="D9" s="15">
-        <v>249500</v>
+        <v>262900</v>
       </c>
       <c r="E9" s="15">
-        <v>281300</v>
+        <v>294000</v>
       </c>
       <c r="F9" s="15">
-        <v>313400</v>
+        <v>328200</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A10" s="27"/>
       <c r="B10" s="14"/>
-      <c r="C10" s="15"/>
-[...2 lines deleted...]
-      <c r="F10" s="15"/>
+      <c r="C10" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="11" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A11" s="27"/>
       <c r="B11" s="14">
         <v>5</v>
       </c>
       <c r="C11" s="15">
-        <v>177700</v>
+        <v>190000</v>
       </c>
       <c r="D11" s="15">
-        <v>250900</v>
+        <v>264100</v>
       </c>
       <c r="E11" s="15">
-        <v>283000</v>
+        <v>295500</v>
       </c>
       <c r="F11" s="15">
-        <v>315500</v>
+        <v>330000</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A12" s="27"/>
       <c r="B12" s="14">
         <v>6</v>
       </c>
       <c r="C12" s="15">
-        <v>178200</v>
+        <v>190500</v>
       </c>
       <c r="D12" s="15">
-        <v>252200</v>
+        <v>265300</v>
       </c>
       <c r="E12" s="15">
-        <v>284700</v>
+        <v>297000</v>
       </c>
       <c r="F12" s="15">
-        <v>317600</v>
+        <v>331700</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A13" s="27"/>
       <c r="B13" s="14">
         <v>7</v>
       </c>
       <c r="C13" s="15">
-        <v>178700</v>
+        <v>191000</v>
       </c>
       <c r="D13" s="15">
-        <v>253400</v>
+        <v>266500</v>
       </c>
       <c r="E13" s="15">
-        <v>286400</v>
+        <v>298600</v>
       </c>
       <c r="F13" s="15">
-        <v>319700</v>
+        <v>333400</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A14" s="27"/>
       <c r="B14" s="14">
         <v>8</v>
       </c>
       <c r="C14" s="15">
-        <v>179300</v>
+        <v>191600</v>
       </c>
       <c r="D14" s="15">
-        <v>254600</v>
+        <v>267700</v>
       </c>
       <c r="E14" s="15">
-        <v>288100</v>
+        <v>300200</v>
       </c>
       <c r="F14" s="15">
-        <v>321800</v>
+        <v>335100</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A15" s="27"/>
       <c r="B15" s="14"/>
-      <c r="C15" s="15"/>
-[...2 lines deleted...]
-      <c r="F15" s="15"/>
+      <c r="C15" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="16" spans="1:8" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A16" s="27"/>
       <c r="B16" s="14">
         <v>9</v>
       </c>
       <c r="C16" s="15">
-        <v>179900</v>
+        <v>192200</v>
       </c>
       <c r="D16" s="15">
-        <v>255800</v>
+        <v>268900</v>
       </c>
       <c r="E16" s="15">
-        <v>289800</v>
+        <v>301700</v>
       </c>
       <c r="F16" s="15">
-        <v>323800</v>
+        <v>336900</v>
       </c>
     </row>
     <row r="17" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A17" s="27"/>
       <c r="B17" s="14">
         <v>10</v>
       </c>
       <c r="C17" s="15">
-        <v>180400</v>
+        <v>192700</v>
       </c>
       <c r="D17" s="15">
-        <v>257000</v>
+        <v>270100</v>
       </c>
       <c r="E17" s="15">
-        <v>291500</v>
+        <v>303300</v>
       </c>
       <c r="F17" s="15">
-        <v>325800</v>
+        <v>338700</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A18" s="27"/>
       <c r="B18" s="14">
         <v>11</v>
       </c>
       <c r="C18" s="15">
-        <v>181100</v>
+        <v>193400</v>
       </c>
       <c r="D18" s="15">
-        <v>258300</v>
+        <v>271300</v>
       </c>
       <c r="E18" s="15">
-        <v>293300</v>
+        <v>304900</v>
       </c>
       <c r="F18" s="15">
-        <v>327700</v>
+        <v>340400</v>
       </c>
     </row>
     <row r="19" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A19" s="27"/>
       <c r="B19" s="14">
         <v>12</v>
       </c>
       <c r="C19" s="15">
-        <v>181700</v>
+        <v>194000</v>
       </c>
       <c r="D19" s="15">
-        <v>259600</v>
+        <v>272500</v>
       </c>
       <c r="E19" s="15">
-        <v>295000</v>
+        <v>306600</v>
       </c>
       <c r="F19" s="15">
-        <v>329700</v>
+        <v>342200</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A20" s="27"/>
       <c r="B20" s="14"/>
-      <c r="C20" s="15"/>
-[...2 lines deleted...]
-      <c r="F20" s="15"/>
+      <c r="C20" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="21" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A21" s="27"/>
       <c r="B21" s="14">
         <v>13</v>
       </c>
       <c r="C21" s="15">
-        <v>182300</v>
+        <v>194600</v>
       </c>
       <c r="D21" s="15">
-        <v>260900</v>
+        <v>273700</v>
       </c>
       <c r="E21" s="15">
-        <v>296700</v>
+        <v>308200</v>
       </c>
       <c r="F21" s="15">
-        <v>331600</v>
+        <v>343900</v>
       </c>
     </row>
     <row r="22" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A22" s="27"/>
       <c r="B22" s="14">
         <v>14</v>
       </c>
       <c r="C22" s="15">
-        <v>183000</v>
+        <v>195300</v>
       </c>
       <c r="D22" s="15">
-        <v>262200</v>
+        <v>274900</v>
       </c>
       <c r="E22" s="15">
-        <v>298400</v>
+        <v>309800</v>
       </c>
       <c r="F22" s="15">
-        <v>333600</v>
+        <v>345600</v>
       </c>
     </row>
     <row r="23" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A23" s="27"/>
       <c r="B23" s="14">
         <v>15</v>
       </c>
       <c r="C23" s="15">
-        <v>183800</v>
+        <v>196100</v>
       </c>
       <c r="D23" s="15">
-        <v>263500</v>
+        <v>276100</v>
       </c>
       <c r="E23" s="15">
-        <v>300100</v>
+        <v>311400</v>
       </c>
       <c r="F23" s="15">
-        <v>335500</v>
+        <v>347400</v>
       </c>
     </row>
     <row r="24" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A24" s="27"/>
       <c r="B24" s="14">
         <v>16</v>
       </c>
       <c r="C24" s="15">
-        <v>184600</v>
+        <v>196900</v>
       </c>
       <c r="D24" s="15">
-        <v>264900</v>
+        <v>277300</v>
       </c>
       <c r="E24" s="15">
-        <v>301700</v>
+        <v>312900</v>
       </c>
       <c r="F24" s="15">
-        <v>337400</v>
+        <v>349100</v>
       </c>
     </row>
     <row r="25" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A25" s="27"/>
       <c r="B25" s="14"/>
-      <c r="C25" s="15"/>
-[...2 lines deleted...]
-      <c r="F25" s="15"/>
+      <c r="C25" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="26" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A26" s="27"/>
       <c r="B26" s="14">
         <v>17</v>
       </c>
       <c r="C26" s="15">
-        <v>185400</v>
+        <v>197700</v>
       </c>
       <c r="D26" s="15">
-        <v>266200</v>
+        <v>278500</v>
       </c>
       <c r="E26" s="15">
-        <v>303300</v>
+        <v>314400</v>
       </c>
       <c r="F26" s="15">
-        <v>339300</v>
+        <v>350800</v>
       </c>
     </row>
     <row r="27" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A27" s="27"/>
       <c r="B27" s="14">
         <v>18</v>
       </c>
       <c r="C27" s="15">
-        <v>186500</v>
+        <v>198800</v>
       </c>
       <c r="D27" s="15">
-        <v>267500</v>
+        <v>279700</v>
       </c>
       <c r="E27" s="15">
-        <v>304900</v>
+        <v>316000</v>
       </c>
       <c r="F27" s="15">
-        <v>341200</v>
+        <v>352500</v>
       </c>
     </row>
     <row r="28" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A28" s="27"/>
       <c r="B28" s="14">
         <v>19</v>
       </c>
       <c r="C28" s="15">
-        <v>187600</v>
+        <v>199900</v>
       </c>
       <c r="D28" s="15">
-        <v>268900</v>
+        <v>280900</v>
       </c>
       <c r="E28" s="15">
-        <v>306500</v>
+        <v>317600</v>
       </c>
       <c r="F28" s="15">
-        <v>343100</v>
+        <v>354300</v>
       </c>
     </row>
     <row r="29" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A29" s="27"/>
       <c r="B29" s="14">
         <v>20</v>
       </c>
       <c r="C29" s="15">
-        <v>188800</v>
+        <v>201100</v>
       </c>
       <c r="D29" s="15">
-        <v>270300</v>
+        <v>282100</v>
       </c>
       <c r="E29" s="15">
-        <v>308200</v>
+        <v>319200</v>
       </c>
       <c r="F29" s="15">
-        <v>345000</v>
+        <v>356100</v>
       </c>
     </row>
     <row r="30" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A30" s="27"/>
       <c r="B30" s="14"/>
-      <c r="C30" s="15"/>
-[...2 lines deleted...]
-      <c r="F30" s="16"/>
+      <c r="C30" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="31" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A31" s="27"/>
       <c r="B31" s="14">
         <v>21</v>
       </c>
       <c r="C31" s="15">
-        <v>190100</v>
+        <v>202500</v>
       </c>
       <c r="D31" s="15">
-        <v>271600</v>
+        <v>283300</v>
       </c>
       <c r="E31" s="15">
-        <v>309800</v>
+        <v>320700</v>
       </c>
       <c r="F31" s="15">
-        <v>346800</v>
+        <v>357800</v>
       </c>
     </row>
     <row r="32" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A32" s="27"/>
       <c r="B32" s="14">
         <v>22</v>
       </c>
       <c r="C32" s="15">
-        <v>191400</v>
+        <v>203800</v>
       </c>
       <c r="D32" s="15">
-        <v>273000</v>
+        <v>284500</v>
       </c>
       <c r="E32" s="15">
-        <v>311400</v>
+        <v>322200</v>
       </c>
       <c r="F32" s="15">
-        <v>348700</v>
+        <v>359600</v>
       </c>
     </row>
     <row r="33" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A33" s="27"/>
       <c r="B33" s="14">
         <v>23</v>
       </c>
       <c r="C33" s="15">
-        <v>192600</v>
+        <v>205100</v>
       </c>
       <c r="D33" s="15">
-        <v>274400</v>
+        <v>285700</v>
       </c>
       <c r="E33" s="15">
-        <v>313000</v>
+        <v>323700</v>
       </c>
       <c r="F33" s="15">
-        <v>350500</v>
+        <v>361300</v>
       </c>
     </row>
     <row r="34" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A34" s="27"/>
       <c r="B34" s="14">
         <v>24</v>
       </c>
       <c r="C34" s="15">
-        <v>193900</v>
+        <v>206400</v>
       </c>
       <c r="D34" s="15">
-        <v>275800</v>
+        <v>286900</v>
       </c>
       <c r="E34" s="15">
-        <v>314600</v>
+        <v>325300</v>
       </c>
       <c r="F34" s="15">
-        <v>352300</v>
+        <v>363000</v>
       </c>
     </row>
     <row r="35" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A35" s="27"/>
       <c r="B35" s="14"/>
-      <c r="C35" s="15"/>
-[...2 lines deleted...]
-      <c r="F35" s="15"/>
+      <c r="C35" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="36" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A36" s="27"/>
       <c r="B36" s="14">
         <v>25</v>
       </c>
       <c r="C36" s="15">
-        <v>195200</v>
+        <v>207700</v>
       </c>
       <c r="D36" s="15">
-        <v>277200</v>
+        <v>288100</v>
       </c>
       <c r="E36" s="15">
-        <v>316100</v>
+        <v>326800</v>
       </c>
       <c r="F36" s="15">
-        <v>354000</v>
+        <v>364700</v>
       </c>
     </row>
     <row r="37" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A37" s="27"/>
       <c r="B37" s="14">
         <v>26</v>
       </c>
       <c r="C37" s="15">
-        <v>196600</v>
+        <v>209100</v>
       </c>
       <c r="D37" s="15">
-        <v>278600</v>
+        <v>289300</v>
       </c>
       <c r="E37" s="15">
-        <v>317600</v>
+        <v>328200</v>
       </c>
       <c r="F37" s="15">
-        <v>355700</v>
+        <v>366300</v>
       </c>
     </row>
     <row r="38" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A38" s="27"/>
       <c r="B38" s="14">
         <v>27</v>
       </c>
       <c r="C38" s="15">
-        <v>198000</v>
+        <v>210600</v>
       </c>
       <c r="D38" s="15">
-        <v>280000</v>
+        <v>290500</v>
       </c>
       <c r="E38" s="15">
-        <v>319000</v>
+        <v>329600</v>
       </c>
       <c r="F38" s="15">
-        <v>357300</v>
+        <v>367900</v>
       </c>
     </row>
     <row r="39" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A39" s="27"/>
       <c r="B39" s="14">
         <v>28</v>
       </c>
       <c r="C39" s="15">
-        <v>199500</v>
+        <v>212100</v>
       </c>
       <c r="D39" s="15">
-        <v>281400</v>
+        <v>291700</v>
       </c>
       <c r="E39" s="15">
-        <v>320400</v>
+        <v>331000</v>
       </c>
       <c r="F39" s="15">
-        <v>358900</v>
+        <v>369400</v>
       </c>
     </row>
     <row r="40" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A40" s="27"/>
       <c r="B40" s="14"/>
-      <c r="C40" s="15"/>
-[...2 lines deleted...]
-      <c r="F40" s="15"/>
+      <c r="C40" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="41" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A41" s="27"/>
       <c r="B41" s="14">
         <v>29</v>
       </c>
       <c r="C41" s="15">
-        <v>201000</v>
+        <v>213700</v>
       </c>
       <c r="D41" s="15">
-        <v>282800</v>
+        <v>292900</v>
       </c>
       <c r="E41" s="15">
-        <v>321800</v>
+        <v>332400</v>
       </c>
       <c r="F41" s="15">
-        <v>360400</v>
+        <v>370900</v>
       </c>
     </row>
     <row r="42" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A42" s="27"/>
       <c r="B42" s="14">
         <v>30</v>
       </c>
       <c r="C42" s="15">
-        <v>202500</v>
+        <v>215200</v>
       </c>
       <c r="D42" s="15">
-        <v>284200</v>
+        <v>294000</v>
       </c>
       <c r="E42" s="15">
-        <v>323200</v>
+        <v>333800</v>
       </c>
       <c r="F42" s="15">
-        <v>361600</v>
+        <v>372100</v>
       </c>
     </row>
     <row r="43" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A43" s="27"/>
       <c r="B43" s="14">
         <v>31</v>
       </c>
       <c r="C43" s="15">
-        <v>204000</v>
+        <v>216700</v>
       </c>
       <c r="D43" s="15">
-        <v>285600</v>
+        <v>295200</v>
       </c>
       <c r="E43" s="15">
-        <v>324600</v>
+        <v>335200</v>
       </c>
       <c r="F43" s="15">
-        <v>362800</v>
+        <v>373300</v>
       </c>
     </row>
     <row r="44" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A44" s="27"/>
       <c r="B44" s="14">
         <v>32</v>
       </c>
       <c r="C44" s="15">
-        <v>205500</v>
+        <v>218300</v>
       </c>
       <c r="D44" s="15">
-        <v>286900</v>
+        <v>296400</v>
       </c>
       <c r="E44" s="15">
-        <v>326000</v>
+        <v>336600</v>
       </c>
       <c r="F44" s="15">
-        <v>364000</v>
+        <v>374500</v>
       </c>
     </row>
     <row r="45" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A45" s="27"/>
       <c r="B45" s="14"/>
-      <c r="C45" s="15"/>
-[...2 lines deleted...]
-      <c r="F45" s="15"/>
+      <c r="C45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="46" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A46" s="27"/>
       <c r="B46" s="14">
         <v>33</v>
       </c>
       <c r="C46" s="15">
-        <v>207100</v>
+        <v>219900</v>
       </c>
       <c r="D46" s="15">
-        <v>288200</v>
+        <v>297600</v>
       </c>
       <c r="E46" s="15">
-        <v>327400</v>
+        <v>338000</v>
       </c>
       <c r="F46" s="15">
-        <v>365200</v>
+        <v>375700</v>
       </c>
     </row>
     <row r="47" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A47" s="27"/>
       <c r="B47" s="14">
         <v>34</v>
       </c>
       <c r="C47" s="15">
-        <v>208600</v>
+        <v>221500</v>
       </c>
       <c r="D47" s="15">
-        <v>289500</v>
+        <v>298800</v>
       </c>
       <c r="E47" s="15">
-        <v>328800</v>
+        <v>339400</v>
       </c>
       <c r="F47" s="15">
-        <v>366300</v>
+        <v>376800</v>
       </c>
     </row>
     <row r="48" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A48" s="27"/>
       <c r="B48" s="14">
         <v>35</v>
       </c>
       <c r="C48" s="15">
-        <v>210200</v>
+        <v>223100</v>
       </c>
       <c r="D48" s="15">
-        <v>290800</v>
+        <v>300000</v>
       </c>
       <c r="E48" s="15">
-        <v>330100</v>
+        <v>340700</v>
       </c>
       <c r="F48" s="15">
-        <v>367300</v>
+        <v>377800</v>
       </c>
     </row>
     <row r="49" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A49" s="27"/>
       <c r="B49" s="14">
         <v>36</v>
       </c>
       <c r="C49" s="15">
-        <v>211800</v>
+        <v>224800</v>
       </c>
       <c r="D49" s="15">
-        <v>292100</v>
+        <v>301200</v>
       </c>
       <c r="E49" s="15">
-        <v>331400</v>
+        <v>341900</v>
       </c>
       <c r="F49" s="15">
-        <v>368400</v>
+        <v>378900</v>
       </c>
     </row>
     <row r="50" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A50" s="28"/>
       <c r="B50" s="17"/>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
     </row>
     <row r="51" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A51" s="10"/>
       <c r="B51" s="8"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="9"/>
       <c r="F51" s="9"/>
       <c r="G51" s="9"/>
       <c r="H51" s="9"/>
       <c r="I51" s="9"/>
     </row>
     <row r="52" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A52" s="11"/>
       <c r="B52" s="8"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="9"/>
       <c r="G52" s="9"/>
       <c r="H52" s="9"/>
       <c r="I52" s="9"/>
     </row>
-    <row r="53" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="53" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A53" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D53" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E53" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="54" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="54" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A54" s="36"/>
       <c r="B54" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D54" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E54" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A55" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F55" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A56" s="27"/>
       <c r="B56" s="14">
         <v>37</v>
       </c>
       <c r="C56" s="15">
-        <v>213400</v>
+        <v>226400</v>
       </c>
       <c r="D56" s="15">
-        <v>293300</v>
+        <v>302400</v>
       </c>
       <c r="E56" s="15">
-        <v>332600</v>
+        <v>343100</v>
       </c>
       <c r="F56" s="15">
-        <v>369400</v>
+        <v>379900</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A57" s="27"/>
       <c r="B57" s="14">
         <v>38</v>
       </c>
       <c r="C57" s="15">
-        <v>214900</v>
+        <v>228000</v>
       </c>
       <c r="D57" s="15">
-        <v>294500</v>
+        <v>303600</v>
       </c>
       <c r="E57" s="15">
-        <v>333800</v>
+        <v>344300</v>
       </c>
       <c r="F57" s="15">
-        <v>370300</v>
+        <v>380800</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A58" s="27"/>
       <c r="B58" s="14">
         <v>39</v>
       </c>
       <c r="C58" s="15">
-        <v>216500</v>
+        <v>229600</v>
       </c>
       <c r="D58" s="15">
-        <v>295700</v>
+        <v>304800</v>
       </c>
       <c r="E58" s="15">
-        <v>334900</v>
+        <v>345400</v>
       </c>
       <c r="F58" s="15">
-        <v>371200</v>
+        <v>381700</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A59" s="27"/>
       <c r="B59" s="14">
         <v>40</v>
       </c>
       <c r="C59" s="15">
-        <v>218100</v>
+        <v>231300</v>
       </c>
       <c r="D59" s="15">
-        <v>296900</v>
+        <v>306000</v>
       </c>
       <c r="E59" s="15">
-        <v>336000</v>
+        <v>346500</v>
       </c>
       <c r="F59" s="15">
-        <v>372100</v>
+        <v>382600</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A60" s="27"/>
       <c r="B60" s="14"/>
-      <c r="C60" s="15"/>
-[...2 lines deleted...]
-      <c r="F60" s="15"/>
+      <c r="C60" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="61" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A61" s="27"/>
       <c r="B61" s="14">
         <v>41</v>
       </c>
       <c r="C61" s="15">
-        <v>219600</v>
+        <v>232800</v>
       </c>
       <c r="D61" s="15">
-        <v>298100</v>
+        <v>307100</v>
       </c>
       <c r="E61" s="15">
-        <v>337100</v>
+        <v>347600</v>
       </c>
       <c r="F61" s="15">
-        <v>372900</v>
+        <v>383400</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A62" s="27"/>
       <c r="B62" s="14">
         <v>42</v>
       </c>
       <c r="C62" s="15">
-        <v>220400</v>
+        <v>233900</v>
       </c>
       <c r="D62" s="15">
-        <v>299200</v>
+        <v>308200</v>
       </c>
       <c r="E62" s="15">
-        <v>338100</v>
+        <v>348600</v>
       </c>
       <c r="F62" s="15">
-        <v>373700</v>
+        <v>384200</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A63" s="27"/>
       <c r="B63" s="14">
         <v>43</v>
       </c>
       <c r="C63" s="15">
-        <v>221200</v>
+        <v>234900</v>
       </c>
       <c r="D63" s="15">
-        <v>300300</v>
+        <v>309300</v>
       </c>
       <c r="E63" s="15">
-        <v>339000</v>
+        <v>349500</v>
       </c>
       <c r="F63" s="15">
-        <v>374500</v>
+        <v>384900</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A64" s="27"/>
       <c r="B64" s="14">
         <v>44</v>
       </c>
       <c r="C64" s="15">
-        <v>222000</v>
+        <v>235900</v>
       </c>
       <c r="D64" s="15">
-        <v>301300</v>
+        <v>310300</v>
       </c>
       <c r="E64" s="15">
-        <v>339900</v>
+        <v>350400</v>
       </c>
       <c r="F64" s="15">
-        <v>375200</v>
+        <v>385600</v>
       </c>
     </row>
     <row r="65" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A65" s="27"/>
       <c r="B65" s="14"/>
-      <c r="C65" s="15"/>
-[...2 lines deleted...]
-      <c r="F65" s="15"/>
+      <c r="C65" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F65" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="66" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A66" s="27"/>
       <c r="B66" s="14">
         <v>45</v>
       </c>
       <c r="C66" s="15">
-        <v>222700</v>
+        <v>236900</v>
       </c>
       <c r="D66" s="15">
-        <v>302300</v>
+        <v>311200</v>
       </c>
       <c r="E66" s="15">
-        <v>340800</v>
+        <v>351300</v>
       </c>
       <c r="F66" s="15">
-        <v>375800</v>
+        <v>386200</v>
       </c>
     </row>
     <row r="67" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A67" s="27"/>
       <c r="B67" s="14">
         <v>46</v>
       </c>
       <c r="C67" s="15">
-        <v>223200</v>
+        <v>237800</v>
       </c>
       <c r="D67" s="15">
-        <v>303200</v>
+        <v>312100</v>
       </c>
       <c r="E67" s="15">
-        <v>341600</v>
+        <v>352100</v>
       </c>
       <c r="F67" s="15">
-        <v>376400</v>
+        <v>386800</v>
       </c>
     </row>
     <row r="68" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A68" s="27"/>
       <c r="B68" s="14">
         <v>47</v>
       </c>
       <c r="C68" s="15">
-        <v>223700</v>
+        <v>238600</v>
       </c>
       <c r="D68" s="15">
-        <v>304100</v>
+        <v>313000</v>
       </c>
       <c r="E68" s="15">
-        <v>342400</v>
+        <v>352900</v>
       </c>
       <c r="F68" s="15">
-        <v>377000</v>
+        <v>387300</v>
       </c>
     </row>
     <row r="69" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A69" s="27"/>
       <c r="B69" s="14">
         <v>48</v>
       </c>
       <c r="C69" s="15">
-        <v>224200</v>
+        <v>239400</v>
       </c>
       <c r="D69" s="15">
-        <v>305000</v>
+        <v>313900</v>
       </c>
       <c r="E69" s="15">
-        <v>343200</v>
+        <v>353700</v>
       </c>
       <c r="F69" s="15">
-        <v>377500</v>
+        <v>387800</v>
       </c>
     </row>
     <row r="70" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A70" s="27"/>
       <c r="B70" s="14"/>
-      <c r="C70" s="15"/>
-[...2 lines deleted...]
-      <c r="F70" s="15"/>
+      <c r="C70" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="71" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A71" s="27"/>
       <c r="B71" s="14">
         <v>49</v>
       </c>
       <c r="C71" s="15">
-        <v>224600</v>
+        <v>240200</v>
       </c>
       <c r="D71" s="15">
-        <v>305900</v>
+        <v>314800</v>
       </c>
       <c r="E71" s="15">
-        <v>344000</v>
+        <v>354500</v>
       </c>
       <c r="F71" s="15">
-        <v>377900</v>
+        <v>388200</v>
       </c>
     </row>
     <row r="72" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A72" s="27"/>
       <c r="B72" s="14">
         <v>50</v>
       </c>
       <c r="C72" s="15">
-        <v>225100</v>
+        <v>240900</v>
       </c>
       <c r="D72" s="15">
-        <v>306800</v>
+        <v>315600</v>
       </c>
       <c r="E72" s="15">
-        <v>344700</v>
+        <v>355200</v>
       </c>
       <c r="F72" s="15">
-        <v>378400</v>
+        <v>388600</v>
       </c>
     </row>
     <row r="73" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A73" s="27"/>
       <c r="B73" s="14">
         <v>51</v>
       </c>
       <c r="C73" s="15">
-        <v>225600</v>
+        <v>241600</v>
       </c>
       <c r="D73" s="15">
-        <v>307600</v>
+        <v>316400</v>
       </c>
       <c r="E73" s="15">
-        <v>345400</v>
+        <v>355900</v>
       </c>
       <c r="F73" s="15">
-        <v>378800</v>
+        <v>389000</v>
       </c>
     </row>
     <row r="74" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A74" s="27"/>
       <c r="B74" s="14">
         <v>52</v>
       </c>
       <c r="C74" s="15">
-        <v>226200</v>
+        <v>242300</v>
       </c>
       <c r="D74" s="15">
-        <v>308400</v>
+        <v>317200</v>
       </c>
       <c r="E74" s="15">
-        <v>346100</v>
+        <v>356600</v>
       </c>
       <c r="F74" s="15">
-        <v>379200</v>
+        <v>389400</v>
       </c>
     </row>
     <row r="75" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A75" s="27"/>
       <c r="B75" s="14"/>
-      <c r="C75" s="15"/>
-[...2 lines deleted...]
-      <c r="F75" s="15"/>
+      <c r="C75" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="76" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A76" s="27"/>
       <c r="B76" s="14">
         <v>53</v>
       </c>
       <c r="C76" s="15">
-        <v>226800</v>
+        <v>243100</v>
       </c>
       <c r="D76" s="15">
-        <v>309200</v>
+        <v>318000</v>
       </c>
       <c r="E76" s="15">
-        <v>346800</v>
+        <v>357200</v>
       </c>
       <c r="F76" s="15">
-        <v>379600</v>
+        <v>389800</v>
       </c>
     </row>
     <row r="77" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A77" s="27"/>
       <c r="B77" s="14">
         <v>54</v>
       </c>
       <c r="C77" s="15">
-        <v>227500</v>
+        <v>243900</v>
       </c>
       <c r="D77" s="15">
-        <v>310000</v>
+        <v>318800</v>
       </c>
       <c r="E77" s="15">
-        <v>347500</v>
+        <v>357800</v>
       </c>
       <c r="F77" s="15">
-        <v>380000</v>
+        <v>390100</v>
       </c>
     </row>
     <row r="78" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A78" s="27"/>
       <c r="B78" s="14">
         <v>55</v>
       </c>
       <c r="C78" s="15">
-        <v>228200</v>
+        <v>244700</v>
       </c>
       <c r="D78" s="15">
-        <v>310800</v>
+        <v>319600</v>
       </c>
       <c r="E78" s="15">
-        <v>348100</v>
+        <v>358400</v>
       </c>
       <c r="F78" s="15">
-        <v>380400</v>
+        <v>390500</v>
       </c>
     </row>
     <row r="79" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A79" s="27"/>
       <c r="B79" s="14">
         <v>56</v>
       </c>
       <c r="C79" s="15">
-        <v>229000</v>
+        <v>245500</v>
       </c>
       <c r="D79" s="15">
-        <v>311500</v>
+        <v>320300</v>
       </c>
       <c r="E79" s="15">
-        <v>348700</v>
+        <v>358900</v>
       </c>
       <c r="F79" s="15">
-        <v>380800</v>
+        <v>390800</v>
       </c>
     </row>
     <row r="80" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A80" s="27"/>
       <c r="B80" s="14"/>
-      <c r="C80" s="15"/>
-[...2 lines deleted...]
-      <c r="F80" s="16"/>
+      <c r="C80" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="81" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A81" s="27"/>
       <c r="B81" s="14">
         <v>57</v>
       </c>
       <c r="C81" s="15">
-        <v>229900</v>
+        <v>246400</v>
       </c>
       <c r="D81" s="15">
-        <v>312200</v>
+        <v>321000</v>
       </c>
       <c r="E81" s="15">
-        <v>349200</v>
+        <v>359300</v>
       </c>
       <c r="F81" s="15">
-        <v>381100</v>
+        <v>391100</v>
       </c>
     </row>
     <row r="82" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A82" s="27"/>
       <c r="B82" s="14">
         <v>58</v>
       </c>
       <c r="C82" s="15">
-        <v>230700</v>
+        <v>247200</v>
       </c>
       <c r="D82" s="15">
-        <v>312900</v>
+        <v>321600</v>
       </c>
       <c r="E82" s="15">
-        <v>349700</v>
+        <v>359700</v>
       </c>
       <c r="F82" s="15">
-        <v>381400</v>
+        <v>391400</v>
       </c>
     </row>
     <row r="83" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A83" s="27"/>
       <c r="B83" s="14">
         <v>59</v>
       </c>
       <c r="C83" s="15">
-        <v>231500</v>
+        <v>247900</v>
       </c>
       <c r="D83" s="15">
-        <v>313600</v>
+        <v>322300</v>
       </c>
       <c r="E83" s="15">
-        <v>350200</v>
+        <v>360100</v>
       </c>
       <c r="F83" s="15">
-        <v>381800</v>
+        <v>391700</v>
       </c>
     </row>
     <row r="84" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A84" s="27"/>
       <c r="B84" s="14">
         <v>60</v>
       </c>
       <c r="C84" s="15">
-        <v>232400</v>
+        <v>248600</v>
       </c>
       <c r="D84" s="15">
-        <v>314300</v>
+        <v>323000</v>
       </c>
       <c r="E84" s="15">
-        <v>350600</v>
+        <v>360500</v>
       </c>
       <c r="F84" s="15">
-        <v>382100</v>
+        <v>392000</v>
       </c>
     </row>
     <row r="85" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A85" s="27"/>
       <c r="B85" s="14"/>
-      <c r="C85" s="15"/>
-[...2 lines deleted...]
-      <c r="F85" s="15"/>
+      <c r="C85" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="86" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A86" s="27"/>
       <c r="B86" s="14">
         <v>61</v>
       </c>
       <c r="C86" s="15">
-        <v>233400</v>
+        <v>249300</v>
       </c>
       <c r="D86" s="15">
-        <v>315000</v>
+        <v>323700</v>
       </c>
       <c r="E86" s="15">
-        <v>351000</v>
+        <v>360800</v>
       </c>
       <c r="F86" s="15">
-        <v>382400</v>
+        <v>392300</v>
       </c>
     </row>
     <row r="87" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A87" s="27"/>
       <c r="B87" s="14">
         <v>62</v>
       </c>
       <c r="C87" s="15">
-        <v>234300</v>
+        <v>250000</v>
       </c>
       <c r="D87" s="15">
-        <v>315600</v>
+        <v>324300</v>
       </c>
       <c r="E87" s="15">
-        <v>351400</v>
+        <v>361100</v>
       </c>
       <c r="F87" s="15">
-        <v>382700</v>
+        <v>392600</v>
       </c>
     </row>
     <row r="88" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A88" s="27"/>
       <c r="B88" s="14">
         <v>63</v>
       </c>
       <c r="C88" s="15">
-        <v>235200</v>
+        <v>250700</v>
       </c>
       <c r="D88" s="15">
-        <v>316200</v>
+        <v>324900</v>
       </c>
       <c r="E88" s="15">
-        <v>351800</v>
+        <v>361400</v>
       </c>
       <c r="F88" s="15">
-        <v>383100</v>
+        <v>392900</v>
       </c>
     </row>
     <row r="89" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A89" s="27"/>
       <c r="B89" s="14">
         <v>64</v>
       </c>
       <c r="C89" s="15">
-        <v>236000</v>
+        <v>251400</v>
       </c>
       <c r="D89" s="15">
-        <v>316800</v>
+        <v>325500</v>
       </c>
       <c r="E89" s="15">
-        <v>352200</v>
+        <v>361700</v>
       </c>
       <c r="F89" s="15">
-        <v>383400</v>
+        <v>393200</v>
       </c>
     </row>
     <row r="90" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A90" s="27"/>
       <c r="B90" s="14"/>
-      <c r="C90" s="15"/>
-[...2 lines deleted...]
-      <c r="F90" s="15"/>
+      <c r="C90" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="91" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A91" s="27"/>
       <c r="B91" s="14">
         <v>65</v>
       </c>
       <c r="C91" s="15">
-        <v>236900</v>
+        <v>252100</v>
       </c>
       <c r="D91" s="15">
-        <v>317400</v>
+        <v>326100</v>
       </c>
       <c r="E91" s="15">
-        <v>352600</v>
+        <v>362000</v>
       </c>
       <c r="F91" s="15">
-        <v>383700</v>
+        <v>393500</v>
       </c>
     </row>
     <row r="92" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A92" s="27"/>
       <c r="B92" s="14">
         <v>66</v>
       </c>
       <c r="C92" s="15">
-        <v>237700</v>
+        <v>252800</v>
       </c>
       <c r="D92" s="15">
-        <v>318000</v>
+        <v>326600</v>
       </c>
       <c r="E92" s="15">
-        <v>353000</v>
+        <v>362300</v>
       </c>
       <c r="F92" s="15">
-        <v>384100</v>
+        <v>393800</v>
       </c>
     </row>
     <row r="93" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A93" s="27"/>
       <c r="B93" s="14">
         <v>67</v>
       </c>
       <c r="C93" s="15">
-        <v>238600</v>
+        <v>253500</v>
       </c>
       <c r="D93" s="15">
-        <v>318500</v>
+        <v>327100</v>
       </c>
       <c r="E93" s="15">
-        <v>353400</v>
+        <v>362600</v>
       </c>
       <c r="F93" s="15">
-        <v>384400</v>
+        <v>394100</v>
       </c>
     </row>
     <row r="94" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A94" s="27"/>
       <c r="B94" s="14">
         <v>68</v>
       </c>
       <c r="C94" s="15">
-        <v>239500</v>
+        <v>254200</v>
       </c>
       <c r="D94" s="15">
-        <v>319000</v>
+        <v>327600</v>
       </c>
       <c r="E94" s="15">
-        <v>353800</v>
+        <v>362900</v>
       </c>
       <c r="F94" s="15">
-        <v>384700</v>
+        <v>394400</v>
       </c>
     </row>
     <row r="95" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A95" s="27"/>
       <c r="B95" s="14"/>
-      <c r="C95" s="15"/>
-[...2 lines deleted...]
-      <c r="F95" s="15"/>
+      <c r="C95" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="96" spans="1:6" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A96" s="27"/>
       <c r="B96" s="14">
         <v>69</v>
       </c>
       <c r="C96" s="15">
-        <v>240400</v>
+        <v>254900</v>
       </c>
       <c r="D96" s="15">
-        <v>319500</v>
+        <v>328100</v>
       </c>
       <c r="E96" s="15">
-        <v>354100</v>
+        <v>363200</v>
       </c>
       <c r="F96" s="15">
-        <v>385000</v>
+        <v>394700</v>
       </c>
     </row>
     <row r="97" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A97" s="27"/>
       <c r="B97" s="14">
         <v>70</v>
       </c>
       <c r="C97" s="15">
-        <v>241300</v>
+        <v>255600</v>
       </c>
       <c r="D97" s="15">
-        <v>320000</v>
+        <v>328500</v>
       </c>
       <c r="E97" s="15">
-        <v>354400</v>
+        <v>363500</v>
       </c>
       <c r="F97" s="15">
-        <v>385300</v>
+        <v>394900</v>
       </c>
     </row>
     <row r="98" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A98" s="27"/>
       <c r="B98" s="14">
         <v>71</v>
       </c>
       <c r="C98" s="15">
-        <v>242200</v>
+        <v>256300</v>
       </c>
       <c r="D98" s="15">
-        <v>320500</v>
+        <v>328900</v>
       </c>
       <c r="E98" s="15">
-        <v>354700</v>
+        <v>363800</v>
       </c>
       <c r="F98" s="15">
-        <v>385600</v>
+        <v>395200</v>
       </c>
     </row>
     <row r="99" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A99" s="27"/>
       <c r="B99" s="14">
         <v>72</v>
       </c>
       <c r="C99" s="15">
-        <v>243100</v>
+        <v>257000</v>
       </c>
       <c r="D99" s="15">
-        <v>321000</v>
+        <v>329400</v>
       </c>
       <c r="E99" s="15">
-        <v>355000</v>
+        <v>364000</v>
       </c>
       <c r="F99" s="15">
-        <v>385900</v>
+        <v>395500</v>
       </c>
     </row>
     <row r="100" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A100" s="28"/>
       <c r="B100" s="17"/>
       <c r="C100" s="18"/>
       <c r="D100" s="18"/>
       <c r="E100" s="18"/>
       <c r="F100" s="18"/>
     </row>
     <row r="101" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A101" s="10"/>
       <c r="B101" s="8"/>
       <c r="C101" s="9"/>
       <c r="D101" s="9"/>
       <c r="E101" s="9"/>
       <c r="F101" s="9"/>
       <c r="G101" s="9"/>
       <c r="H101" s="9"/>
       <c r="I101" s="9"/>
     </row>
     <row r="102" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A102" s="11"/>
       <c r="B102" s="8"/>
       <c r="C102" s="9"/>
       <c r="D102" s="9"/>
       <c r="E102" s="9"/>
       <c r="F102" s="9"/>
       <c r="G102" s="9"/>
       <c r="H102" s="9"/>
       <c r="I102" s="9"/>
     </row>
-    <row r="103" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="103" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A103" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C103" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D103" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E103" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F103" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="104" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="104" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A104" s="36"/>
       <c r="B104" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D104" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E104" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F104" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A105" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B105" s="19"/>
       <c r="C105" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E105" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F105" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A106" s="27"/>
       <c r="B106" s="14">
         <v>73</v>
       </c>
       <c r="C106" s="15">
-        <v>244000</v>
+        <v>257700</v>
       </c>
       <c r="D106" s="15">
-        <v>321500</v>
+        <v>329800</v>
       </c>
       <c r="E106" s="15">
-        <v>355300</v>
+        <v>364300</v>
       </c>
       <c r="F106" s="15">
-        <v>386200</v>
+        <v>395800</v>
       </c>
     </row>
     <row r="107" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A107" s="27"/>
       <c r="B107" s="14">
         <v>74</v>
       </c>
       <c r="C107" s="15">
-        <v>244900</v>
+        <v>258400</v>
       </c>
       <c r="D107" s="15">
-        <v>322000</v>
+        <v>330300</v>
       </c>
       <c r="E107" s="15">
-        <v>355600</v>
+        <v>364600</v>
       </c>
       <c r="F107" s="15">
-        <v>386500</v>
+        <v>396100</v>
       </c>
     </row>
     <row r="108" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A108" s="27"/>
       <c r="B108" s="14">
         <v>75</v>
       </c>
       <c r="C108" s="15">
-        <v>245800</v>
+        <v>259100</v>
       </c>
       <c r="D108" s="15">
-        <v>322500</v>
+        <v>330700</v>
       </c>
       <c r="E108" s="15">
-        <v>355900</v>
+        <v>364900</v>
       </c>
       <c r="F108" s="15">
-        <v>386800</v>
+        <v>396400</v>
       </c>
     </row>
     <row r="109" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A109" s="27"/>
       <c r="B109" s="14">
         <v>76</v>
       </c>
       <c r="C109" s="15">
-        <v>246700</v>
+        <v>259800</v>
       </c>
       <c r="D109" s="15">
-        <v>322900</v>
+        <v>331000</v>
       </c>
       <c r="E109" s="15">
-        <v>356200</v>
+        <v>365200</v>
       </c>
       <c r="F109" s="15">
-        <v>387100</v>
+        <v>396700</v>
       </c>
     </row>
     <row r="110" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A110" s="27"/>
       <c r="B110" s="14"/>
-      <c r="C110" s="15"/>
-[...2 lines deleted...]
-      <c r="F110" s="15"/>
+      <c r="C110" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F110" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="111" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A111" s="27"/>
       <c r="B111" s="14">
         <v>77</v>
       </c>
       <c r="C111" s="15">
-        <v>247500</v>
+        <v>260500</v>
       </c>
       <c r="D111" s="15">
-        <v>323300</v>
+        <v>331300</v>
       </c>
       <c r="E111" s="15">
-        <v>356500</v>
+        <v>365500</v>
       </c>
       <c r="F111" s="15">
-        <v>387400</v>
+        <v>396900</v>
       </c>
     </row>
     <row r="112" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A112" s="27"/>
       <c r="B112" s="14">
         <v>78</v>
       </c>
       <c r="C112" s="15">
-        <v>248300</v>
+        <v>261200</v>
       </c>
       <c r="D112" s="15">
-        <v>323700</v>
+        <v>331600</v>
       </c>
       <c r="E112" s="15">
-        <v>356800</v>
+        <v>365800</v>
       </c>
       <c r="F112" s="15">
-        <v>387700</v>
+        <v>397200</v>
       </c>
     </row>
     <row r="113" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A113" s="27"/>
       <c r="B113" s="14">
         <v>79</v>
       </c>
       <c r="C113" s="15">
-        <v>249200</v>
+        <v>261900</v>
       </c>
       <c r="D113" s="15">
-        <v>324100</v>
+        <v>331900</v>
       </c>
       <c r="E113" s="15">
-        <v>357100</v>
+        <v>366000</v>
       </c>
       <c r="F113" s="15">
-        <v>388000</v>
+        <v>397500</v>
       </c>
     </row>
     <row r="114" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A114" s="27"/>
       <c r="B114" s="14">
         <v>80</v>
       </c>
       <c r="C114" s="15">
-        <v>250100</v>
+        <v>262600</v>
       </c>
       <c r="D114" s="15">
-        <v>324400</v>
+        <v>332200</v>
       </c>
       <c r="E114" s="15">
-        <v>357400</v>
+        <v>366300</v>
       </c>
       <c r="F114" s="15">
-        <v>388300</v>
+        <v>397800</v>
       </c>
     </row>
     <row r="115" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A115" s="27"/>
       <c r="B115" s="14"/>
-      <c r="C115" s="15"/>
-[...2 lines deleted...]
-      <c r="F115" s="15"/>
+      <c r="C115" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F115" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="116" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A116" s="27"/>
       <c r="B116" s="14">
         <v>81</v>
       </c>
       <c r="C116" s="15">
-        <v>250900</v>
+        <v>263300</v>
       </c>
       <c r="D116" s="15">
-        <v>324700</v>
+        <v>332500</v>
       </c>
       <c r="E116" s="15">
-        <v>357700</v>
+        <v>366600</v>
       </c>
       <c r="F116" s="15">
-        <v>388600</v>
+        <v>398100</v>
       </c>
     </row>
     <row r="117" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A117" s="27"/>
       <c r="B117" s="14">
         <v>82</v>
       </c>
       <c r="C117" s="15">
-        <v>251800</v>
+        <v>264100</v>
       </c>
       <c r="D117" s="15">
-        <v>325100</v>
+        <v>332800</v>
       </c>
       <c r="E117" s="15">
-        <v>358000</v>
+        <v>366900</v>
       </c>
       <c r="F117" s="15">
-        <v>388900</v>
+        <v>398400</v>
       </c>
     </row>
     <row r="118" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A118" s="27"/>
       <c r="B118" s="14">
         <v>83</v>
       </c>
       <c r="C118" s="15">
-        <v>252700</v>
+        <v>264800</v>
       </c>
       <c r="D118" s="15">
-        <v>325500</v>
+        <v>333100</v>
       </c>
       <c r="E118" s="15">
-        <v>358300</v>
+        <v>367200</v>
       </c>
       <c r="F118" s="15">
-        <v>389200</v>
+        <v>398700</v>
       </c>
     </row>
     <row r="119" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A119" s="27"/>
       <c r="B119" s="14">
         <v>84</v>
       </c>
       <c r="C119" s="15">
-        <v>253500</v>
+        <v>265500</v>
       </c>
       <c r="D119" s="15">
-        <v>325800</v>
+        <v>333400</v>
       </c>
       <c r="E119" s="15">
-        <v>358600</v>
+        <v>367500</v>
       </c>
       <c r="F119" s="15">
-        <v>389500</v>
+        <v>399000</v>
       </c>
     </row>
     <row r="120" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A120" s="27"/>
       <c r="B120" s="14"/>
-      <c r="C120" s="15"/>
-[...2 lines deleted...]
-      <c r="F120" s="15"/>
+      <c r="C120" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E120" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F120" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="121" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A121" s="27"/>
       <c r="B121" s="14">
         <v>85</v>
       </c>
       <c r="C121" s="15">
-        <v>254400</v>
+        <v>266300</v>
       </c>
       <c r="D121" s="15">
-        <v>326100</v>
+        <v>333700</v>
       </c>
       <c r="E121" s="15">
-        <v>358900</v>
+        <v>367800</v>
       </c>
       <c r="F121" s="15">
-        <v>389700</v>
+        <v>399200</v>
       </c>
     </row>
     <row r="122" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A122" s="27"/>
       <c r="B122" s="14">
         <v>86</v>
       </c>
       <c r="C122" s="15">
-        <v>255300</v>
+        <v>267100</v>
       </c>
       <c r="D122" s="15">
-        <v>326400</v>
+        <v>334000</v>
       </c>
       <c r="E122" s="15">
-        <v>359200</v>
+        <v>368000</v>
       </c>
       <c r="F122" s="15">
-        <v>390000</v>
+        <v>399500</v>
       </c>
     </row>
     <row r="123" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A123" s="27"/>
       <c r="B123" s="14">
         <v>87</v>
       </c>
       <c r="C123" s="15">
-        <v>256200</v>
+        <v>267900</v>
       </c>
       <c r="D123" s="15">
-        <v>326700</v>
+        <v>334300</v>
       </c>
       <c r="E123" s="15">
-        <v>359500</v>
+        <v>368300</v>
       </c>
       <c r="F123" s="15">
-        <v>390300</v>
+        <v>399800</v>
       </c>
     </row>
     <row r="124" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A124" s="27"/>
       <c r="B124" s="14">
         <v>88</v>
       </c>
       <c r="C124" s="15">
-        <v>257000</v>
+        <v>268600</v>
       </c>
       <c r="D124" s="15">
-        <v>327000</v>
+        <v>334600</v>
       </c>
       <c r="E124" s="15">
-        <v>359800</v>
+        <v>368600</v>
       </c>
       <c r="F124" s="15">
-        <v>390600</v>
+        <v>400100</v>
       </c>
     </row>
     <row r="125" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A125" s="27"/>
       <c r="B125" s="14"/>
-      <c r="C125" s="15"/>
-[...2 lines deleted...]
-      <c r="F125" s="15"/>
+      <c r="C125" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D125" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E125" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F125" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="126" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A126" s="27"/>
       <c r="B126" s="14">
         <v>89</v>
       </c>
       <c r="C126" s="15">
-        <v>257800</v>
+        <v>269400</v>
       </c>
       <c r="D126" s="15">
-        <v>327300</v>
+        <v>334800</v>
       </c>
       <c r="E126" s="15">
-        <v>360100</v>
+        <v>368900</v>
       </c>
       <c r="F126" s="15">
-        <v>390900</v>
+        <v>400400</v>
       </c>
     </row>
     <row r="127" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A127" s="27"/>
       <c r="B127" s="14">
         <v>90</v>
       </c>
       <c r="C127" s="15">
-        <v>258700</v>
+        <v>270200</v>
       </c>
       <c r="D127" s="15">
-        <v>327600</v>
+        <v>335100</v>
       </c>
       <c r="E127" s="15">
-        <v>360400</v>
+        <v>369200</v>
       </c>
       <c r="F127" s="15">
-        <v>391200</v>
+        <v>400700</v>
       </c>
     </row>
     <row r="128" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A128" s="27"/>
       <c r="B128" s="14">
         <v>91</v>
       </c>
       <c r="C128" s="15">
-        <v>259600</v>
+        <v>270900</v>
       </c>
       <c r="D128" s="15">
-        <v>327900</v>
+        <v>335400</v>
       </c>
       <c r="E128" s="15">
-        <v>360700</v>
+        <v>369500</v>
       </c>
       <c r="F128" s="15">
-        <v>391500</v>
+        <v>401000</v>
       </c>
     </row>
     <row r="129" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A129" s="27"/>
       <c r="B129" s="14">
         <v>92</v>
       </c>
       <c r="C129" s="15">
-        <v>260500</v>
+        <v>271700</v>
       </c>
       <c r="D129" s="15">
-        <v>328200</v>
+        <v>335700</v>
       </c>
       <c r="E129" s="15">
-        <v>361000</v>
+        <v>369800</v>
       </c>
       <c r="F129" s="15">
-        <v>391800</v>
+        <v>401300</v>
       </c>
     </row>
     <row r="130" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A130" s="27"/>
       <c r="B130" s="14"/>
-      <c r="C130" s="15"/>
-[...2 lines deleted...]
-      <c r="F130" s="16"/>
+      <c r="C130" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E130" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F130" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="131" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A131" s="27"/>
       <c r="B131" s="14">
         <v>93</v>
       </c>
       <c r="C131" s="15">
-        <v>261500</v>
+        <v>272500</v>
       </c>
       <c r="D131" s="15">
-        <v>328500</v>
+        <v>336000</v>
       </c>
       <c r="E131" s="15">
-        <v>361300</v>
+        <v>370100</v>
       </c>
       <c r="F131" s="15">
-        <v>392100</v>
+        <v>401600</v>
       </c>
     </row>
     <row r="132" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A132" s="27"/>
       <c r="B132" s="14">
         <v>94</v>
       </c>
       <c r="C132" s="15">
-        <v>262500</v>
+        <v>273300</v>
       </c>
       <c r="D132" s="15">
-        <v>328800</v>
+        <v>336300</v>
       </c>
       <c r="E132" s="15">
-        <v>361600</v>
+        <v>370400</v>
       </c>
       <c r="F132" s="15">
-        <v>392400</v>
+        <v>401900</v>
       </c>
     </row>
     <row r="133" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A133" s="27"/>
       <c r="B133" s="14">
         <v>95</v>
       </c>
       <c r="C133" s="15">
-        <v>263400</v>
+        <v>274100</v>
       </c>
       <c r="D133" s="15">
-        <v>329100</v>
+        <v>336600</v>
       </c>
       <c r="E133" s="15">
-        <v>361900</v>
+        <v>370700</v>
       </c>
       <c r="F133" s="15">
-        <v>392700</v>
+        <v>402200</v>
       </c>
     </row>
     <row r="134" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A134" s="27"/>
       <c r="B134" s="14">
         <v>96</v>
       </c>
       <c r="C134" s="15">
-        <v>264300</v>
+        <v>274900</v>
       </c>
       <c r="D134" s="15">
-        <v>329300</v>
+        <v>336800</v>
       </c>
       <c r="E134" s="15">
-        <v>362200</v>
+        <v>371000</v>
       </c>
       <c r="F134" s="15">
-        <v>393000</v>
+        <v>402500</v>
       </c>
     </row>
     <row r="135" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A135" s="27"/>
       <c r="B135" s="14"/>
-      <c r="C135" s="15"/>
-[...2 lines deleted...]
-      <c r="F135" s="15"/>
+      <c r="C135" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D135" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F135" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="136" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A136" s="27"/>
       <c r="B136" s="14">
         <v>97</v>
       </c>
       <c r="C136" s="15">
-        <v>265100</v>
+        <v>275700</v>
       </c>
       <c r="D136" s="15">
-        <v>329600</v>
+        <v>337100</v>
       </c>
       <c r="E136" s="15">
-        <v>362500</v>
+        <v>371300</v>
       </c>
       <c r="F136" s="15">
-        <v>393300</v>
+        <v>402800</v>
       </c>
     </row>
     <row r="137" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A137" s="27"/>
       <c r="B137" s="14">
         <v>98</v>
       </c>
       <c r="C137" s="15">
-        <v>265900</v>
+        <v>276400</v>
       </c>
       <c r="D137" s="15">
-        <v>329900</v>
+        <v>337400</v>
       </c>
       <c r="E137" s="15">
-        <v>362800</v>
+        <v>371500</v>
       </c>
       <c r="F137" s="15">
-        <v>393600</v>
+        <v>403100</v>
       </c>
     </row>
     <row r="138" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A138" s="27"/>
       <c r="B138" s="14">
         <v>99</v>
       </c>
       <c r="C138" s="15">
-        <v>266800</v>
+        <v>277100</v>
       </c>
       <c r="D138" s="15">
-        <v>330200</v>
+        <v>337700</v>
       </c>
       <c r="E138" s="15">
-        <v>363100</v>
+        <v>371800</v>
       </c>
       <c r="F138" s="15">
-        <v>393900</v>
+        <v>403400</v>
       </c>
     </row>
     <row r="139" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A139" s="27"/>
       <c r="B139" s="14">
         <v>100</v>
       </c>
       <c r="C139" s="15">
-        <v>267600</v>
+        <v>277800</v>
       </c>
       <c r="D139" s="15">
-        <v>330500</v>
+        <v>338000</v>
       </c>
       <c r="E139" s="15">
-        <v>363400</v>
+        <v>372100</v>
       </c>
       <c r="F139" s="15">
-        <v>394200</v>
+        <v>403700</v>
       </c>
     </row>
     <row r="140" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A140" s="27"/>
       <c r="B140" s="14"/>
-      <c r="C140" s="15"/>
-[...2 lines deleted...]
-      <c r="F140" s="15"/>
+      <c r="C140" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D140" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E140" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F140" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="141" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A141" s="27"/>
       <c r="B141" s="14">
         <v>101</v>
       </c>
       <c r="C141" s="15">
-        <v>268400</v>
+        <v>278500</v>
       </c>
       <c r="D141" s="15">
-        <v>330700</v>
+        <v>338200</v>
       </c>
       <c r="E141" s="15">
-        <v>363700</v>
+        <v>372400</v>
       </c>
       <c r="F141" s="15">
-        <v>394500</v>
+        <v>404000</v>
       </c>
     </row>
     <row r="142" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A142" s="27"/>
       <c r="B142" s="14">
         <v>102</v>
       </c>
       <c r="C142" s="15">
-        <v>269300</v>
+        <v>279300</v>
       </c>
       <c r="D142" s="15">
-        <v>331000</v>
+        <v>338500</v>
       </c>
       <c r="E142" s="15">
-        <v>364000</v>
+        <v>372700</v>
       </c>
       <c r="F142" s="15">
-        <v>394800</v>
+        <v>404300</v>
       </c>
     </row>
     <row r="143" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A143" s="27"/>
       <c r="B143" s="14">
         <v>103</v>
       </c>
       <c r="C143" s="15">
-        <v>270300</v>
+        <v>280100</v>
       </c>
       <c r="D143" s="15">
-        <v>331300</v>
+        <v>338800</v>
       </c>
       <c r="E143" s="15">
-        <v>364300</v>
+        <v>373000</v>
       </c>
       <c r="F143" s="15">
-        <v>395100</v>
+        <v>404600</v>
       </c>
     </row>
     <row r="144" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A144" s="27"/>
       <c r="B144" s="14">
         <v>104</v>
       </c>
       <c r="C144" s="15">
-        <v>271300</v>
+        <v>280900</v>
       </c>
       <c r="D144" s="15">
-        <v>331600</v>
+        <v>339100</v>
       </c>
       <c r="E144" s="15">
-        <v>364600</v>
+        <v>373300</v>
       </c>
       <c r="F144" s="15">
-        <v>395400</v>
+        <v>404900</v>
       </c>
     </row>
     <row r="145" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A145" s="27"/>
       <c r="B145" s="14"/>
-      <c r="C145" s="15"/>
-[...2 lines deleted...]
-      <c r="F145" s="15"/>
+      <c r="C145" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E145" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F145" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="146" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A146" s="27"/>
       <c r="B146" s="14">
         <v>105</v>
       </c>
       <c r="C146" s="15">
-        <v>272200</v>
+        <v>281700</v>
       </c>
       <c r="D146" s="15">
-        <v>331900</v>
+        <v>339400</v>
       </c>
       <c r="E146" s="15">
-        <v>364800</v>
+        <v>373500</v>
       </c>
       <c r="F146" s="15">
-        <v>395700</v>
+        <v>405200</v>
       </c>
     </row>
     <row r="147" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A147" s="27"/>
       <c r="B147" s="14">
         <v>106</v>
       </c>
       <c r="C147" s="15">
-        <v>273100</v>
+        <v>282500</v>
       </c>
       <c r="D147" s="15">
-        <v>332200</v>
+        <v>339700</v>
       </c>
       <c r="E147" s="15">
-        <v>365100</v>
+        <v>373800</v>
       </c>
       <c r="F147" s="15">
-        <v>396000</v>
+        <v>405500</v>
       </c>
     </row>
     <row r="148" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A148" s="27"/>
       <c r="B148" s="14">
         <v>107</v>
       </c>
       <c r="C148" s="15">
-        <v>274000</v>
+        <v>283300</v>
       </c>
       <c r="D148" s="15">
-        <v>332500</v>
+        <v>340000</v>
       </c>
       <c r="E148" s="15">
-        <v>365400</v>
+        <v>374100</v>
       </c>
       <c r="F148" s="15">
-        <v>396300</v>
+        <v>405800</v>
       </c>
     </row>
     <row r="149" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A149" s="27"/>
       <c r="B149" s="14">
         <v>108</v>
       </c>
       <c r="C149" s="15">
-        <v>274900</v>
+        <v>284100</v>
       </c>
       <c r="D149" s="15">
-        <v>332700</v>
+        <v>340200</v>
       </c>
       <c r="E149" s="15">
-        <v>365700</v>
+        <v>374400</v>
       </c>
       <c r="F149" s="15">
-        <v>396600</v>
+        <v>406100</v>
       </c>
     </row>
     <row r="150" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A150" s="28"/>
       <c r="B150" s="17"/>
       <c r="C150" s="18"/>
       <c r="D150" s="18"/>
       <c r="E150" s="18"/>
       <c r="F150" s="18"/>
     </row>
     <row r="151" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A151" s="10"/>
       <c r="B151" s="8"/>
       <c r="C151" s="9"/>
       <c r="D151" s="9"/>
       <c r="E151" s="9"/>
       <c r="F151" s="9"/>
       <c r="G151" s="9"/>
       <c r="H151" s="9"/>
       <c r="I151" s="9"/>
     </row>
     <row r="152" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A152" s="11"/>
       <c r="B152" s="8"/>
       <c r="C152" s="9"/>
       <c r="D152" s="9"/>
       <c r="E152" s="9"/>
       <c r="F152" s="9"/>
       <c r="G152" s="9"/>
       <c r="H152" s="9"/>
       <c r="I152" s="9"/>
     </row>
-    <row r="153" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="153" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A153" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B153" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C153" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D153" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E153" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F153" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="154" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="154" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A154" s="36"/>
       <c r="B154" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C154" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D154" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E154" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F154" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A155" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B155" s="19"/>
       <c r="C155" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E155" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F155" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A156" s="27"/>
       <c r="B156" s="14">
         <v>109</v>
       </c>
       <c r="C156" s="15">
-        <v>275800</v>
+        <v>284900</v>
       </c>
       <c r="D156" s="15">
-        <v>333000</v>
+        <v>340500</v>
       </c>
       <c r="E156" s="15">
-        <v>366000</v>
+        <v>374700</v>
       </c>
       <c r="F156" s="15">
-        <v>396900</v>
+        <v>406400</v>
       </c>
     </row>
     <row r="157" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A157" s="27"/>
       <c r="B157" s="14">
         <v>110</v>
       </c>
       <c r="C157" s="15">
-        <v>276800</v>
+        <v>285600</v>
       </c>
       <c r="D157" s="15">
-        <v>333300</v>
+        <v>340800</v>
       </c>
       <c r="E157" s="15">
-        <v>366300</v>
+        <v>375000</v>
       </c>
       <c r="F157" s="15">
-        <v>397200</v>
+        <v>406700</v>
       </c>
     </row>
     <row r="158" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A158" s="27"/>
       <c r="B158" s="14">
         <v>111</v>
       </c>
       <c r="C158" s="15">
-        <v>277700</v>
+        <v>286300</v>
       </c>
       <c r="D158" s="15">
-        <v>333600</v>
+        <v>341100</v>
       </c>
       <c r="E158" s="15">
-        <v>366600</v>
+        <v>375300</v>
       </c>
       <c r="F158" s="15">
-        <v>397500</v>
+        <v>407000</v>
       </c>
     </row>
     <row r="159" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A159" s="27"/>
       <c r="B159" s="14">
         <v>112</v>
       </c>
       <c r="C159" s="15">
-        <v>278400</v>
+        <v>287000</v>
       </c>
       <c r="D159" s="15">
-        <v>333900</v>
+        <v>341400</v>
       </c>
       <c r="E159" s="15">
-        <v>366900</v>
+        <v>375600</v>
       </c>
       <c r="F159" s="15">
-        <v>397800</v>
+        <v>407300</v>
       </c>
     </row>
     <row r="160" spans="1:9" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A160" s="27"/>
       <c r="B160" s="14"/>
-      <c r="C160" s="15"/>
-[...2 lines deleted...]
-      <c r="F160" s="15"/>
+      <c r="C160" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D160" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F160" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="161" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A161" s="27"/>
       <c r="B161" s="14">
         <v>113</v>
       </c>
       <c r="C161" s="15">
-        <v>279200</v>
+        <v>287700</v>
       </c>
       <c r="D161" s="15">
-        <v>334200</v>
+        <v>341700</v>
       </c>
       <c r="E161" s="15">
-        <v>367200</v>
+        <v>375800</v>
       </c>
       <c r="F161" s="15">
-        <v>398100</v>
+        <v>407600</v>
       </c>
     </row>
     <row r="162" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A162" s="27"/>
       <c r="B162" s="14">
         <v>114</v>
       </c>
       <c r="C162" s="15">
-        <v>280000</v>
+        <v>288300</v>
       </c>
       <c r="D162" s="15">
-        <v>334500</v>
+        <v>342000</v>
       </c>
       <c r="E162" s="15">
-        <v>367500</v>
+        <v>376100</v>
       </c>
       <c r="F162" s="15">
-        <v>398400</v>
+        <v>407900</v>
       </c>
     </row>
     <row r="163" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A163" s="27"/>
       <c r="B163" s="14">
         <v>115</v>
       </c>
       <c r="C163" s="15">
-        <v>280700</v>
+        <v>288900</v>
       </c>
       <c r="D163" s="15">
-        <v>334800</v>
+        <v>342300</v>
       </c>
       <c r="E163" s="15">
-        <v>367800</v>
+        <v>376400</v>
       </c>
       <c r="F163" s="15">
-        <v>398700</v>
+        <v>408200</v>
       </c>
     </row>
     <row r="164" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A164" s="27"/>
       <c r="B164" s="14">
         <v>116</v>
       </c>
       <c r="C164" s="15">
-        <v>281500</v>
+        <v>289500</v>
       </c>
       <c r="D164" s="15">
-        <v>335100</v>
+        <v>342600</v>
       </c>
       <c r="E164" s="15">
-        <v>368100</v>
+        <v>376700</v>
       </c>
       <c r="F164" s="15">
-        <v>399000</v>
+        <v>408500</v>
       </c>
     </row>
     <row r="165" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A165" s="27"/>
       <c r="B165" s="14"/>
-      <c r="C165" s="15"/>
-[...2 lines deleted...]
-      <c r="F165" s="15"/>
+      <c r="C165" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E165" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F165" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="166" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A166" s="27"/>
       <c r="B166" s="14">
         <v>117</v>
       </c>
       <c r="C166" s="15">
-        <v>282200</v>
+        <v>290100</v>
       </c>
       <c r="D166" s="15">
-        <v>335400</v>
+        <v>342900</v>
       </c>
       <c r="E166" s="15">
-        <v>368400</v>
+        <v>377000</v>
       </c>
       <c r="F166" s="15">
-        <v>399300</v>
+        <v>408800</v>
       </c>
     </row>
     <row r="167" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A167" s="27"/>
       <c r="B167" s="14">
         <v>118</v>
       </c>
       <c r="C167" s="15">
-        <v>282800</v>
+        <v>290600</v>
       </c>
       <c r="D167" s="15">
-        <v>335700</v>
+        <v>343200</v>
       </c>
       <c r="E167" s="15">
-        <v>368700</v>
+        <v>377300</v>
       </c>
       <c r="F167" s="15">
-        <v>399600</v>
+        <v>409100</v>
       </c>
     </row>
     <row r="168" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A168" s="27"/>
       <c r="B168" s="14">
         <v>119</v>
       </c>
       <c r="C168" s="15">
-        <v>283300</v>
+        <v>291000</v>
       </c>
       <c r="D168" s="15">
-        <v>336000</v>
+        <v>343500</v>
       </c>
       <c r="E168" s="15">
-        <v>369000</v>
+        <v>377600</v>
       </c>
       <c r="F168" s="15">
-        <v>399900</v>
+        <v>409400</v>
       </c>
     </row>
     <row r="169" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A169" s="27"/>
       <c r="B169" s="14">
         <v>120</v>
       </c>
       <c r="C169" s="15">
-        <v>283800</v>
+        <v>291400</v>
       </c>
       <c r="D169" s="15">
-        <v>336300</v>
+        <v>343800</v>
       </c>
       <c r="E169" s="15">
-        <v>369300</v>
+        <v>377900</v>
       </c>
       <c r="F169" s="15">
-        <v>400200</v>
+        <v>409700</v>
       </c>
     </row>
     <row r="170" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A170" s="27"/>
       <c r="B170" s="14"/>
-      <c r="C170" s="15"/>
-[...2 lines deleted...]
-      <c r="F170" s="15"/>
+      <c r="C170" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D170" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="171" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A171" s="27"/>
       <c r="B171" s="14">
         <v>121</v>
       </c>
       <c r="C171" s="15">
-        <v>284200</v>
+        <v>291800</v>
       </c>
       <c r="D171" s="15">
-        <v>336600</v>
+        <v>344100</v>
       </c>
       <c r="E171" s="15">
-        <v>369600</v>
+        <v>378200</v>
       </c>
       <c r="F171" s="15">
-        <v>400500</v>
+        <v>410000</v>
       </c>
     </row>
     <row r="172" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A172" s="27"/>
       <c r="B172" s="14">
         <v>122</v>
       </c>
       <c r="C172" s="15">
-        <v>284600</v>
+        <v>292100</v>
       </c>
       <c r="D172" s="15">
-        <v>336900</v>
+        <v>344400</v>
       </c>
       <c r="E172" s="15">
-        <v>369900</v>
+        <v>378500</v>
       </c>
       <c r="F172" s="15">
-        <v>400800</v>
+        <v>410300</v>
       </c>
     </row>
     <row r="173" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A173" s="27"/>
       <c r="B173" s="14">
         <v>123</v>
       </c>
       <c r="C173" s="15">
-        <v>285000</v>
+        <v>292400</v>
       </c>
       <c r="D173" s="15">
-        <v>337200</v>
+        <v>344700</v>
       </c>
       <c r="E173" s="15">
-        <v>370200</v>
+        <v>378700</v>
       </c>
       <c r="F173" s="15">
-        <v>401100</v>
+        <v>410600</v>
       </c>
     </row>
     <row r="174" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A174" s="27"/>
       <c r="B174" s="14">
         <v>124</v>
       </c>
       <c r="C174" s="15">
-        <v>285400</v>
+        <v>292700</v>
       </c>
       <c r="D174" s="15">
-        <v>337500</v>
+        <v>345000</v>
       </c>
       <c r="E174" s="15">
-        <v>370500</v>
+        <v>379000</v>
       </c>
       <c r="F174" s="15">
-        <v>401400</v>
+        <v>410900</v>
       </c>
     </row>
     <row r="175" spans="1:6" s="6" customFormat="1" ht="9.75" customHeight="1">
       <c r="A175" s="27"/>
       <c r="B175" s="14"/>
-      <c r="C175" s="15"/>
-[...2 lines deleted...]
-      <c r="F175" s="15"/>
+      <c r="C175" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E175" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F175" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="176" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A176" s="27"/>
       <c r="B176" s="14">
         <v>125</v>
       </c>
       <c r="C176" s="15">
-        <v>285700</v>
+        <v>293000</v>
       </c>
       <c r="D176" s="15">
-        <v>337800</v>
+        <v>345300</v>
       </c>
       <c r="E176" s="15">
-        <v>370800</v>
+        <v>379300</v>
       </c>
       <c r="F176" s="15">
-        <v>401700</v>
+        <v>411200</v>
       </c>
     </row>
     <row r="177" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A177" s="27"/>
       <c r="B177" s="14">
         <v>126</v>
       </c>
       <c r="C177" s="15">
-        <v>286100</v>
+        <v>293300</v>
       </c>
       <c r="D177" s="15">
-        <v>338100</v>
+        <v>345600</v>
       </c>
       <c r="E177" s="15">
-        <v>371100</v>
+        <v>379600</v>
       </c>
       <c r="F177" s="15">
-        <v>402000</v>
+        <v>411500</v>
       </c>
     </row>
     <row r="178" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A178" s="27"/>
       <c r="B178" s="14">
         <v>127</v>
       </c>
       <c r="C178" s="15">
-        <v>286400</v>
+        <v>293600</v>
       </c>
       <c r="D178" s="15">
-        <v>338400</v>
+        <v>345900</v>
       </c>
       <c r="E178" s="15">
-        <v>371400</v>
+        <v>379900</v>
       </c>
       <c r="F178" s="15">
-        <v>402300</v>
+        <v>411800</v>
       </c>
     </row>
     <row r="179" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A179" s="27"/>
       <c r="B179" s="14">
         <v>128</v>
       </c>
       <c r="C179" s="15">
-        <v>286800</v>
+        <v>293900</v>
       </c>
       <c r="D179" s="15">
-        <v>338700</v>
+        <v>346200</v>
       </c>
       <c r="E179" s="15">
-        <v>371700</v>
+        <v>380200</v>
       </c>
       <c r="F179" s="15">
-        <v>402600</v>
+        <v>412100</v>
       </c>
     </row>
     <row r="180" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A180" s="27"/>
       <c r="B180" s="14"/>
-      <c r="C180" s="15"/>
-[...2 lines deleted...]
-      <c r="F180" s="16"/>
+      <c r="C180" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E180" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F180" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="181" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A181" s="27"/>
       <c r="B181" s="14">
         <v>129</v>
       </c>
       <c r="C181" s="15">
-        <v>287100</v>
+        <v>294200</v>
       </c>
       <c r="D181" s="15">
-        <v>339000</v>
+        <v>346500</v>
       </c>
       <c r="E181" s="15">
-        <v>372000</v>
+        <v>380500</v>
       </c>
       <c r="F181" s="15">
-        <v>402900</v>
+        <v>412400</v>
       </c>
     </row>
     <row r="182" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A182" s="27"/>
       <c r="B182" s="14">
         <v>130</v>
       </c>
       <c r="C182" s="15">
-        <v>287500</v>
+        <v>294500</v>
       </c>
       <c r="D182" s="15">
-        <v>339300</v>
+        <v>346800</v>
       </c>
       <c r="E182" s="15">
-        <v>372300</v>
+        <v>380800</v>
       </c>
       <c r="F182" s="15">
-        <v>403200</v>
+        <v>412700</v>
       </c>
     </row>
     <row r="183" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A183" s="27"/>
       <c r="B183" s="14">
         <v>131</v>
       </c>
       <c r="C183" s="15">
-        <v>287900</v>
+        <v>294800</v>
       </c>
       <c r="D183" s="15">
-        <v>339600</v>
+        <v>347100</v>
       </c>
       <c r="E183" s="15">
-        <v>372600</v>
+        <v>381100</v>
       </c>
       <c r="F183" s="15">
-        <v>403500</v>
+        <v>413000</v>
       </c>
     </row>
     <row r="184" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A184" s="27"/>
       <c r="B184" s="14">
         <v>132</v>
       </c>
       <c r="C184" s="15">
-        <v>288200</v>
+        <v>295000</v>
       </c>
       <c r="D184" s="15">
-        <v>339900</v>
+        <v>347400</v>
       </c>
       <c r="E184" s="15">
-        <v>372900</v>
+        <v>381400</v>
       </c>
       <c r="F184" s="15">
-        <v>403800</v>
+        <v>413300</v>
       </c>
     </row>
     <row r="185" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A185" s="27"/>
       <c r="B185" s="14"/>
-      <c r="C185" s="15"/>
-[...2 lines deleted...]
-      <c r="F185" s="15"/>
+      <c r="C185" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D185" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E185" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="186" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A186" s="27"/>
       <c r="B186" s="14">
         <v>133</v>
       </c>
       <c r="C186" s="15">
-        <v>288500</v>
+        <v>295300</v>
       </c>
       <c r="D186" s="15">
-        <v>340200</v>
+        <v>347700</v>
       </c>
       <c r="E186" s="15">
-        <v>373200</v>
+        <v>381700</v>
       </c>
       <c r="F186" s="15">
-        <v>404100</v>
+        <v>413600</v>
       </c>
     </row>
     <row r="187" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A187" s="27"/>
       <c r="B187" s="14">
         <v>134</v>
       </c>
       <c r="C187" s="15">
-        <v>288800</v>
+        <v>295600</v>
       </c>
       <c r="D187" s="15">
-        <v>340500</v>
+        <v>348000</v>
       </c>
       <c r="E187" s="15">
-        <v>373500</v>
+        <v>382000</v>
       </c>
       <c r="F187" s="15">
-        <v>404400</v>
+        <v>413900</v>
       </c>
     </row>
     <row r="188" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A188" s="27"/>
       <c r="B188" s="14">
         <v>135</v>
       </c>
       <c r="C188" s="15">
-        <v>289100</v>
+        <v>295900</v>
       </c>
       <c r="D188" s="15">
-        <v>340800</v>
+        <v>348300</v>
       </c>
       <c r="E188" s="15">
-        <v>373800</v>
+        <v>382300</v>
       </c>
       <c r="F188" s="15">
-        <v>404700</v>
+        <v>414200</v>
       </c>
     </row>
     <row r="189" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A189" s="27"/>
       <c r="B189" s="14">
         <v>136</v>
       </c>
       <c r="C189" s="15">
-        <v>289400</v>
+        <v>296200</v>
       </c>
       <c r="D189" s="15">
-        <v>341100</v>
+        <v>348600</v>
       </c>
       <c r="E189" s="15">
-        <v>374100</v>
+        <v>382600</v>
       </c>
       <c r="F189" s="15">
-        <v>405000</v>
+        <v>414500</v>
       </c>
     </row>
     <row r="190" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A190" s="27"/>
       <c r="B190" s="14"/>
-      <c r="C190" s="15"/>
-[...2 lines deleted...]
-      <c r="F190" s="15"/>
+      <c r="C190" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D190" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E190" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F190" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="191" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A191" s="27"/>
       <c r="B191" s="14">
         <v>137</v>
       </c>
       <c r="C191" s="15">
-        <v>289700</v>
+        <v>296500</v>
       </c>
       <c r="D191" s="15">
-        <v>341400</v>
+        <v>348900</v>
       </c>
       <c r="E191" s="15">
-        <v>374400</v>
+        <v>382900</v>
       </c>
       <c r="F191" s="15">
-        <v>405300</v>
+        <v>414800</v>
       </c>
     </row>
     <row r="192" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A192" s="27"/>
       <c r="B192" s="14">
         <v>138</v>
       </c>
       <c r="C192" s="15">
-        <v>290000</v>
+        <v>296800</v>
       </c>
       <c r="D192" s="15">
-        <v>341700</v>
+        <v>349200</v>
       </c>
       <c r="E192" s="15">
-        <v>374700</v>
+        <v>383200</v>
       </c>
       <c r="F192" s="15">
-        <v>405600</v>
+        <v>415100</v>
       </c>
     </row>
     <row r="193" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A193" s="27"/>
       <c r="B193" s="14">
         <v>139</v>
       </c>
       <c r="C193" s="15">
-        <v>290300</v>
+        <v>297000</v>
       </c>
       <c r="D193" s="15">
-        <v>342000</v>
+        <v>349500</v>
       </c>
       <c r="E193" s="15">
-        <v>375000</v>
+        <v>383500</v>
       </c>
       <c r="F193" s="15">
-        <v>405900</v>
+        <v>415400</v>
       </c>
     </row>
     <row r="194" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A194" s="27"/>
       <c r="B194" s="14">
         <v>140</v>
       </c>
       <c r="C194" s="15">
-        <v>290600</v>
+        <v>297300</v>
       </c>
       <c r="D194" s="15">
-        <v>342300</v>
+        <v>349800</v>
       </c>
       <c r="E194" s="15">
-        <v>375300</v>
+        <v>383800</v>
       </c>
       <c r="F194" s="15">
-        <v>406200</v>
+        <v>415700</v>
       </c>
     </row>
     <row r="195" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A195" s="27"/>
       <c r="B195" s="14"/>
-      <c r="C195" s="15"/>
-[...2 lines deleted...]
-      <c r="F195" s="15"/>
+      <c r="C195" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F195" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="196" spans="1:9" s="6" customFormat="1" ht="19.5" customHeight="1">
       <c r="A196" s="27"/>
       <c r="B196" s="14">
         <v>141</v>
       </c>
       <c r="C196" s="15">
-        <v>290900</v>
+        <v>297600</v>
       </c>
       <c r="D196" s="15">
-        <v>342600</v>
+        <v>350100</v>
       </c>
       <c r="E196" s="15">
-        <v>375600</v>
+        <v>384100</v>
       </c>
       <c r="F196" s="15">
-        <v>406500</v>
+        <v>416000</v>
       </c>
     </row>
     <row r="197" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A197" s="27"/>
       <c r="B197" s="14">
         <v>142</v>
       </c>
       <c r="C197" s="15">
-        <v>291200</v>
+        <v>297900</v>
       </c>
       <c r="D197" s="15">
-        <v>342900</v>
+        <v>350400</v>
       </c>
       <c r="E197" s="15">
-        <v>375900</v>
+        <v>384400</v>
       </c>
       <c r="F197" s="15">
-        <v>406800</v>
+        <v>416300</v>
       </c>
     </row>
     <row r="198" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A198" s="27"/>
       <c r="B198" s="14">
         <v>143</v>
       </c>
       <c r="C198" s="15">
-        <v>291500</v>
+        <v>298200</v>
       </c>
       <c r="D198" s="15">
-        <v>343200</v>
+        <v>350700</v>
       </c>
       <c r="E198" s="15">
-        <v>376200</v>
+        <v>384700</v>
       </c>
       <c r="F198" s="15">
-        <v>407100</v>
+        <v>416600</v>
       </c>
     </row>
     <row r="199" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A199" s="27"/>
       <c r="B199" s="14">
         <v>144</v>
       </c>
       <c r="C199" s="15">
-        <v>291800</v>
+        <v>298500</v>
       </c>
       <c r="D199" s="15">
-        <v>343500</v>
+        <v>351000</v>
       </c>
       <c r="E199" s="15">
-        <v>376500</v>
+        <v>385000</v>
       </c>
       <c r="F199" s="15">
-        <v>407400</v>
+        <v>416900</v>
       </c>
     </row>
     <row r="200" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A200" s="28"/>
       <c r="B200" s="17"/>
       <c r="C200" s="18"/>
       <c r="D200" s="18"/>
       <c r="E200" s="18"/>
       <c r="F200" s="18"/>
     </row>
     <row r="201" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A201" s="10"/>
       <c r="B201" s="8"/>
       <c r="C201" s="9"/>
       <c r="D201" s="9"/>
       <c r="E201" s="9"/>
       <c r="F201" s="9"/>
       <c r="G201" s="9"/>
       <c r="H201" s="9"/>
       <c r="I201" s="9"/>
     </row>
     <row r="202" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A202" s="11"/>
       <c r="B202" s="8"/>
       <c r="C202" s="9"/>
       <c r="D202" s="9"/>
       <c r="E202" s="9"/>
       <c r="F202" s="9"/>
       <c r="G202" s="9"/>
       <c r="H202" s="9"/>
       <c r="I202" s="9"/>
     </row>
-    <row r="203" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="203" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A203" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B203" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D203" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E203" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="204" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="204" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A204" s="36"/>
       <c r="B204" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C204" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D204" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E204" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F204" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A205" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B205" s="19"/>
       <c r="C205" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E205" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F205" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A206" s="27"/>
       <c r="B206" s="14">
         <v>145</v>
       </c>
       <c r="C206" s="15">
-        <v>292100</v>
+        <v>298800</v>
       </c>
       <c r="D206" s="15">
-        <v>343800</v>
+        <v>351300</v>
       </c>
       <c r="E206" s="15">
-        <v>376800</v>
+        <v>385300</v>
       </c>
       <c r="F206" s="15">
-        <v>407700</v>
+        <v>417200</v>
       </c>
     </row>
     <row r="207" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A207" s="27"/>
       <c r="B207" s="14">
         <v>146</v>
       </c>
       <c r="C207" s="15">
-        <v>292300</v>
+        <v>299000</v>
       </c>
       <c r="D207" s="15">
-        <v>344100</v>
+        <v>351600</v>
       </c>
       <c r="E207" s="15">
-        <v>377100</v>
+        <v>385600</v>
       </c>
       <c r="F207" s="15">
-        <v>408000</v>
+        <v>417500</v>
       </c>
     </row>
     <row r="208" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A208" s="27"/>
       <c r="B208" s="14">
         <v>147</v>
       </c>
       <c r="C208" s="15">
-        <v>292600</v>
+        <v>299300</v>
       </c>
       <c r="D208" s="15">
-        <v>344400</v>
+        <v>351900</v>
       </c>
       <c r="E208" s="15">
-        <v>377400</v>
+        <v>385900</v>
       </c>
       <c r="F208" s="15">
-        <v>408300</v>
+        <v>417800</v>
       </c>
     </row>
     <row r="209" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A209" s="27"/>
       <c r="B209" s="14">
         <v>148</v>
       </c>
       <c r="C209" s="15">
-        <v>292900</v>
+        <v>299600</v>
       </c>
       <c r="D209" s="15">
-        <v>344700</v>
+        <v>352200</v>
       </c>
       <c r="E209" s="15">
-        <v>377700</v>
+        <v>386200</v>
       </c>
       <c r="F209" s="15">
-        <v>408600</v>
+        <v>418100</v>
       </c>
     </row>
     <row r="210" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A210" s="27"/>
       <c r="B210" s="14"/>
-      <c r="C210" s="15"/>
-[...2 lines deleted...]
-      <c r="F210" s="15"/>
+      <c r="C210" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D210" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F210" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="211" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A211" s="27"/>
       <c r="B211" s="14">
         <v>149</v>
       </c>
       <c r="C211" s="15">
-        <v>293200</v>
+        <v>299900</v>
       </c>
       <c r="D211" s="15">
-        <v>345000</v>
+        <v>352500</v>
       </c>
       <c r="E211" s="15">
-        <v>378000</v>
+        <v>386500</v>
       </c>
       <c r="F211" s="15">
-        <v>408900</v>
+        <v>418400</v>
       </c>
     </row>
     <row r="212" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A212" s="27"/>
       <c r="B212" s="14">
         <v>150</v>
       </c>
       <c r="C212" s="15">
-        <v>293500</v>
+        <v>300200</v>
       </c>
       <c r="D212" s="15">
-        <v>345300</v>
+        <v>352800</v>
       </c>
       <c r="E212" s="15">
-        <v>378300</v>
-[...1 lines deleted...]
-      <c r="F212" s="15"/>
+        <v>386800</v>
+      </c>
+      <c r="F212" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="213" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A213" s="27"/>
       <c r="B213" s="14">
         <v>151</v>
       </c>
       <c r="C213" s="15">
-        <v>293800</v>
+        <v>300500</v>
       </c>
       <c r="D213" s="15">
-        <v>345600</v>
+        <v>353100</v>
       </c>
       <c r="E213" s="15">
-        <v>378600</v>
-[...1 lines deleted...]
-      <c r="F213" s="15"/>
+        <v>387100</v>
+      </c>
+      <c r="F213" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="214" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A214" s="27"/>
       <c r="B214" s="14">
         <v>152</v>
       </c>
       <c r="C214" s="15">
-        <v>294100</v>
+        <v>300800</v>
       </c>
       <c r="D214" s="15">
-        <v>345900</v>
+        <v>353400</v>
       </c>
       <c r="E214" s="15">
-        <v>378900</v>
-[...1 lines deleted...]
-      <c r="F214" s="15"/>
+        <v>387400</v>
+      </c>
+      <c r="F214" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="215" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A215" s="27"/>
       <c r="B215" s="14"/>
-      <c r="C215" s="15"/>
-[...2 lines deleted...]
-      <c r="F215" s="15"/>
+      <c r="C215" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D215" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E215" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F215" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="216" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A216" s="27"/>
       <c r="B216" s="14">
         <v>153</v>
       </c>
       <c r="C216" s="15">
-        <v>294400</v>
+        <v>301100</v>
       </c>
       <c r="D216" s="15">
-        <v>346200</v>
+        <v>353700</v>
       </c>
       <c r="E216" s="15">
-        <v>379200</v>
-[...1 lines deleted...]
-      <c r="F216" s="15"/>
+        <v>387700</v>
+      </c>
+      <c r="F216" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="217" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A217" s="27"/>
       <c r="B217" s="14">
         <v>154</v>
       </c>
       <c r="C217" s="15">
-        <v>294700</v>
+        <v>301300</v>
       </c>
       <c r="D217" s="15">
-        <v>346500</v>
+        <v>354000</v>
       </c>
       <c r="E217" s="15">
-        <v>379500</v>
-[...1 lines deleted...]
-      <c r="F217" s="15"/>
+        <v>388000</v>
+      </c>
+      <c r="F217" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="218" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A218" s="27"/>
       <c r="B218" s="14">
         <v>155</v>
       </c>
       <c r="C218" s="15">
-        <v>295000</v>
+        <v>301600</v>
       </c>
       <c r="D218" s="15">
-        <v>346800</v>
+        <v>354300</v>
       </c>
       <c r="E218" s="15">
-        <v>379800</v>
-[...1 lines deleted...]
-      <c r="F218" s="15"/>
+        <v>388300</v>
+      </c>
+      <c r="F218" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="219" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A219" s="27"/>
       <c r="B219" s="14">
         <v>156</v>
       </c>
       <c r="C219" s="15">
-        <v>295300</v>
+        <v>301900</v>
       </c>
       <c r="D219" s="15">
-        <v>347100</v>
+        <v>354600</v>
       </c>
       <c r="E219" s="15">
-        <v>380100</v>
-[...1 lines deleted...]
-      <c r="F219" s="15"/>
+        <v>388600</v>
+      </c>
+      <c r="F219" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="220" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A220" s="27"/>
       <c r="B220" s="14"/>
-      <c r="C220" s="15"/>
-[...2 lines deleted...]
-      <c r="F220" s="15"/>
+      <c r="C220" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E220" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="221" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A221" s="27"/>
       <c r="B221" s="14">
         <v>157</v>
       </c>
       <c r="C221" s="15">
-        <v>295600</v>
+        <v>302200</v>
       </c>
       <c r="D221" s="15">
-        <v>347400</v>
+        <v>354900</v>
       </c>
       <c r="E221" s="15">
-        <v>380400</v>
-[...1 lines deleted...]
-      <c r="F221" s="15"/>
+        <v>388900</v>
+      </c>
+      <c r="F221" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="222" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A222" s="27"/>
       <c r="B222" s="14">
         <v>158</v>
       </c>
       <c r="C222" s="15">
-        <v>295900</v>
+        <v>302500</v>
       </c>
       <c r="D222" s="15">
-        <v>347700</v>
+        <v>355200</v>
       </c>
       <c r="E222" s="15">
-        <v>380700</v>
-[...1 lines deleted...]
-      <c r="F222" s="15"/>
+        <v>389200</v>
+      </c>
+      <c r="F222" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="223" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A223" s="27"/>
       <c r="B223" s="14">
         <v>159</v>
       </c>
       <c r="C223" s="15">
-        <v>296200</v>
+        <v>302800</v>
       </c>
       <c r="D223" s="15">
-        <v>348000</v>
+        <v>355500</v>
       </c>
       <c r="E223" s="15">
-        <v>381000</v>
-[...1 lines deleted...]
-      <c r="F223" s="15"/>
+        <v>389500</v>
+      </c>
+      <c r="F223" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="224" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A224" s="27"/>
       <c r="B224" s="14">
         <v>160</v>
       </c>
       <c r="C224" s="15">
-        <v>296500</v>
+        <v>303100</v>
       </c>
       <c r="D224" s="15">
-        <v>348300</v>
+        <v>355800</v>
       </c>
       <c r="E224" s="15">
-        <v>381300</v>
-[...1 lines deleted...]
-      <c r="F224" s="15"/>
+        <v>389800</v>
+      </c>
+      <c r="F224" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="225" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A225" s="27"/>
       <c r="B225" s="14"/>
-      <c r="C225" s="15"/>
-[...2 lines deleted...]
-      <c r="F225" s="15"/>
+      <c r="C225" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D225" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E225" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F225" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="226" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A226" s="27"/>
       <c r="B226" s="14">
         <v>161</v>
       </c>
       <c r="C226" s="15">
-        <v>296800</v>
+        <v>303400</v>
       </c>
       <c r="D226" s="15">
-        <v>348600</v>
+        <v>356100</v>
       </c>
       <c r="E226" s="15">
-        <v>381600</v>
-[...1 lines deleted...]
-      <c r="F226" s="15"/>
+        <v>390100</v>
+      </c>
+      <c r="F226" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="227" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A227" s="27"/>
       <c r="B227" s="14">
         <v>162</v>
       </c>
       <c r="C227" s="15">
-        <v>297100</v>
+        <v>303700</v>
       </c>
       <c r="D227" s="15">
-        <v>348900</v>
+        <v>356400</v>
       </c>
       <c r="E227" s="15">
-        <v>381900</v>
-[...1 lines deleted...]
-      <c r="F227" s="15"/>
+        <v>390400</v>
+      </c>
+      <c r="F227" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="228" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A228" s="27"/>
       <c r="B228" s="14">
         <v>163</v>
       </c>
       <c r="C228" s="15">
-        <v>297400</v>
+        <v>304000</v>
       </c>
       <c r="D228" s="15">
-        <v>349200</v>
+        <v>356700</v>
       </c>
       <c r="E228" s="15">
-        <v>382200</v>
-[...1 lines deleted...]
-      <c r="F228" s="15"/>
+        <v>390700</v>
+      </c>
+      <c r="F228" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="229" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A229" s="27"/>
       <c r="B229" s="14">
         <v>164</v>
       </c>
       <c r="C229" s="15">
-        <v>297700</v>
+        <v>304200</v>
       </c>
       <c r="D229" s="15">
-        <v>349500</v>
+        <v>357000</v>
       </c>
       <c r="E229" s="15">
-        <v>382500</v>
-[...1 lines deleted...]
-      <c r="F229" s="15"/>
+        <v>391000</v>
+      </c>
+      <c r="F229" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="230" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A230" s="27"/>
       <c r="B230" s="14"/>
-      <c r="C230" s="15"/>
-[...2 lines deleted...]
-      <c r="F230" s="16"/>
+      <c r="C230" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F230" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="231" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A231" s="27"/>
       <c r="B231" s="14">
         <v>165</v>
       </c>
       <c r="C231" s="15">
-        <v>298000</v>
+        <v>304500</v>
       </c>
       <c r="D231" s="15">
-        <v>349800</v>
+        <v>357300</v>
       </c>
       <c r="E231" s="15">
-        <v>382800</v>
-[...1 lines deleted...]
-      <c r="F231" s="15"/>
+        <v>391300</v>
+      </c>
+      <c r="F231" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="232" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A232" s="27"/>
       <c r="B232" s="14">
         <v>166</v>
       </c>
       <c r="C232" s="15">
-        <v>298300</v>
+        <v>304800</v>
       </c>
       <c r="D232" s="15">
-        <v>350100</v>
+        <v>357600</v>
       </c>
       <c r="E232" s="15">
-        <v>383100</v>
-[...1 lines deleted...]
-      <c r="F232" s="15"/>
+        <v>391600</v>
+      </c>
+      <c r="F232" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="233" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A233" s="27"/>
       <c r="B233" s="14">
         <v>167</v>
       </c>
       <c r="C233" s="15">
-        <v>298600</v>
+        <v>305100</v>
       </c>
       <c r="D233" s="15">
-        <v>350400</v>
+        <v>357900</v>
       </c>
       <c r="E233" s="15">
-        <v>383400</v>
-[...1 lines deleted...]
-      <c r="F233" s="15"/>
+        <v>391900</v>
+      </c>
+      <c r="F233" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="234" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A234" s="27"/>
       <c r="B234" s="14">
         <v>168</v>
       </c>
       <c r="C234" s="15">
-        <v>298900</v>
+        <v>305400</v>
       </c>
       <c r="D234" s="15">
-        <v>350700</v>
+        <v>358200</v>
       </c>
       <c r="E234" s="15">
-        <v>383700</v>
-[...1 lines deleted...]
-      <c r="F234" s="15"/>
+        <v>392200</v>
+      </c>
+      <c r="F234" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="235" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A235" s="27"/>
       <c r="B235" s="14"/>
-      <c r="C235" s="15"/>
-[...2 lines deleted...]
-      <c r="F235" s="15"/>
+      <c r="C235" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D235" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E235" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F235" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="236" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A236" s="27"/>
       <c r="B236" s="14">
         <v>169</v>
       </c>
       <c r="C236" s="15">
-        <v>299200</v>
+        <v>305700</v>
       </c>
       <c r="D236" s="15">
-        <v>351000</v>
+        <v>358500</v>
       </c>
       <c r="E236" s="15">
-        <v>384000</v>
-[...1 lines deleted...]
-      <c r="F236" s="15"/>
+        <v>392500</v>
+      </c>
+      <c r="F236" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="237" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A237" s="27"/>
       <c r="B237" s="14">
         <v>170</v>
       </c>
       <c r="C237" s="15">
-        <v>299500</v>
+        <v>306000</v>
       </c>
       <c r="D237" s="15">
-        <v>351300</v>
+        <v>358800</v>
       </c>
       <c r="E237" s="15">
-        <v>384300</v>
-[...1 lines deleted...]
-      <c r="F237" s="15"/>
+        <v>392800</v>
+      </c>
+      <c r="F237" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="238" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A238" s="27"/>
       <c r="B238" s="14">
         <v>171</v>
       </c>
       <c r="C238" s="15">
-        <v>299800</v>
+        <v>306300</v>
       </c>
       <c r="D238" s="15">
-        <v>351600</v>
+        <v>359100</v>
       </c>
       <c r="E238" s="15">
-        <v>384600</v>
-[...1 lines deleted...]
-      <c r="F238" s="15"/>
+        <v>393100</v>
+      </c>
+      <c r="F238" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="239" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A239" s="27"/>
       <c r="B239" s="14">
         <v>172</v>
       </c>
       <c r="C239" s="15">
-        <v>300100</v>
+        <v>306600</v>
       </c>
       <c r="D239" s="15">
-        <v>351900</v>
+        <v>359400</v>
       </c>
       <c r="E239" s="15">
-        <v>384900</v>
-[...1 lines deleted...]
-      <c r="F239" s="15"/>
+        <v>393400</v>
+      </c>
+      <c r="F239" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="240" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A240" s="27"/>
       <c r="B240" s="14"/>
-      <c r="C240" s="15"/>
-[...2 lines deleted...]
-      <c r="F240" s="15"/>
+      <c r="C240" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D240" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E240" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F240" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="241" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A241" s="27"/>
       <c r="B241" s="14">
         <v>173</v>
       </c>
       <c r="C241" s="15">
-        <v>300400</v>
+        <v>306900</v>
       </c>
       <c r="D241" s="15">
-        <v>352200</v>
+        <v>359700</v>
       </c>
       <c r="E241" s="15">
-        <v>385200</v>
-[...1 lines deleted...]
-      <c r="F241" s="15"/>
+        <v>393700</v>
+      </c>
+      <c r="F241" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="242" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A242" s="27"/>
       <c r="B242" s="14">
         <v>174</v>
       </c>
       <c r="C242" s="15">
-        <v>300700</v>
+        <v>307200</v>
       </c>
       <c r="D242" s="15">
-        <v>352500</v>
+        <v>360000</v>
       </c>
       <c r="E242" s="15">
-        <v>385500</v>
-[...1 lines deleted...]
-      <c r="F242" s="15"/>
+        <v>394000</v>
+      </c>
+      <c r="F242" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="243" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A243" s="27"/>
       <c r="B243" s="14">
         <v>175</v>
       </c>
       <c r="C243" s="15">
-        <v>301000</v>
+        <v>307500</v>
       </c>
       <c r="D243" s="15">
-        <v>352800</v>
+        <v>360300</v>
       </c>
       <c r="E243" s="15">
-        <v>385800</v>
-[...1 lines deleted...]
-      <c r="F243" s="15"/>
+        <v>394300</v>
+      </c>
+      <c r="F243" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="244" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A244" s="27"/>
       <c r="B244" s="14">
         <v>176</v>
       </c>
       <c r="C244" s="15">
-        <v>301300</v>
+        <v>307800</v>
       </c>
       <c r="D244" s="15">
-        <v>353100</v>
+        <v>360600</v>
       </c>
       <c r="E244" s="15">
-        <v>386100</v>
-[...1 lines deleted...]
-      <c r="F244" s="15"/>
+        <v>394600</v>
+      </c>
+      <c r="F244" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="245" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A245" s="27"/>
       <c r="B245" s="14"/>
-      <c r="C245" s="15"/>
-[...2 lines deleted...]
-      <c r="F245" s="15"/>
+      <c r="C245" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D245" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E245" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F245" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="246" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A246" s="27"/>
       <c r="B246" s="14">
         <v>177</v>
       </c>
       <c r="C246" s="15">
-        <v>301600</v>
+        <v>308100</v>
       </c>
       <c r="D246" s="15">
-        <v>353400</v>
+        <v>360900</v>
       </c>
       <c r="E246" s="15">
-        <v>386400</v>
-[...1 lines deleted...]
-      <c r="F246" s="15"/>
+        <v>394900</v>
+      </c>
+      <c r="F246" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="247" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A247" s="27"/>
       <c r="B247" s="14">
         <v>178</v>
       </c>
       <c r="C247" s="15">
-        <v>301900</v>
+        <v>308400</v>
       </c>
       <c r="D247" s="15">
-        <v>353700</v>
+        <v>361200</v>
       </c>
       <c r="E247" s="15">
-        <v>386700</v>
-[...1 lines deleted...]
-      <c r="F247" s="15"/>
+        <v>395200</v>
+      </c>
+      <c r="F247" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="248" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A248" s="27"/>
       <c r="B248" s="14">
         <v>179</v>
       </c>
       <c r="C248" s="15">
-        <v>302200</v>
+        <v>308700</v>
       </c>
       <c r="D248" s="15">
-        <v>354000</v>
+        <v>361500</v>
       </c>
       <c r="E248" s="15">
-        <v>387000</v>
-[...1 lines deleted...]
-      <c r="F248" s="15"/>
+        <v>395500</v>
+      </c>
+      <c r="F248" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="249" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A249" s="27"/>
       <c r="B249" s="14">
         <v>180</v>
       </c>
       <c r="C249" s="15">
-        <v>302500</v>
+        <v>309000</v>
       </c>
       <c r="D249" s="15">
-        <v>354300</v>
+        <v>361800</v>
       </c>
       <c r="E249" s="15">
-        <v>387300</v>
-[...1 lines deleted...]
-      <c r="F249" s="15"/>
+        <v>395800</v>
+      </c>
+      <c r="F249" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="250" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A250" s="28"/>
       <c r="B250" s="17"/>
       <c r="C250" s="18"/>
       <c r="D250" s="18"/>
       <c r="E250" s="18"/>
       <c r="F250" s="18"/>
     </row>
     <row r="251" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A251" s="10"/>
       <c r="B251" s="8"/>
       <c r="C251" s="9"/>
       <c r="D251" s="9"/>
       <c r="E251" s="9"/>
       <c r="F251" s="9"/>
       <c r="G251" s="9"/>
       <c r="H251" s="9"/>
       <c r="I251" s="9"/>
     </row>
     <row r="252" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A252" s="11"/>
       <c r="B252" s="8"/>
       <c r="C252" s="9"/>
       <c r="D252" s="9"/>
       <c r="E252" s="9"/>
       <c r="F252" s="9"/>
       <c r="G252" s="9"/>
       <c r="H252" s="9"/>
       <c r="I252" s="9"/>
     </row>
-    <row r="253" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="253" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A253" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B253" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C253" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D253" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E253" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F253" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="254" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="254" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A254" s="36"/>
       <c r="B254" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C254" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D254" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E254" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F254" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A255" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B255" s="19"/>
       <c r="C255" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D255" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E255" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F255" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="256" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A256" s="27"/>
       <c r="B256" s="14">
         <v>181</v>
       </c>
       <c r="C256" s="15">
-        <v>302800</v>
+        <v>309300</v>
       </c>
       <c r="D256" s="15">
-        <v>354600</v>
+        <v>362100</v>
       </c>
       <c r="E256" s="15">
-        <v>387600</v>
-[...1 lines deleted...]
-      <c r="F256" s="15"/>
+        <v>396100</v>
+      </c>
+      <c r="F256" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="257" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A257" s="27"/>
       <c r="B257" s="14">
         <v>182</v>
       </c>
       <c r="C257" s="15">
-        <v>303100</v>
+        <v>309600</v>
       </c>
       <c r="D257" s="15">
-        <v>354900</v>
+        <v>362400</v>
       </c>
       <c r="E257" s="15">
-        <v>387900</v>
-[...1 lines deleted...]
-      <c r="F257" s="15"/>
+        <v>396400</v>
+      </c>
+      <c r="F257" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="258" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A258" s="27"/>
       <c r="B258" s="14">
         <v>183</v>
       </c>
       <c r="C258" s="15">
-        <v>303400</v>
+        <v>309900</v>
       </c>
       <c r="D258" s="15">
-        <v>355200</v>
+        <v>362700</v>
       </c>
       <c r="E258" s="15">
-        <v>388200</v>
-[...1 lines deleted...]
-      <c r="F258" s="15"/>
+        <v>396700</v>
+      </c>
+      <c r="F258" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="259" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A259" s="27"/>
       <c r="B259" s="14">
         <v>184</v>
       </c>
       <c r="C259" s="15">
-        <v>303700</v>
+        <v>310200</v>
       </c>
       <c r="D259" s="15">
-        <v>355500</v>
+        <v>363000</v>
       </c>
       <c r="E259" s="15">
-        <v>388500</v>
-[...1 lines deleted...]
-      <c r="F259" s="15"/>
+        <v>397000</v>
+      </c>
+      <c r="F259" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="260" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A260" s="27"/>
       <c r="B260" s="14"/>
-      <c r="C260" s="15"/>
-[...2 lines deleted...]
-      <c r="F260" s="15"/>
+      <c r="C260" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D260" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E260" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F260" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="261" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A261" s="27"/>
       <c r="B261" s="14">
         <v>185</v>
       </c>
       <c r="C261" s="15">
-        <v>304000</v>
+        <v>310500</v>
       </c>
       <c r="D261" s="15">
-        <v>355800</v>
+        <v>363300</v>
       </c>
       <c r="E261" s="15">
-        <v>388800</v>
-[...1 lines deleted...]
-      <c r="F261" s="15"/>
+        <v>397300</v>
+      </c>
+      <c r="F261" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="262" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A262" s="27"/>
       <c r="B262" s="14">
         <v>186</v>
       </c>
       <c r="C262" s="15">
-        <v>304300</v>
+        <v>310800</v>
       </c>
       <c r="D262" s="15">
-        <v>356100</v>
+        <v>363600</v>
       </c>
       <c r="E262" s="15">
-        <v>389100</v>
-[...1 lines deleted...]
-      <c r="F262" s="15"/>
+        <v>397600</v>
+      </c>
+      <c r="F262" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="263" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A263" s="27"/>
       <c r="B263" s="14">
         <v>187</v>
       </c>
       <c r="C263" s="15">
-        <v>304600</v>
+        <v>311100</v>
       </c>
       <c r="D263" s="15">
-        <v>356400</v>
+        <v>363900</v>
       </c>
       <c r="E263" s="15">
-        <v>389400</v>
-[...1 lines deleted...]
-      <c r="F263" s="15"/>
+        <v>397900</v>
+      </c>
+      <c r="F263" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="264" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A264" s="27"/>
       <c r="B264" s="14">
         <v>188</v>
       </c>
       <c r="C264" s="15">
-        <v>304900</v>
+        <v>311400</v>
       </c>
       <c r="D264" s="15">
-        <v>356700</v>
+        <v>364200</v>
       </c>
       <c r="E264" s="15">
-        <v>389700</v>
-[...1 lines deleted...]
-      <c r="F264" s="15"/>
+        <v>398200</v>
+      </c>
+      <c r="F264" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="265" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A265" s="27"/>
       <c r="B265" s="14"/>
-      <c r="C265" s="15"/>
-[...2 lines deleted...]
-      <c r="F265" s="15"/>
+      <c r="C265" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D265" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F265" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="266" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A266" s="27"/>
       <c r="B266" s="14">
         <v>189</v>
       </c>
       <c r="C266" s="15">
-        <v>305200</v>
+        <v>311700</v>
       </c>
       <c r="D266" s="15">
-        <v>357000</v>
+        <v>364500</v>
       </c>
       <c r="E266" s="15">
-        <v>390000</v>
-[...1 lines deleted...]
-      <c r="F266" s="15"/>
+        <v>398500</v>
+      </c>
+      <c r="F266" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="267" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A267" s="27"/>
       <c r="B267" s="14">
         <v>190</v>
       </c>
       <c r="C267" s="15">
-        <v>305500</v>
+        <v>312000</v>
       </c>
       <c r="D267" s="15">
-        <v>357300</v>
+        <v>364800</v>
       </c>
       <c r="E267" s="15">
-        <v>390300</v>
-[...1 lines deleted...]
-      <c r="F267" s="15"/>
+        <v>398800</v>
+      </c>
+      <c r="F267" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="268" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A268" s="27"/>
       <c r="B268" s="14">
         <v>191</v>
       </c>
       <c r="C268" s="15">
-        <v>305800</v>
+        <v>312300</v>
       </c>
       <c r="D268" s="15">
-        <v>357600</v>
+        <v>365100</v>
       </c>
       <c r="E268" s="15">
-        <v>390600</v>
-[...1 lines deleted...]
-      <c r="F268" s="15"/>
+        <v>399100</v>
+      </c>
+      <c r="F268" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="269" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A269" s="27"/>
       <c r="B269" s="14">
         <v>192</v>
       </c>
       <c r="C269" s="15">
-        <v>306100</v>
+        <v>312600</v>
       </c>
       <c r="D269" s="15">
-        <v>357900</v>
+        <v>365400</v>
       </c>
       <c r="E269" s="15">
-        <v>390900</v>
-[...1 lines deleted...]
-      <c r="F269" s="15"/>
+        <v>399400</v>
+      </c>
+      <c r="F269" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="270" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A270" s="27"/>
       <c r="B270" s="14"/>
-      <c r="C270" s="15"/>
-[...2 lines deleted...]
-      <c r="F270" s="15"/>
+      <c r="C270" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E270" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F270" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="271" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A271" s="27"/>
       <c r="B271" s="14">
         <v>193</v>
       </c>
       <c r="C271" s="15">
-        <v>306400</v>
+        <v>312900</v>
       </c>
       <c r="D271" s="15">
-        <v>358200</v>
+        <v>365700</v>
       </c>
       <c r="E271" s="15">
-        <v>391200</v>
-[...1 lines deleted...]
-      <c r="F271" s="15"/>
+        <v>399700</v>
+      </c>
+      <c r="F271" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="272" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A272" s="27"/>
       <c r="B272" s="14">
         <v>194</v>
       </c>
       <c r="C272" s="15">
-        <v>306700</v>
+        <v>313200</v>
       </c>
       <c r="D272" s="15">
-        <v>358500</v>
-[...2 lines deleted...]
-      <c r="F272" s="15"/>
+        <v>366000</v>
+      </c>
+      <c r="E272" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F272" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="273" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A273" s="27"/>
       <c r="B273" s="14">
         <v>195</v>
       </c>
       <c r="C273" s="15">
-        <v>307000</v>
+        <v>313500</v>
       </c>
       <c r="D273" s="15">
-        <v>358800</v>
-[...2 lines deleted...]
-      <c r="F273" s="15"/>
+        <v>366300</v>
+      </c>
+      <c r="E273" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F273" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="274" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A274" s="27"/>
       <c r="B274" s="14">
         <v>196</v>
       </c>
       <c r="C274" s="15">
-        <v>307300</v>
+        <v>313800</v>
       </c>
       <c r="D274" s="15">
-        <v>359100</v>
-[...2 lines deleted...]
-      <c r="F274" s="15"/>
+        <v>366600</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F274" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="275" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A275" s="27"/>
       <c r="B275" s="14"/>
-      <c r="C275" s="15"/>
-[...2 lines deleted...]
-      <c r="F275" s="15"/>
+      <c r="C275" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D275" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E275" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F275" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="276" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A276" s="27"/>
       <c r="B276" s="14">
         <v>197</v>
       </c>
       <c r="C276" s="15">
-        <v>307600</v>
+        <v>314100</v>
       </c>
       <c r="D276" s="15">
-        <v>359400</v>
-[...2 lines deleted...]
-      <c r="F276" s="15"/>
+        <v>366900</v>
+      </c>
+      <c r="E276" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F276" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="277" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A277" s="27"/>
       <c r="B277" s="14">
         <v>198</v>
       </c>
       <c r="C277" s="15">
-        <v>307900</v>
+        <v>314400</v>
       </c>
       <c r="D277" s="15">
-        <v>359700</v>
-[...2 lines deleted...]
-      <c r="F277" s="15"/>
+        <v>367200</v>
+      </c>
+      <c r="E277" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F277" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="278" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A278" s="27"/>
       <c r="B278" s="14">
         <v>199</v>
       </c>
       <c r="C278" s="15">
-        <v>308200</v>
+        <v>314700</v>
       </c>
       <c r="D278" s="15">
-        <v>360000</v>
-[...2 lines deleted...]
-      <c r="F278" s="15"/>
+        <v>367500</v>
+      </c>
+      <c r="E278" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F278" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="279" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A279" s="27"/>
       <c r="B279" s="14">
         <v>200</v>
       </c>
       <c r="C279" s="15">
-        <v>308500</v>
+        <v>315000</v>
       </c>
       <c r="D279" s="15">
-        <v>360300</v>
-[...2 lines deleted...]
-      <c r="F279" s="15"/>
+        <v>367800</v>
+      </c>
+      <c r="E279" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F279" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="280" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A280" s="27"/>
       <c r="B280" s="14"/>
-      <c r="C280" s="15"/>
-[...2 lines deleted...]
-      <c r="F280" s="16"/>
+      <c r="C280" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D280" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E280" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F280" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="281" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A281" s="27"/>
       <c r="B281" s="14">
         <v>201</v>
       </c>
       <c r="C281" s="15">
-        <v>308800</v>
+        <v>315300</v>
       </c>
       <c r="D281" s="15">
-        <v>360600</v>
-[...2 lines deleted...]
-      <c r="F281" s="15"/>
+        <v>368100</v>
+      </c>
+      <c r="E281" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F281" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="282" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A282" s="27"/>
       <c r="B282" s="14">
         <v>202</v>
       </c>
       <c r="C282" s="15">
-        <v>309100</v>
+        <v>315600</v>
       </c>
       <c r="D282" s="15">
-        <v>360900</v>
-[...2 lines deleted...]
-      <c r="F282" s="15"/>
+        <v>368400</v>
+      </c>
+      <c r="E282" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F282" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="283" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A283" s="27"/>
       <c r="B283" s="14">
         <v>203</v>
       </c>
       <c r="C283" s="15">
-        <v>309400</v>
+        <v>315900</v>
       </c>
       <c r="D283" s="15">
-        <v>361200</v>
-[...2 lines deleted...]
-      <c r="F283" s="15"/>
+        <v>368700</v>
+      </c>
+      <c r="E283" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F283" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="284" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A284" s="27"/>
       <c r="B284" s="14">
         <v>204</v>
       </c>
       <c r="C284" s="15">
-        <v>309700</v>
+        <v>316200</v>
       </c>
       <c r="D284" s="15">
-        <v>361500</v>
-[...2 lines deleted...]
-      <c r="F284" s="15"/>
+        <v>369000</v>
+      </c>
+      <c r="E284" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F284" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="285" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A285" s="27"/>
       <c r="B285" s="14"/>
-      <c r="C285" s="15"/>
-[...2 lines deleted...]
-      <c r="F285" s="15"/>
+      <c r="C285" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D285" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E285" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F285" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="286" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A286" s="27"/>
       <c r="B286" s="14">
         <v>205</v>
       </c>
       <c r="C286" s="15">
-        <v>310000</v>
+        <v>316500</v>
       </c>
       <c r="D286" s="15">
-        <v>361800</v>
-[...2 lines deleted...]
-      <c r="F286" s="15"/>
+        <v>369300</v>
+      </c>
+      <c r="E286" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F286" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="287" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A287" s="27"/>
       <c r="B287" s="14">
         <v>206</v>
       </c>
       <c r="C287" s="15">
-        <v>310300</v>
+        <v>316800</v>
       </c>
       <c r="D287" s="15">
-        <v>362100</v>
-[...2 lines deleted...]
-      <c r="F287" s="15"/>
+        <v>369600</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="288" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A288" s="27"/>
       <c r="B288" s="14">
         <v>207</v>
       </c>
       <c r="C288" s="15">
-        <v>310600</v>
+        <v>317100</v>
       </c>
       <c r="D288" s="15">
-        <v>362400</v>
-[...2 lines deleted...]
-      <c r="F288" s="15"/>
+        <v>369900</v>
+      </c>
+      <c r="E288" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F288" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="289" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A289" s="27"/>
       <c r="B289" s="14">
         <v>208</v>
       </c>
       <c r="C289" s="15">
-        <v>310900</v>
+        <v>317400</v>
       </c>
       <c r="D289" s="15">
-        <v>362700</v>
-[...2 lines deleted...]
-      <c r="F289" s="15"/>
+        <v>370200</v>
+      </c>
+      <c r="E289" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F289" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="290" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A290" s="27"/>
       <c r="B290" s="14"/>
-      <c r="C290" s="15"/>
-[...2 lines deleted...]
-      <c r="F290" s="15"/>
+      <c r="C290" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D290" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E290" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F290" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="291" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A291" s="27"/>
       <c r="B291" s="14">
         <v>209</v>
       </c>
       <c r="C291" s="15">
-        <v>311200</v>
+        <v>317700</v>
       </c>
       <c r="D291" s="15">
-        <v>363000</v>
-[...2 lines deleted...]
-      <c r="F291" s="15"/>
+        <v>370500</v>
+      </c>
+      <c r="E291" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F291" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="292" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A292" s="27"/>
       <c r="B292" s="14">
         <v>210</v>
       </c>
       <c r="C292" s="15">
-        <v>311500</v>
+        <v>318000</v>
       </c>
       <c r="D292" s="15">
-        <v>363300</v>
-[...2 lines deleted...]
-      <c r="F292" s="15"/>
+        <v>370800</v>
+      </c>
+      <c r="E292" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F292" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="293" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A293" s="27"/>
       <c r="B293" s="14">
         <v>211</v>
       </c>
       <c r="C293" s="15">
-        <v>311800</v>
+        <v>318300</v>
       </c>
       <c r="D293" s="15">
-        <v>363600</v>
-[...2 lines deleted...]
-      <c r="F293" s="15"/>
+        <v>371100</v>
+      </c>
+      <c r="E293" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F293" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="294" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A294" s="27"/>
       <c r="B294" s="14">
         <v>212</v>
       </c>
       <c r="C294" s="15">
-        <v>312100</v>
+        <v>318600</v>
       </c>
       <c r="D294" s="15">
-        <v>363900</v>
-[...2 lines deleted...]
-      <c r="F294" s="15"/>
+        <v>371400</v>
+      </c>
+      <c r="E294" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F294" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="295" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A295" s="27"/>
       <c r="B295" s="14"/>
-      <c r="C295" s="15"/>
-[...2 lines deleted...]
-      <c r="F295" s="15"/>
+      <c r="C295" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E295" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="296" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A296" s="27"/>
       <c r="B296" s="14">
         <v>213</v>
       </c>
       <c r="C296" s="15">
-        <v>312400</v>
+        <v>318900</v>
       </c>
       <c r="D296" s="15">
-        <v>364200</v>
-[...2 lines deleted...]
-      <c r="F296" s="15"/>
+        <v>371700</v>
+      </c>
+      <c r="E296" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F296" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="297" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A297" s="27"/>
       <c r="B297" s="14">
         <v>214</v>
       </c>
       <c r="C297" s="15">
-        <v>312700</v>
+        <v>319200</v>
       </c>
       <c r="D297" s="15">
-        <v>364500</v>
-[...2 lines deleted...]
-      <c r="F297" s="15"/>
+        <v>372000</v>
+      </c>
+      <c r="E297" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F297" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="298" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A298" s="27"/>
       <c r="B298" s="14">
         <v>215</v>
       </c>
       <c r="C298" s="15">
-        <v>313000</v>
+        <v>319500</v>
       </c>
       <c r="D298" s="15">
-        <v>364800</v>
-[...2 lines deleted...]
-      <c r="F298" s="15"/>
+        <v>372300</v>
+      </c>
+      <c r="E298" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F298" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="299" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A299" s="27"/>
       <c r="B299" s="14">
         <v>216</v>
       </c>
       <c r="C299" s="15">
-        <v>313300</v>
+        <v>319800</v>
       </c>
       <c r="D299" s="15">
-        <v>365100</v>
-[...2 lines deleted...]
-      <c r="F299" s="15"/>
+        <v>372600</v>
+      </c>
+      <c r="E299" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F299" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="300" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A300" s="28"/>
       <c r="B300" s="17"/>
       <c r="C300" s="18"/>
       <c r="D300" s="18"/>
       <c r="E300" s="18"/>
       <c r="F300" s="18"/>
     </row>
     <row r="301" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A301" s="10"/>
       <c r="B301" s="8"/>
       <c r="C301" s="9"/>
       <c r="D301" s="9"/>
       <c r="E301" s="9"/>
       <c r="F301" s="9"/>
       <c r="G301" s="9"/>
       <c r="H301" s="9"/>
       <c r="I301" s="9"/>
     </row>
     <row r="302" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A302" s="11"/>
       <c r="B302" s="8"/>
       <c r="C302" s="9"/>
       <c r="D302" s="9"/>
       <c r="E302" s="9"/>
       <c r="F302" s="9"/>
       <c r="G302" s="9"/>
       <c r="H302" s="9"/>
       <c r="I302" s="9"/>
     </row>
-    <row r="303" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="303" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A303" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B303" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C303" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D303" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E303" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F303" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="304" spans="1:9" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="304" spans="1:9" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A304" s="36"/>
       <c r="B304" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C304" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D304" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E304" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F304" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:6" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A305" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B305" s="19"/>
       <c r="C305" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D305" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E305" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F305" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="306" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A306" s="27"/>
       <c r="B306" s="14">
         <v>217</v>
       </c>
       <c r="C306" s="15">
-        <v>313600</v>
+        <v>320100</v>
       </c>
       <c r="D306" s="15">
-        <v>365400</v>
-[...2 lines deleted...]
-      <c r="F306" s="15"/>
+        <v>372900</v>
+      </c>
+      <c r="E306" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F306" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="307" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A307" s="27"/>
       <c r="B307" s="14">
         <v>218</v>
       </c>
       <c r="C307" s="15">
-        <v>313900</v>
+        <v>320400</v>
       </c>
       <c r="D307" s="15">
-        <v>365700</v>
-[...2 lines deleted...]
-      <c r="F307" s="15"/>
+        <v>373200</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F307" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="308" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A308" s="27"/>
       <c r="B308" s="14">
         <v>219</v>
       </c>
       <c r="C308" s="15">
-        <v>314200</v>
+        <v>320700</v>
       </c>
       <c r="D308" s="15">
-        <v>366000</v>
-[...2 lines deleted...]
-      <c r="F308" s="15"/>
+        <v>373500</v>
+      </c>
+      <c r="E308" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F308" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="309" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A309" s="27"/>
       <c r="B309" s="14">
         <v>220</v>
       </c>
       <c r="C309" s="15">
-        <v>314500</v>
+        <v>321000</v>
       </c>
       <c r="D309" s="15">
-        <v>366300</v>
-[...2 lines deleted...]
-      <c r="F309" s="15"/>
+        <v>373800</v>
+      </c>
+      <c r="E309" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F309" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="310" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A310" s="27"/>
       <c r="B310" s="14"/>
-      <c r="C310" s="15"/>
-[...2 lines deleted...]
-      <c r="F310" s="15"/>
+      <c r="C310" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D310" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E310" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F310" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="311" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A311" s="27"/>
       <c r="B311" s="14">
         <v>221</v>
       </c>
       <c r="C311" s="15">
-        <v>314800</v>
+        <v>321300</v>
       </c>
       <c r="D311" s="15">
-        <v>366600</v>
-[...2 lines deleted...]
-      <c r="F311" s="15"/>
+        <v>374100</v>
+      </c>
+      <c r="E311" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F311" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="312" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A312" s="27"/>
       <c r="B312" s="14">
         <v>222</v>
       </c>
       <c r="C312" s="15">
-        <v>315100</v>
+        <v>321600</v>
       </c>
       <c r="D312" s="15">
-        <v>366900</v>
-[...2 lines deleted...]
-      <c r="F312" s="15"/>
+        <v>374400</v>
+      </c>
+      <c r="E312" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F312" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="313" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A313" s="27"/>
       <c r="B313" s="14">
         <v>223</v>
       </c>
       <c r="C313" s="15">
-        <v>315400</v>
+        <v>321900</v>
       </c>
       <c r="D313" s="15">
-        <v>367200</v>
-[...2 lines deleted...]
-      <c r="F313" s="15"/>
+        <v>374700</v>
+      </c>
+      <c r="E313" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F313" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="314" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A314" s="27"/>
       <c r="B314" s="14">
         <v>224</v>
       </c>
       <c r="C314" s="15">
-        <v>315700</v>
+        <v>322200</v>
       </c>
       <c r="D314" s="15">
-        <v>367500</v>
-[...2 lines deleted...]
-      <c r="F314" s="15"/>
+        <v>375000</v>
+      </c>
+      <c r="E314" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F314" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="315" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A315" s="27"/>
       <c r="B315" s="14"/>
-      <c r="C315" s="15"/>
-[...2 lines deleted...]
-      <c r="F315" s="15"/>
+      <c r="C315" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D315" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E315" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F315" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="316" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A316" s="27"/>
       <c r="B316" s="14">
         <v>225</v>
       </c>
       <c r="C316" s="15">
-        <v>316000</v>
+        <v>322500</v>
       </c>
       <c r="D316" s="15">
-        <v>367800</v>
-[...2 lines deleted...]
-      <c r="F316" s="15"/>
+        <v>375300</v>
+      </c>
+      <c r="E316" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F316" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="317" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A317" s="27"/>
       <c r="B317" s="14">
         <v>226</v>
       </c>
       <c r="C317" s="15">
-        <v>316300</v>
-[...3 lines deleted...]
-      <c r="F317" s="15"/>
+        <v>322800</v>
+      </c>
+      <c r="D317" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E317" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F317" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="318" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A318" s="27"/>
       <c r="B318" s="14">
         <v>227</v>
       </c>
       <c r="C318" s="15">
-        <v>316600</v>
-[...3 lines deleted...]
-      <c r="F318" s="15"/>
+        <v>323100</v>
+      </c>
+      <c r="D318" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E318" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F318" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="319" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A319" s="27"/>
       <c r="B319" s="14">
         <v>228</v>
       </c>
       <c r="C319" s="15">
-        <v>316900</v>
-[...3 lines deleted...]
-      <c r="F319" s="15"/>
+        <v>323400</v>
+      </c>
+      <c r="D319" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E319" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F319" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="320" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A320" s="27"/>
       <c r="B320" s="14"/>
-      <c r="C320" s="15"/>
-[...2 lines deleted...]
-      <c r="F320" s="15"/>
+      <c r="C320" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D320" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E320" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F320" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="321" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A321" s="27"/>
       <c r="B321" s="14">
         <v>229</v>
       </c>
       <c r="C321" s="15">
-        <v>317200</v>
-[...3 lines deleted...]
-      <c r="F321" s="15"/>
+        <v>323700</v>
+      </c>
+      <c r="D321" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E321" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F321" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="322" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A322" s="27"/>
       <c r="B322" s="14">
         <v>230</v>
       </c>
       <c r="C322" s="15">
-        <v>317500</v>
-[...3 lines deleted...]
-      <c r="F322" s="15"/>
+        <v>324000</v>
+      </c>
+      <c r="D322" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E322" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F322" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="323" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A323" s="27"/>
       <c r="B323" s="14">
         <v>231</v>
       </c>
       <c r="C323" s="15">
-        <v>317800</v>
-[...3 lines deleted...]
-      <c r="F323" s="15"/>
+        <v>324300</v>
+      </c>
+      <c r="D323" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E323" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F323" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="324" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A324" s="27"/>
       <c r="B324" s="14">
         <v>232</v>
       </c>
       <c r="C324" s="15">
-        <v>318100</v>
-[...3 lines deleted...]
-      <c r="F324" s="15"/>
+        <v>324600</v>
+      </c>
+      <c r="D324" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E324" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F324" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="325" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A325" s="27"/>
       <c r="B325" s="14"/>
-      <c r="C325" s="15"/>
-[...2 lines deleted...]
-      <c r="F325" s="15"/>
+      <c r="C325" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D325" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E325" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F325" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="326" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A326" s="27"/>
       <c r="B326" s="14">
         <v>233</v>
       </c>
       <c r="C326" s="15">
-        <v>318400</v>
-[...3 lines deleted...]
-      <c r="F326" s="15"/>
+        <v>324900</v>
+      </c>
+      <c r="D326" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E326" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F326" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="327" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A327" s="27"/>
       <c r="B327" s="14">
         <v>234</v>
       </c>
       <c r="C327" s="15">
-        <v>318700</v>
-[...3 lines deleted...]
-      <c r="F327" s="15"/>
+        <v>325200</v>
+      </c>
+      <c r="D327" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E327" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F327" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="328" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A328" s="27"/>
       <c r="B328" s="14">
         <v>235</v>
       </c>
       <c r="C328" s="15">
-        <v>319000</v>
-[...3 lines deleted...]
-      <c r="F328" s="15"/>
+        <v>325500</v>
+      </c>
+      <c r="D328" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E328" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F328" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="329" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A329" s="27"/>
       <c r="B329" s="14">
         <v>236</v>
       </c>
       <c r="C329" s="15">
-        <v>319300</v>
-[...3 lines deleted...]
-      <c r="F329" s="15"/>
+        <v>325800</v>
+      </c>
+      <c r="D329" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E329" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F329" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="330" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A330" s="27"/>
       <c r="B330" s="14"/>
-      <c r="C330" s="15"/>
-[...2 lines deleted...]
-      <c r="F330" s="16"/>
+      <c r="C330" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D330" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E330" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F330" s="16" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="331" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A331" s="27"/>
       <c r="B331" s="14">
         <v>237</v>
       </c>
       <c r="C331" s="15">
-        <v>319600</v>
-[...3 lines deleted...]
-      <c r="F331" s="15"/>
+        <v>326100</v>
+      </c>
+      <c r="D331" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E331" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F331" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="332" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A332" s="27"/>
       <c r="B332" s="14">
         <v>238</v>
       </c>
       <c r="C332" s="15">
-        <v>319900</v>
-[...3 lines deleted...]
-      <c r="F332" s="15"/>
+        <v>326400</v>
+      </c>
+      <c r="D332" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E332" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F332" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="333" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A333" s="27"/>
       <c r="B333" s="14">
         <v>239</v>
       </c>
       <c r="C333" s="15">
-        <v>320200</v>
-[...3 lines deleted...]
-      <c r="F333" s="15"/>
+        <v>326700</v>
+      </c>
+      <c r="D333" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E333" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F333" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="334" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A334" s="27"/>
       <c r="B334" s="14">
         <v>240</v>
       </c>
       <c r="C334" s="15">
-        <v>320500</v>
-[...3 lines deleted...]
-      <c r="F334" s="15"/>
+        <v>327000</v>
+      </c>
+      <c r="D334" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E334" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F334" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="335" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A335" s="27"/>
       <c r="B335" s="14"/>
-      <c r="C335" s="15"/>
-[...2 lines deleted...]
-      <c r="F335" s="15"/>
+      <c r="C335" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D335" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E335" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F335" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="336" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A336" s="27"/>
       <c r="B336" s="14">
         <v>241</v>
       </c>
       <c r="C336" s="15">
-        <v>320800</v>
-[...3 lines deleted...]
-      <c r="F336" s="15"/>
+        <v>327300</v>
+      </c>
+      <c r="D336" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E336" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F336" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="337" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A337" s="27"/>
       <c r="B337" s="14">
         <v>242</v>
       </c>
       <c r="C337" s="15">
-        <v>321100</v>
-[...3 lines deleted...]
-      <c r="F337" s="15"/>
+        <v>327600</v>
+      </c>
+      <c r="D337" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E337" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F337" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="338" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A338" s="27"/>
       <c r="B338" s="14">
         <v>243</v>
       </c>
       <c r="C338" s="15">
-        <v>321400</v>
-[...3 lines deleted...]
-      <c r="F338" s="15"/>
+        <v>327900</v>
+      </c>
+      <c r="D338" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E338" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F338" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="339" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A339" s="27"/>
       <c r="B339" s="14">
         <v>244</v>
       </c>
       <c r="C339" s="15">
-        <v>321700</v>
-[...3 lines deleted...]
-      <c r="F339" s="15"/>
+        <v>328200</v>
+      </c>
+      <c r="D339" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E339" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F339" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="340" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A340" s="27"/>
       <c r="B340" s="14"/>
-      <c r="C340" s="15"/>
-[...2 lines deleted...]
-      <c r="F340" s="15"/>
+      <c r="C340" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D340" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E340" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F340" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="341" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A341" s="27"/>
       <c r="B341" s="14">
         <v>245</v>
       </c>
       <c r="C341" s="15">
-        <v>322000</v>
-[...3 lines deleted...]
-      <c r="F341" s="15"/>
+        <v>328500</v>
+      </c>
+      <c r="D341" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E341" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F341" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="342" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A342" s="27"/>
       <c r="B342" s="14">
         <v>246</v>
       </c>
       <c r="C342" s="15">
-        <v>322300</v>
-[...3 lines deleted...]
-      <c r="F342" s="15"/>
+        <v>328800</v>
+      </c>
+      <c r="D342" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E342" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F342" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="343" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A343" s="27"/>
       <c r="B343" s="14">
         <v>247</v>
       </c>
       <c r="C343" s="15">
-        <v>322600</v>
-[...3 lines deleted...]
-      <c r="F343" s="15"/>
+        <v>329100</v>
+      </c>
+      <c r="D343" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E343" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F343" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="344" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A344" s="27"/>
       <c r="B344" s="14">
         <v>248</v>
       </c>
       <c r="C344" s="15">
-        <v>322900</v>
-[...3 lines deleted...]
-      <c r="F344" s="15"/>
+        <v>329400</v>
+      </c>
+      <c r="D344" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E344" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F344" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="345" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A345" s="27"/>
       <c r="B345" s="14"/>
-      <c r="C345" s="15"/>
-[...2 lines deleted...]
-      <c r="F345" s="15"/>
+      <c r="C345" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D345" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E345" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F345" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="346" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A346" s="27"/>
       <c r="B346" s="14">
         <v>249</v>
       </c>
       <c r="C346" s="15">
-        <v>323200</v>
-[...3 lines deleted...]
-      <c r="F346" s="15"/>
+        <v>329700</v>
+      </c>
+      <c r="D346" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E346" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F346" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="347" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A347" s="27"/>
       <c r="B347" s="14">
         <v>250</v>
       </c>
       <c r="C347" s="15">
-        <v>323500</v>
-[...3 lines deleted...]
-      <c r="F347" s="15"/>
+        <v>330000</v>
+      </c>
+      <c r="D347" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E347" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F347" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="348" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A348" s="27"/>
       <c r="B348" s="14">
         <v>251</v>
       </c>
       <c r="C348" s="15">
-        <v>323800</v>
-[...3 lines deleted...]
-      <c r="F348" s="15"/>
+        <v>330300</v>
+      </c>
+      <c r="D348" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E348" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F348" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="349" spans="1:9" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A349" s="27"/>
       <c r="B349" s="14">
         <v>252</v>
       </c>
       <c r="C349" s="15">
-        <v>324100</v>
-[...3 lines deleted...]
-      <c r="F349" s="15"/>
+        <v>330600</v>
+      </c>
+      <c r="D349" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E349" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F349" s="15" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="350" spans="1:9" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A350" s="28"/>
       <c r="B350" s="17"/>
       <c r="C350" s="18"/>
       <c r="D350" s="18"/>
       <c r="E350" s="18"/>
       <c r="F350" s="18"/>
     </row>
     <row r="351" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A351" s="10"/>
       <c r="B351" s="8"/>
       <c r="C351" s="9"/>
       <c r="D351" s="9"/>
       <c r="E351" s="9"/>
       <c r="F351" s="9"/>
       <c r="G351" s="9"/>
       <c r="H351" s="9"/>
       <c r="I351" s="9"/>
     </row>
     <row r="352" spans="1:9" s="6" customFormat="1" ht="16.5" customHeight="1">
       <c r="A352" s="11"/>
       <c r="B352" s="8"/>
       <c r="C352" s="9"/>
       <c r="D352" s="9"/>
       <c r="E352" s="9"/>
       <c r="F352" s="9"/>
       <c r="G352" s="9"/>
       <c r="H352" s="9"/>
       <c r="I352" s="9"/>
     </row>
-    <row r="353" spans="1:6" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="353" spans="1:6" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A353" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B353" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C353" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D353" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E353" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F353" s="13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="354" spans="1:6" s="5" customFormat="1" ht="25.9" customHeight="1">
+    <row r="354" spans="1:6" s="5" customFormat="1" ht="25.95" customHeight="1">
       <c r="A354" s="36"/>
       <c r="B354" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C354" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D354" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E354" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F354" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:6" s="5" customFormat="1" ht="12" customHeight="1">
       <c r="A355" s="26" t="s">
         <v>13</v>
       </c>
       <c r="B355" s="19"/>
       <c r="C355" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D355" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E355" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F355" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="356" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A356" s="27"/>
       <c r="B356" s="14">
         <v>253</v>
       </c>
       <c r="C356" s="15">
-        <v>324400</v>
-[...3 lines deleted...]
-      <c r="F356" s="19"/>
+        <v>330900</v>
+      </c>
+      <c r="D356" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E356" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F356" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="357" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A357" s="27"/>
       <c r="B357" s="14">
         <v>254</v>
       </c>
       <c r="C357" s="15">
-        <v>324700</v>
-[...3 lines deleted...]
-      <c r="F357" s="19"/>
+        <v>331200</v>
+      </c>
+      <c r="D357" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E357" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F357" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="358" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A358" s="27"/>
       <c r="B358" s="14">
         <v>255</v>
       </c>
       <c r="C358" s="15">
-        <v>325000</v>
-[...3 lines deleted...]
-      <c r="F358" s="19"/>
+        <v>331500</v>
+      </c>
+      <c r="D358" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E358" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F358" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="359" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A359" s="27"/>
       <c r="B359" s="14">
         <v>256</v>
       </c>
       <c r="C359" s="15">
-        <v>325300</v>
-[...3 lines deleted...]
-      <c r="F359" s="19"/>
+        <v>331800</v>
+      </c>
+      <c r="D359" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E359" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F359" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="360" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A360" s="27"/>
       <c r="B360" s="14"/>
-      <c r="C360" s="15"/>
-[...2 lines deleted...]
-      <c r="F360" s="19"/>
+      <c r="C360" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D360" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E360" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F360" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="361" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A361" s="27"/>
       <c r="B361" s="14">
         <v>257</v>
       </c>
       <c r="C361" s="15">
-        <v>325600</v>
-[...3 lines deleted...]
-      <c r="F361" s="19"/>
+        <v>332100</v>
+      </c>
+      <c r="D361" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E361" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F361" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="362" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A362" s="27"/>
       <c r="B362" s="14">
         <v>258</v>
       </c>
       <c r="C362" s="15">
-        <v>325900</v>
-[...3 lines deleted...]
-      <c r="F362" s="19"/>
+        <v>332400</v>
+      </c>
+      <c r="D362" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E362" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F362" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="363" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A363" s="27"/>
       <c r="B363" s="14">
         <v>259</v>
       </c>
       <c r="C363" s="15">
-        <v>326200</v>
-[...3 lines deleted...]
-      <c r="F363" s="19"/>
+        <v>332700</v>
+      </c>
+      <c r="D363" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E363" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F363" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="364" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A364" s="27"/>
       <c r="B364" s="14">
         <v>260</v>
       </c>
       <c r="C364" s="15">
-        <v>326500</v>
-[...3 lines deleted...]
-      <c r="F364" s="19"/>
+        <v>333000</v>
+      </c>
+      <c r="D364" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E364" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F364" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="365" spans="1:6" s="5" customFormat="1" ht="9.75" customHeight="1">
       <c r="A365" s="27"/>
       <c r="B365" s="14"/>
-      <c r="C365" s="15"/>
-[...2 lines deleted...]
-      <c r="F365" s="19"/>
+      <c r="C365" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D365" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E365" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F365" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="366" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A366" s="27"/>
       <c r="B366" s="14">
         <v>261</v>
       </c>
       <c r="C366" s="15">
-        <v>326800</v>
-[...3 lines deleted...]
-      <c r="F366" s="19"/>
+        <v>333300</v>
+      </c>
+      <c r="D366" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E366" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F366" s="19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="367" spans="1:6" s="5" customFormat="1" ht="19.5" customHeight="1">
       <c r="A367" s="28"/>
       <c r="B367" s="14"/>
       <c r="C367" s="15"/>
       <c r="D367" s="21"/>
       <c r="E367" s="15"/>
       <c r="F367" s="19"/>
     </row>
     <row r="368" spans="1:6" s="5" customFormat="1" ht="12">
       <c r="A368" s="29" t="s">
         <v>16</v>
       </c>
       <c r="B368" s="32"/>
       <c r="C368" s="23" t="s">
         <v>14</v>
       </c>
       <c r="D368" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="23" t="s">
         <v>14</v>
       </c>
       <c r="F368" s="23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="369" spans="1:7" s="5" customFormat="1" ht="12">
       <c r="A369" s="30"/>
       <c r="B369" s="33"/>
       <c r="C369" s="25" t="s">
         <v>15</v>
       </c>
       <c r="D369" s="25" t="s">
         <v>15</v>
       </c>
       <c r="E369" s="25" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="25" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="370" spans="1:7" s="5" customFormat="1" ht="61.15" customHeight="1">
+    <row r="370" spans="1:7" s="5" customFormat="1" ht="61.2" customHeight="1">
       <c r="A370" s="31"/>
       <c r="B370" s="34"/>
       <c r="C370" s="24">
-        <v>211500</v>
+        <v>219300</v>
       </c>
       <c r="D370" s="24">
-        <v>226000</v>
+        <v>234400</v>
       </c>
       <c r="E370" s="24">
-        <v>246500</v>
+        <v>255600</v>
       </c>
       <c r="F370" s="24">
-        <v>278400</v>
+        <v>288700</v>
       </c>
       <c r="G370" s="7"/>
     </row>
-    <row r="371" spans="1:7" ht="16.899999999999999" customHeight="1">
+    <row r="371" spans="1:7" ht="16.95" customHeight="1">
       <c r="A371" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="372" spans="1:7" ht="16.899999999999999" customHeight="1">
+    <row r="372" spans="1:7" ht="16.95" customHeight="1">
       <c r="A372" s="3" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="A105:A150"/>
     <mergeCell ref="A155:A200"/>
     <mergeCell ref="A205:A250"/>
     <mergeCell ref="A253:A254"/>
     <mergeCell ref="A303:A304"/>
     <mergeCell ref="A255:A300"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A5:A50"/>
     <mergeCell ref="A53:A54"/>
     <mergeCell ref="A103:A104"/>
     <mergeCell ref="A55:A100"/>
     <mergeCell ref="A355:A367"/>
     <mergeCell ref="A368:A370"/>
     <mergeCell ref="B368:B370"/>
     <mergeCell ref="A153:A154"/>
     <mergeCell ref="A203:A204"/>
     <mergeCell ref="A353:A354"/>
     <mergeCell ref="A305:A350"/>
   </mergeCells>