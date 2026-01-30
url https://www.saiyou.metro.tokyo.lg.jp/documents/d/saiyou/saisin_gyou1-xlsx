--- v0 (2025-11-07)
+++ v1 (2026-01-30)
@@ -1,63 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD432EE7-D053-4438-AC81-7BD810569866}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8453C694-C589-47DE-A108-9F329409579A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4455" yWindow="-16320" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">sheet1!$A$1:$G$232</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">sheet1!$A$1:$G$233</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="21">
   <si>
     <t xml:space="preserve">行政職給料表(一) </t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>職員
 の区
 分</t>
     <rPh sb="0" eb="2">
       <t>ショクイン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ク</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ブン</t>
     </rPh>
     <phoneticPr fontId="7"/>
@@ -177,59 +188,59 @@
   </si>
   <si>
     <t>備考１　この表は、他の給料表の適用を受けない全ての職員に適用する。</t>
     <rPh sb="22" eb="23">
       <t>スベ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>　　２　１級の17号給を受ける職員のうち、新たにこの表の適用を受けることとなった職員で人事委員会規則で定めるものの給料</t>
     <rPh sb="43" eb="45">
       <t>ジンジ</t>
     </rPh>
     <rPh sb="45" eb="48">
       <t>イインカイ</t>
     </rPh>
     <rPh sb="48" eb="50">
       <t>キソク</t>
     </rPh>
     <rPh sb="57" eb="59">
       <t>キュウリョウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t xml:space="preserve">      月額は、この表の額にかかわらず、199,700円とする。</t>
+    <t xml:space="preserve"> </t>
+    <phoneticPr fontId="7"/>
+  </si>
+  <si>
+    <t xml:space="preserve">      月額は、この表の額にかかわらず、213,800円とする。</t>
     <rPh sb="6" eb="8">
       <t>ゲツガク</t>
     </rPh>
     <phoneticPr fontId="4"/>
-  </si>
-[...2 lines deleted...]
-    <phoneticPr fontId="7"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="10">
     <font>
       <sz val="11"/>
       <name val="明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="ＭＳ ゴシック"/>
@@ -335,52 +346,55 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -395,61 +409,61 @@
     <xf numFmtId="176" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_❤H14医(一)給料表：印刷原稿" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="標準_コピー ～ 平成17年　行（一）試作給料表：00(J)" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -707,3963 +721,3966 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I233"/>
+  <dimension ref="A1:I234"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="16.899999999999999" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="8.875" style="1"/>
+    <col min="1" max="1" width="4.6640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="8.88671875" style="2" customWidth="1"/>
+    <col min="3" max="7" width="18.77734375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.75" customHeight="1">
-      <c r="B1" s="2" t="s">
+    <row r="1" spans="1:8" ht="30" customHeight="1">
+      <c r="A1" s="1"/>
+    </row>
+    <row r="2" spans="1:8" ht="15.75" customHeight="1">
+      <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="15.75" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A3" s="23" t="s">
+    <row r="3" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="4" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A4" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="5"/>
-[...3 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="H4" s="6"/>
+    </row>
+    <row r="5" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A5" s="27"/>
+      <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D5" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="E5" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="F5" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H4" s="5"/>
-[...2 lines deleted...]
-      <c r="A5" s="24" t="s">
+      <c r="H5" s="6"/>
+    </row>
+    <row r="6" spans="1:8" ht="14.25" customHeight="1">
+      <c r="A6" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B5" s="6"/>
-      <c r="C5" s="7" t="s">
+      <c r="B6" s="7"/>
+      <c r="C6" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="D6" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="E6" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="F6" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="7" t="s">
+      <c r="G6" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H5" s="8"/>
-[...3 lines deleted...]
-      <c r="B6" s="9">
+      <c r="H6" s="9"/>
+    </row>
+    <row r="7" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A7" s="25"/>
+      <c r="B7" s="10">
         <v>1</v>
       </c>
-      <c r="C6" s="10">
-[...18 lines deleted...]
-      <c r="B7" s="9">
+      <c r="C7" s="11">
+        <v>196400</v>
+      </c>
+      <c r="D7" s="11">
+        <v>251600</v>
+      </c>
+      <c r="E7" s="11">
+        <v>272700</v>
+      </c>
+      <c r="F7" s="11">
+        <v>325100</v>
+      </c>
+      <c r="G7" s="11">
+        <v>526200</v>
+      </c>
+      <c r="H7" s="12"/>
+    </row>
+    <row r="8" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A8" s="25"/>
+      <c r="B8" s="10">
         <v>2</v>
       </c>
-      <c r="C7" s="10">
-[...8 lines deleted...]
-      <c r="F7" s="10">
+      <c r="C8" s="11">
+        <v>197300</v>
+      </c>
+      <c r="D8" s="11">
+        <v>252700</v>
+      </c>
+      <c r="E8" s="11">
+        <v>274000</v>
+      </c>
+      <c r="F8" s="11">
+        <v>327100</v>
+      </c>
+      <c r="G8" s="11">
+        <v>542400</v>
+      </c>
+      <c r="H8" s="12"/>
+    </row>
+    <row r="9" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A9" s="25"/>
+      <c r="B9" s="10">
+        <v>3</v>
+      </c>
+      <c r="C9" s="11">
+        <v>198300</v>
+      </c>
+      <c r="D9" s="11">
+        <v>253800</v>
+      </c>
+      <c r="E9" s="11">
+        <v>275300</v>
+      </c>
+      <c r="F9" s="11">
+        <v>329100</v>
+      </c>
+      <c r="G9" s="11">
+        <v>551900</v>
+      </c>
+      <c r="H9" s="12"/>
+    </row>
+    <row r="10" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A10" s="25"/>
+      <c r="B10" s="10">
+        <v>4</v>
+      </c>
+      <c r="C10" s="11">
+        <v>199300</v>
+      </c>
+      <c r="D10" s="11">
+        <v>254900</v>
+      </c>
+      <c r="E10" s="11">
+        <v>276600</v>
+      </c>
+      <c r="F10" s="11">
+        <v>331000</v>
+      </c>
+      <c r="G10" s="11">
+        <v>561400</v>
+      </c>
+      <c r="H10" s="12"/>
+    </row>
+    <row r="11" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A11" s="25"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="11"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="12"/>
+    </row>
+    <row r="12" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A12" s="25"/>
+      <c r="B12" s="10">
+        <v>5</v>
+      </c>
+      <c r="C12" s="11">
+        <v>200300</v>
+      </c>
+      <c r="D12" s="11">
+        <v>256000</v>
+      </c>
+      <c r="E12" s="11">
+        <v>278000</v>
+      </c>
+      <c r="F12" s="11">
+        <v>332900</v>
+      </c>
+      <c r="G12" s="11"/>
+      <c r="H12" s="12"/>
+    </row>
+    <row r="13" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A13" s="25"/>
+      <c r="B13" s="10">
+        <v>6</v>
+      </c>
+      <c r="C13" s="11">
+        <v>201400</v>
+      </c>
+      <c r="D13" s="11">
+        <v>257100</v>
+      </c>
+      <c r="E13" s="11">
+        <v>279300</v>
+      </c>
+      <c r="F13" s="11">
+        <v>334800</v>
+      </c>
+      <c r="G13" s="11"/>
+      <c r="H13" s="12"/>
+    </row>
+    <row r="14" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A14" s="25"/>
+      <c r="B14" s="10">
+        <v>7</v>
+      </c>
+      <c r="C14" s="11">
+        <v>202600</v>
+      </c>
+      <c r="D14" s="11">
+        <v>258200</v>
+      </c>
+      <c r="E14" s="11">
+        <v>280600</v>
+      </c>
+      <c r="F14" s="11">
+        <v>336900</v>
+      </c>
+      <c r="G14" s="11"/>
+      <c r="H14" s="12"/>
+    </row>
+    <row r="15" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A15" s="25"/>
+      <c r="B15" s="10">
+        <v>8</v>
+      </c>
+      <c r="C15" s="11">
+        <v>203800</v>
+      </c>
+      <c r="D15" s="11">
+        <v>259300</v>
+      </c>
+      <c r="E15" s="11">
+        <v>281900</v>
+      </c>
+      <c r="F15" s="11">
+        <v>338900</v>
+      </c>
+      <c r="G15" s="11"/>
+      <c r="H15" s="12"/>
+    </row>
+    <row r="16" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A16" s="25"/>
+      <c r="B16" s="10"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="12"/>
+    </row>
+    <row r="17" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A17" s="25"/>
+      <c r="B17" s="10">
+        <v>9</v>
+      </c>
+      <c r="C17" s="11">
+        <v>205000</v>
+      </c>
+      <c r="D17" s="11">
+        <v>260400</v>
+      </c>
+      <c r="E17" s="11">
+        <v>283300</v>
+      </c>
+      <c r="F17" s="11">
+        <v>340800</v>
+      </c>
+      <c r="G17" s="11"/>
+      <c r="H17" s="12"/>
+    </row>
+    <row r="18" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A18" s="25"/>
+      <c r="B18" s="10">
+        <v>10</v>
+      </c>
+      <c r="C18" s="11">
+        <v>206200</v>
+      </c>
+      <c r="D18" s="11">
+        <v>261500</v>
+      </c>
+      <c r="E18" s="11">
+        <v>284600</v>
+      </c>
+      <c r="F18" s="11">
+        <v>342800</v>
+      </c>
+      <c r="G18" s="11"/>
+      <c r="H18" s="12"/>
+    </row>
+    <row r="19" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A19" s="25"/>
+      <c r="B19" s="10">
+        <v>11</v>
+      </c>
+      <c r="C19" s="11">
+        <v>207400</v>
+      </c>
+      <c r="D19" s="11">
+        <v>262600</v>
+      </c>
+      <c r="E19" s="11">
+        <v>286000</v>
+      </c>
+      <c r="F19" s="11">
+        <v>344800</v>
+      </c>
+      <c r="G19" s="11"/>
+      <c r="H19" s="12"/>
+    </row>
+    <row r="20" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A20" s="25"/>
+      <c r="B20" s="10">
+        <v>12</v>
+      </c>
+      <c r="C20" s="11">
+        <v>208800</v>
+      </c>
+      <c r="D20" s="11">
+        <v>263800</v>
+      </c>
+      <c r="E20" s="11">
+        <v>287500</v>
+      </c>
+      <c r="F20" s="11">
+        <v>346800</v>
+      </c>
+      <c r="G20" s="11"/>
+      <c r="H20" s="12"/>
+    </row>
+    <row r="21" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A21" s="25"/>
+      <c r="B21" s="10"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="12"/>
+    </row>
+    <row r="22" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A22" s="25"/>
+      <c r="B22" s="10">
+        <v>13</v>
+      </c>
+      <c r="C22" s="11">
+        <v>210200</v>
+      </c>
+      <c r="D22" s="11">
+        <v>265000</v>
+      </c>
+      <c r="E22" s="11">
+        <v>289000</v>
+      </c>
+      <c r="F22" s="11">
+        <v>348800</v>
+      </c>
+      <c r="G22" s="11"/>
+      <c r="H22" s="12"/>
+    </row>
+    <row r="23" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A23" s="25"/>
+      <c r="B23" s="10">
+        <v>14</v>
+      </c>
+      <c r="C23" s="11">
+        <v>211600</v>
+      </c>
+      <c r="D23" s="11">
+        <v>266200</v>
+      </c>
+      <c r="E23" s="11">
+        <v>290600</v>
+      </c>
+      <c r="F23" s="11">
+        <v>350900</v>
+      </c>
+      <c r="G23" s="11"/>
+      <c r="H23" s="12"/>
+    </row>
+    <row r="24" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A24" s="25"/>
+      <c r="B24" s="10">
+        <v>15</v>
+      </c>
+      <c r="C24" s="11">
+        <v>213100</v>
+      </c>
+      <c r="D24" s="11">
+        <v>267300</v>
+      </c>
+      <c r="E24" s="11">
+        <v>292200</v>
+      </c>
+      <c r="F24" s="11">
+        <v>353000</v>
+      </c>
+      <c r="G24" s="11"/>
+      <c r="H24" s="12"/>
+    </row>
+    <row r="25" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A25" s="25"/>
+      <c r="B25" s="10">
+        <v>16</v>
+      </c>
+      <c r="C25" s="11">
+        <v>214600</v>
+      </c>
+      <c r="D25" s="11">
+        <v>268600</v>
+      </c>
+      <c r="E25" s="11">
+        <v>293800</v>
+      </c>
+      <c r="F25" s="11">
+        <v>355000</v>
+      </c>
+      <c r="G25" s="11"/>
+      <c r="H25" s="12"/>
+    </row>
+    <row r="26" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A26" s="25"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="11"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="11"/>
+      <c r="F26" s="11"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="12"/>
+    </row>
+    <row r="27" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A27" s="25"/>
+      <c r="B27" s="10">
+        <v>17</v>
+      </c>
+      <c r="C27" s="11">
+        <v>216200</v>
+      </c>
+      <c r="D27" s="11">
+        <v>270000</v>
+      </c>
+      <c r="E27" s="11">
+        <v>295500</v>
+      </c>
+      <c r="F27" s="11">
+        <v>357100</v>
+      </c>
+      <c r="G27" s="11"/>
+      <c r="H27" s="12"/>
+    </row>
+    <row r="28" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A28" s="25"/>
+      <c r="B28" s="10">
+        <v>18</v>
+      </c>
+      <c r="C28" s="11">
+        <v>218500</v>
+      </c>
+      <c r="D28" s="11">
+        <v>271300</v>
+      </c>
+      <c r="E28" s="11">
+        <v>297400</v>
+      </c>
+      <c r="F28" s="11">
+        <v>359200</v>
+      </c>
+      <c r="G28" s="11"/>
+      <c r="H28" s="12"/>
+    </row>
+    <row r="29" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A29" s="25"/>
+      <c r="B29" s="10">
+        <v>19</v>
+      </c>
+      <c r="C29" s="11">
+        <v>220800</v>
+      </c>
+      <c r="D29" s="11">
+        <v>272400</v>
+      </c>
+      <c r="E29" s="11">
+        <v>299200</v>
+      </c>
+      <c r="F29" s="11">
+        <v>361400</v>
+      </c>
+      <c r="G29" s="11"/>
+      <c r="H29" s="12"/>
+    </row>
+    <row r="30" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A30" s="25"/>
+      <c r="B30" s="10">
+        <v>20</v>
+      </c>
+      <c r="C30" s="11">
+        <v>223200</v>
+      </c>
+      <c r="D30" s="11">
+        <v>273700</v>
+      </c>
+      <c r="E30" s="11">
+        <v>301100</v>
+      </c>
+      <c r="F30" s="11">
+        <v>363600</v>
+      </c>
+      <c r="G30" s="11"/>
+      <c r="H30" s="12"/>
+    </row>
+    <row r="31" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A31" s="25"/>
+      <c r="B31" s="10"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="12"/>
+    </row>
+    <row r="32" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A32" s="25"/>
+      <c r="B32" s="10">
+        <v>21</v>
+      </c>
+      <c r="C32" s="11">
+        <v>225600</v>
+      </c>
+      <c r="D32" s="11">
+        <v>275100</v>
+      </c>
+      <c r="E32" s="11">
+        <v>302900</v>
+      </c>
+      <c r="F32" s="11">
+        <v>365800</v>
+      </c>
+      <c r="G32" s="11"/>
+      <c r="H32" s="12"/>
+    </row>
+    <row r="33" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A33" s="25"/>
+      <c r="B33" s="10">
+        <v>22</v>
+      </c>
+      <c r="C33" s="11">
+        <v>227600</v>
+      </c>
+      <c r="D33" s="11">
+        <v>276400</v>
+      </c>
+      <c r="E33" s="11">
+        <v>304800</v>
+      </c>
+      <c r="F33" s="11">
+        <v>368300</v>
+      </c>
+      <c r="G33" s="11"/>
+      <c r="H33" s="12"/>
+    </row>
+    <row r="34" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A34" s="25"/>
+      <c r="B34" s="10">
+        <v>23</v>
+      </c>
+      <c r="C34" s="11">
+        <v>229600</v>
+      </c>
+      <c r="D34" s="11">
+        <v>277600</v>
+      </c>
+      <c r="E34" s="11">
+        <v>306700</v>
+      </c>
+      <c r="F34" s="11">
+        <v>370800</v>
+      </c>
+      <c r="G34" s="11"/>
+      <c r="H34" s="12"/>
+    </row>
+    <row r="35" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A35" s="25"/>
+      <c r="B35" s="10">
+        <v>24</v>
+      </c>
+      <c r="C35" s="11">
+        <v>231600</v>
+      </c>
+      <c r="D35" s="11">
+        <v>278900</v>
+      </c>
+      <c r="E35" s="11">
+        <v>308500</v>
+      </c>
+      <c r="F35" s="11">
+        <v>373300</v>
+      </c>
+      <c r="G35" s="11"/>
+      <c r="H35" s="12"/>
+    </row>
+    <row r="36" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A36" s="25"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="11"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="11"/>
+      <c r="G36" s="11"/>
+      <c r="H36" s="12"/>
+    </row>
+    <row r="37" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A37" s="25"/>
+      <c r="B37" s="10">
+        <v>25</v>
+      </c>
+      <c r="C37" s="11">
+        <v>233600</v>
+      </c>
+      <c r="D37" s="11">
+        <v>280300</v>
+      </c>
+      <c r="E37" s="11">
+        <v>310300</v>
+      </c>
+      <c r="F37" s="11">
+        <v>375800</v>
+      </c>
+      <c r="G37" s="11"/>
+      <c r="H37" s="12"/>
+    </row>
+    <row r="38" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A38" s="25"/>
+      <c r="B38" s="10">
+        <v>26</v>
+      </c>
+      <c r="C38" s="11">
+        <v>235700</v>
+      </c>
+      <c r="D38" s="11">
+        <v>281800</v>
+      </c>
+      <c r="E38" s="11">
+        <v>312200</v>
+      </c>
+      <c r="F38" s="11">
+        <v>378300</v>
+      </c>
+      <c r="G38" s="11"/>
+      <c r="H38" s="12"/>
+    </row>
+    <row r="39" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A39" s="25"/>
+      <c r="B39" s="10">
+        <v>27</v>
+      </c>
+      <c r="C39" s="11">
+        <v>237800</v>
+      </c>
+      <c r="D39" s="11">
+        <v>283200</v>
+      </c>
+      <c r="E39" s="11">
+        <v>314100</v>
+      </c>
+      <c r="F39" s="11">
+        <v>380800</v>
+      </c>
+      <c r="G39" s="11"/>
+      <c r="H39" s="12"/>
+    </row>
+    <row r="40" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A40" s="25"/>
+      <c r="B40" s="10">
+        <v>28</v>
+      </c>
+      <c r="C40" s="11">
+        <v>239900</v>
+      </c>
+      <c r="D40" s="11">
+        <v>284600</v>
+      </c>
+      <c r="E40" s="11">
+        <v>315900</v>
+      </c>
+      <c r="F40" s="11">
+        <v>383600</v>
+      </c>
+      <c r="G40" s="11"/>
+      <c r="H40" s="12"/>
+    </row>
+    <row r="41" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A41" s="25"/>
+      <c r="B41" s="10"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="12"/>
+    </row>
+    <row r="42" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A42" s="25"/>
+      <c r="B42" s="10">
+        <v>29</v>
+      </c>
+      <c r="C42" s="11">
+        <v>242000</v>
+      </c>
+      <c r="D42" s="11">
+        <v>286100</v>
+      </c>
+      <c r="E42" s="11">
+        <v>317700</v>
+      </c>
+      <c r="F42" s="11">
+        <v>386300</v>
+      </c>
+      <c r="G42" s="11"/>
+      <c r="H42" s="12"/>
+    </row>
+    <row r="43" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A43" s="25"/>
+      <c r="B43" s="10">
+        <v>30</v>
+      </c>
+      <c r="C43" s="11">
+        <v>243200</v>
+      </c>
+      <c r="D43" s="11">
+        <v>288000</v>
+      </c>
+      <c r="E43" s="11">
+        <v>319600</v>
+      </c>
+      <c r="F43" s="11">
+        <v>389300</v>
+      </c>
+      <c r="G43" s="11"/>
+      <c r="H43" s="12"/>
+    </row>
+    <row r="44" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A44" s="25"/>
+      <c r="B44" s="10">
+        <v>31</v>
+      </c>
+      <c r="C44" s="11">
+        <v>244500</v>
+      </c>
+      <c r="D44" s="11">
+        <v>289800</v>
+      </c>
+      <c r="E44" s="11">
+        <v>321500</v>
+      </c>
+      <c r="F44" s="11">
+        <v>392200</v>
+      </c>
+      <c r="G44" s="11"/>
+      <c r="H44" s="12"/>
+    </row>
+    <row r="45" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A45" s="25"/>
+      <c r="B45" s="10">
+        <v>32</v>
+      </c>
+      <c r="C45" s="11">
+        <v>245800</v>
+      </c>
+      <c r="D45" s="11">
+        <v>291700</v>
+      </c>
+      <c r="E45" s="11">
+        <v>323300</v>
+      </c>
+      <c r="F45" s="11">
+        <v>395100</v>
+      </c>
+      <c r="G45" s="11"/>
+      <c r="H45" s="12"/>
+    </row>
+    <row r="46" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A46" s="25"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="12"/>
+    </row>
+    <row r="47" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A47" s="25"/>
+      <c r="B47" s="10">
+        <v>33</v>
+      </c>
+      <c r="C47" s="11">
+        <v>247300</v>
+      </c>
+      <c r="D47" s="11">
+        <v>293500</v>
+      </c>
+      <c r="E47" s="11">
+        <v>325100</v>
+      </c>
+      <c r="F47" s="11">
+        <v>398100</v>
+      </c>
+      <c r="G47" s="11"/>
+      <c r="H47" s="12"/>
+    </row>
+    <row r="48" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A48" s="25"/>
+      <c r="B48" s="10">
+        <v>34</v>
+      </c>
+      <c r="C48" s="11">
+        <v>248300</v>
+      </c>
+      <c r="D48" s="11">
+        <v>295000</v>
+      </c>
+      <c r="E48" s="11">
+        <v>326900</v>
+      </c>
+      <c r="F48" s="11">
+        <v>400900</v>
+      </c>
+      <c r="G48" s="11"/>
+      <c r="H48" s="12"/>
+    </row>
+    <row r="49" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A49" s="25"/>
+      <c r="B49" s="10">
+        <v>35</v>
+      </c>
+      <c r="C49" s="11">
+        <v>249300</v>
+      </c>
+      <c r="D49" s="11">
+        <v>296500</v>
+      </c>
+      <c r="E49" s="11">
+        <v>328900</v>
+      </c>
+      <c r="F49" s="11">
+        <v>403600</v>
+      </c>
+      <c r="G49" s="11"/>
+      <c r="H49" s="12"/>
+    </row>
+    <row r="50" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A50" s="25"/>
+      <c r="B50" s="10">
+        <v>36</v>
+      </c>
+      <c r="C50" s="11">
+        <v>250300</v>
+      </c>
+      <c r="D50" s="11">
+        <v>297900</v>
+      </c>
+      <c r="E50" s="11">
+        <v>330800</v>
+      </c>
+      <c r="F50" s="11">
+        <v>406300</v>
+      </c>
+      <c r="G50" s="11"/>
+      <c r="H50" s="12"/>
+    </row>
+    <row r="51" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A51" s="26"/>
+      <c r="B51" s="14"/>
+      <c r="C51" s="15"/>
+      <c r="D51" s="15"/>
+      <c r="E51" s="15"/>
+      <c r="F51" s="15"/>
+      <c r="G51" s="15"/>
+      <c r="H51" s="12"/>
+    </row>
+    <row r="52" spans="1:8" s="13" customFormat="1" ht="30" customHeight="1">
+      <c r="A52" s="16"/>
+      <c r="B52" s="6"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+    </row>
+    <row r="53" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B53" s="17"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+    </row>
+    <row r="54" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B54" s="6"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+    </row>
+    <row r="55" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A55" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="H55" s="6"/>
+    </row>
+    <row r="56" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A56" s="27"/>
+      <c r="B56" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="H56" s="6"/>
+    </row>
+    <row r="57" spans="1:8" ht="14.25" customHeight="1">
+      <c r="A57" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B57" s="7"/>
+      <c r="C57" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H57" s="9"/>
+    </row>
+    <row r="58" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A58" s="25"/>
+      <c r="B58" s="10">
+        <v>37</v>
+      </c>
+      <c r="C58" s="11">
+        <v>251300</v>
+      </c>
+      <c r="D58" s="11">
+        <v>299100</v>
+      </c>
+      <c r="E58" s="11">
+        <v>332600</v>
+      </c>
+      <c r="F58" s="11">
+        <v>408800</v>
+      </c>
+      <c r="G58" s="11"/>
+      <c r="H58" s="12"/>
+    </row>
+    <row r="59" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A59" s="25"/>
+      <c r="B59" s="10">
+        <v>38</v>
+      </c>
+      <c r="C59" s="11">
+        <v>252200</v>
+      </c>
+      <c r="D59" s="11">
+        <v>300300</v>
+      </c>
+      <c r="E59" s="11">
+        <v>334500</v>
+      </c>
+      <c r="F59" s="11">
+        <v>411300</v>
+      </c>
+      <c r="G59" s="11"/>
+      <c r="H59" s="12"/>
+    </row>
+    <row r="60" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A60" s="25"/>
+      <c r="B60" s="10">
+        <v>39</v>
+      </c>
+      <c r="C60" s="11">
+        <v>253200</v>
+      </c>
+      <c r="D60" s="11">
+        <v>301500</v>
+      </c>
+      <c r="E60" s="11">
+        <v>336300</v>
+      </c>
+      <c r="F60" s="11">
+        <v>413600</v>
+      </c>
+      <c r="G60" s="11"/>
+      <c r="H60" s="12"/>
+    </row>
+    <row r="61" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A61" s="25"/>
+      <c r="B61" s="10">
+        <v>40</v>
+      </c>
+      <c r="C61" s="11">
+        <v>254200</v>
+      </c>
+      <c r="D61" s="11">
+        <v>302800</v>
+      </c>
+      <c r="E61" s="11">
+        <v>338200</v>
+      </c>
+      <c r="F61" s="11">
+        <v>416000</v>
+      </c>
+      <c r="G61" s="11"/>
+      <c r="H61" s="12"/>
+    </row>
+    <row r="62" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A62" s="25"/>
+      <c r="B62" s="10"/>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="11"/>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="12"/>
+    </row>
+    <row r="63" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A63" s="25"/>
+      <c r="B63" s="10">
+        <v>41</v>
+      </c>
+      <c r="C63" s="11">
+        <v>255200</v>
+      </c>
+      <c r="D63" s="11">
+        <v>304100</v>
+      </c>
+      <c r="E63" s="11">
+        <v>340100</v>
+      </c>
+      <c r="F63" s="11">
+        <v>418400</v>
+      </c>
+      <c r="G63" s="11"/>
+      <c r="H63" s="12"/>
+    </row>
+    <row r="64" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A64" s="25"/>
+      <c r="B64" s="10">
+        <v>42</v>
+      </c>
+      <c r="C64" s="11">
+        <v>256100</v>
+      </c>
+      <c r="D64" s="11">
         <v>305400</v>
       </c>
-      <c r="G7" s="10">
-[...402 lines deleted...]
-      <c r="F29" s="10">
+      <c r="E64" s="11">
         <v>341900</v>
       </c>
-      <c r="G29" s="10"/>
-[...60 lines deleted...]
-      <c r="D33" s="10">
+      <c r="F64" s="11">
+        <v>420700</v>
+      </c>
+      <c r="G64" s="11"/>
+      <c r="H64" s="12"/>
+    </row>
+    <row r="65" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A65" s="25"/>
+      <c r="B65" s="10">
+        <v>43</v>
+      </c>
+      <c r="C65" s="11">
+        <v>257100</v>
+      </c>
+      <c r="D65" s="11">
+        <v>306600</v>
+      </c>
+      <c r="E65" s="11">
+        <v>343800</v>
+      </c>
+      <c r="F65" s="11">
+        <v>423000</v>
+      </c>
+      <c r="G65" s="11"/>
+      <c r="H65" s="12"/>
+    </row>
+    <row r="66" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A66" s="25"/>
+      <c r="B66" s="10">
+        <v>44</v>
+      </c>
+      <c r="C66" s="11">
+        <v>258100</v>
+      </c>
+      <c r="D66" s="11">
+        <v>307700</v>
+      </c>
+      <c r="E66" s="11">
+        <v>345700</v>
+      </c>
+      <c r="F66" s="11">
+        <v>425300</v>
+      </c>
+      <c r="G66" s="11"/>
+      <c r="H66" s="12"/>
+    </row>
+    <row r="67" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A67" s="25"/>
+      <c r="B67" s="10"/>
+      <c r="C67" s="11"/>
+      <c r="D67" s="11"/>
+      <c r="E67" s="11"/>
+      <c r="F67" s="11"/>
+      <c r="G67" s="11"/>
+      <c r="H67" s="12"/>
+    </row>
+    <row r="68" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A68" s="25"/>
+      <c r="B68" s="10">
+        <v>45</v>
+      </c>
+      <c r="C68" s="11">
+        <v>259100</v>
+      </c>
+      <c r="D68" s="11">
+        <v>308900</v>
+      </c>
+      <c r="E68" s="11">
+        <v>347600</v>
+      </c>
+      <c r="F68" s="11">
+        <v>427700</v>
+      </c>
+      <c r="G68" s="11"/>
+      <c r="H68" s="12"/>
+    </row>
+    <row r="69" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A69" s="25"/>
+      <c r="B69" s="10">
+        <v>46</v>
+      </c>
+      <c r="C69" s="11">
+        <v>260000</v>
+      </c>
+      <c r="D69" s="11">
+        <v>310100</v>
+      </c>
+      <c r="E69" s="11">
+        <v>349500</v>
+      </c>
+      <c r="F69" s="11">
+        <v>430000</v>
+      </c>
+      <c r="G69" s="11"/>
+      <c r="H69" s="12"/>
+    </row>
+    <row r="70" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A70" s="25"/>
+      <c r="B70" s="10">
+        <v>47</v>
+      </c>
+      <c r="C70" s="11">
+        <v>261000</v>
+      </c>
+      <c r="D70" s="11">
+        <v>311300</v>
+      </c>
+      <c r="E70" s="11">
+        <v>351400</v>
+      </c>
+      <c r="F70" s="11">
+        <v>432200</v>
+      </c>
+      <c r="G70" s="11"/>
+      <c r="H70" s="12"/>
+    </row>
+    <row r="71" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A71" s="25"/>
+      <c r="B71" s="10">
+        <v>48</v>
+      </c>
+      <c r="C71" s="11">
+        <v>262000</v>
+      </c>
+      <c r="D71" s="11">
+        <v>312500</v>
+      </c>
+      <c r="E71" s="11">
+        <v>353300</v>
+      </c>
+      <c r="F71" s="11">
+        <v>434400</v>
+      </c>
+      <c r="G71" s="11"/>
+      <c r="H71" s="12"/>
+    </row>
+    <row r="72" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A72" s="25"/>
+      <c r="B72" s="10"/>
+      <c r="C72" s="11"/>
+      <c r="D72" s="11"/>
+      <c r="E72" s="11"/>
+      <c r="F72" s="11"/>
+      <c r="G72" s="11"/>
+      <c r="H72" s="12"/>
+    </row>
+    <row r="73" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A73" s="25"/>
+      <c r="B73" s="10">
+        <v>49</v>
+      </c>
+      <c r="C73" s="11">
+        <v>263000</v>
+      </c>
+      <c r="D73" s="11">
+        <v>313600</v>
+      </c>
+      <c r="E73" s="11">
+        <v>355300</v>
+      </c>
+      <c r="F73" s="11">
+        <v>436700</v>
+      </c>
+      <c r="G73" s="11"/>
+      <c r="H73" s="12"/>
+    </row>
+    <row r="74" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A74" s="25"/>
+      <c r="B74" s="10">
+        <v>50</v>
+      </c>
+      <c r="C74" s="11">
         <v>264000</v>
       </c>
-      <c r="E33" s="10">
-[...716 lines deleted...]
-      <c r="B74" s="9">
+      <c r="D74" s="11">
+        <v>314700</v>
+      </c>
+      <c r="E74" s="11">
+        <v>357700</v>
+      </c>
+      <c r="F74" s="11">
+        <v>438900</v>
+      </c>
+      <c r="G74" s="11"/>
+      <c r="H74" s="12"/>
+    </row>
+    <row r="75" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A75" s="25"/>
+      <c r="B75" s="10">
         <v>51</v>
       </c>
-      <c r="C74" s="10">
-[...16 lines deleted...]
-      <c r="B75" s="9">
+      <c r="C75" s="11">
+        <v>265000</v>
+      </c>
+      <c r="D75" s="11">
+        <v>315800</v>
+      </c>
+      <c r="E75" s="11">
+        <v>360100</v>
+      </c>
+      <c r="F75" s="11">
+        <v>441000</v>
+      </c>
+      <c r="G75" s="11"/>
+      <c r="H75" s="12"/>
+    </row>
+    <row r="76" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A76" s="25"/>
+      <c r="B76" s="10">
         <v>52</v>
       </c>
-      <c r="C75" s="10">
-[...24 lines deleted...]
-    <row r="77" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C76" s="11">
+        <v>265900</v>
+      </c>
+      <c r="D76" s="11">
+        <v>317000</v>
+      </c>
+      <c r="E76" s="11">
+        <v>362500</v>
+      </c>
+      <c r="F76" s="11">
+        <v>443100</v>
+      </c>
+      <c r="G76" s="11"/>
+      <c r="H76" s="12"/>
+    </row>
+    <row r="77" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A77" s="25"/>
-      <c r="B77" s="9">
-[...15 lines deleted...]
-      <c r="H77" s="11"/>
+      <c r="B77" s="10"/>
+      <c r="C77" s="11"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="11"/>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="12"/>
     </row>
     <row r="78" spans="1:8" ht="18.75" customHeight="1">
       <c r="A78" s="25"/>
-      <c r="B78" s="9">
-[...15 lines deleted...]
-      <c r="H78" s="11"/>
+      <c r="B78" s="10">
+        <v>53</v>
+      </c>
+      <c r="C78" s="11">
+        <v>266800</v>
+      </c>
+      <c r="D78" s="11">
+        <v>318200</v>
+      </c>
+      <c r="E78" s="11">
+        <v>364900</v>
+      </c>
+      <c r="F78" s="11">
+        <v>445000</v>
+      </c>
+      <c r="G78" s="11"/>
+      <c r="H78" s="12"/>
     </row>
     <row r="79" spans="1:8" ht="18.75" customHeight="1">
       <c r="A79" s="25"/>
-      <c r="B79" s="9">
-[...15 lines deleted...]
-      <c r="H79" s="11"/>
+      <c r="B79" s="10">
+        <v>54</v>
+      </c>
+      <c r="C79" s="11">
+        <v>267700</v>
+      </c>
+      <c r="D79" s="11">
+        <v>319300</v>
+      </c>
+      <c r="E79" s="11">
+        <v>367100</v>
+      </c>
+      <c r="F79" s="11">
+        <v>446800</v>
+      </c>
+      <c r="G79" s="11"/>
+      <c r="H79" s="12"/>
     </row>
     <row r="80" spans="1:8" ht="18.75" customHeight="1">
       <c r="A80" s="25"/>
-      <c r="B80" s="9">
+      <c r="B80" s="10">
+        <v>55</v>
+      </c>
+      <c r="C80" s="11">
+        <v>268600</v>
+      </c>
+      <c r="D80" s="11">
+        <v>320400</v>
+      </c>
+      <c r="E80" s="11">
+        <v>369100</v>
+      </c>
+      <c r="F80" s="11">
+        <v>448700</v>
+      </c>
+      <c r="G80" s="11"/>
+      <c r="H80" s="12"/>
+    </row>
+    <row r="81" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A81" s="25"/>
+      <c r="B81" s="10">
         <v>56</v>
       </c>
-      <c r="C80" s="10">
-[...24 lines deleted...]
-    <row r="82" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C81" s="11">
+        <v>269600</v>
+      </c>
+      <c r="D81" s="11">
+        <v>321500</v>
+      </c>
+      <c r="E81" s="11">
+        <v>371100</v>
+      </c>
+      <c r="F81" s="11">
+        <v>450500</v>
+      </c>
+      <c r="G81" s="11"/>
+      <c r="H81" s="12"/>
+    </row>
+    <row r="82" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A82" s="25"/>
-      <c r="B82" s="9">
-[...15 lines deleted...]
-      <c r="H82" s="11"/>
+      <c r="B82" s="10"/>
+      <c r="C82" s="11"/>
+      <c r="D82" s="11"/>
+      <c r="E82" s="11"/>
+      <c r="F82" s="11"/>
+      <c r="G82" s="11"/>
+      <c r="H82" s="12"/>
     </row>
     <row r="83" spans="1:8" ht="18.75" customHeight="1">
       <c r="A83" s="25"/>
-      <c r="B83" s="9">
-[...15 lines deleted...]
-      <c r="H83" s="11"/>
+      <c r="B83" s="10">
+        <v>57</v>
+      </c>
+      <c r="C83" s="11">
+        <v>270600</v>
+      </c>
+      <c r="D83" s="11">
+        <v>322700</v>
+      </c>
+      <c r="E83" s="11">
+        <v>373000</v>
+      </c>
+      <c r="F83" s="11">
+        <v>452200</v>
+      </c>
+      <c r="G83" s="11"/>
+      <c r="H83" s="12"/>
     </row>
     <row r="84" spans="1:8" ht="18.75" customHeight="1">
       <c r="A84" s="25"/>
-      <c r="B84" s="9">
-[...15 lines deleted...]
-      <c r="H84" s="11"/>
+      <c r="B84" s="10">
+        <v>58</v>
+      </c>
+      <c r="C84" s="11">
+        <v>271500</v>
+      </c>
+      <c r="D84" s="11">
+        <v>323800</v>
+      </c>
+      <c r="E84" s="11">
+        <v>374800</v>
+      </c>
+      <c r="F84" s="11">
+        <v>453900</v>
+      </c>
+      <c r="G84" s="11"/>
+      <c r="H84" s="12"/>
     </row>
     <row r="85" spans="1:8" ht="18.75" customHeight="1">
       <c r="A85" s="25"/>
-      <c r="B85" s="9">
+      <c r="B85" s="10">
+        <v>59</v>
+      </c>
+      <c r="C85" s="11">
+        <v>272400</v>
+      </c>
+      <c r="D85" s="11">
+        <v>324900</v>
+      </c>
+      <c r="E85" s="11">
+        <v>376600</v>
+      </c>
+      <c r="F85" s="11">
+        <v>455500</v>
+      </c>
+      <c r="G85" s="11"/>
+      <c r="H85" s="12"/>
+    </row>
+    <row r="86" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A86" s="25"/>
+      <c r="B86" s="10">
         <v>60</v>
       </c>
-      <c r="C85" s="10">
-[...24 lines deleted...]
-    <row r="87" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C86" s="11">
+        <v>273400</v>
+      </c>
+      <c r="D86" s="11">
+        <v>326000</v>
+      </c>
+      <c r="E86" s="11">
+        <v>378300</v>
+      </c>
+      <c r="F86" s="11">
+        <v>457200</v>
+      </c>
+      <c r="G86" s="11"/>
+      <c r="H86" s="12"/>
+    </row>
+    <row r="87" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A87" s="25"/>
-      <c r="B87" s="9">
-[...15 lines deleted...]
-      <c r="H87" s="11"/>
+      <c r="B87" s="10"/>
+      <c r="C87" s="11"/>
+      <c r="D87" s="11"/>
+      <c r="E87" s="11"/>
+      <c r="F87" s="11"/>
+      <c r="G87" s="11"/>
+      <c r="H87" s="12"/>
     </row>
     <row r="88" spans="1:8" ht="18.75" customHeight="1">
       <c r="A88" s="25"/>
-      <c r="B88" s="9">
-[...15 lines deleted...]
-      <c r="H88" s="11"/>
+      <c r="B88" s="10">
+        <v>61</v>
+      </c>
+      <c r="C88" s="11">
+        <v>274400</v>
+      </c>
+      <c r="D88" s="11">
+        <v>327100</v>
+      </c>
+      <c r="E88" s="11">
+        <v>380100</v>
+      </c>
+      <c r="F88" s="11">
+        <v>458900</v>
+      </c>
+      <c r="G88" s="11"/>
+      <c r="H88" s="12"/>
     </row>
     <row r="89" spans="1:8" ht="18.75" customHeight="1">
       <c r="A89" s="25"/>
-      <c r="B89" s="9">
-[...15 lines deleted...]
-      <c r="H89" s="11"/>
+      <c r="B89" s="10">
+        <v>62</v>
+      </c>
+      <c r="C89" s="11">
+        <v>275300</v>
+      </c>
+      <c r="D89" s="11">
+        <v>328200</v>
+      </c>
+      <c r="E89" s="11">
+        <v>381900</v>
+      </c>
+      <c r="F89" s="11">
+        <v>460300</v>
+      </c>
+      <c r="G89" s="11"/>
+      <c r="H89" s="12"/>
     </row>
     <row r="90" spans="1:8" ht="18.75" customHeight="1">
       <c r="A90" s="25"/>
-      <c r="B90" s="9">
+      <c r="B90" s="10">
+        <v>63</v>
+      </c>
+      <c r="C90" s="11">
+        <v>276200</v>
+      </c>
+      <c r="D90" s="11">
+        <v>329300</v>
+      </c>
+      <c r="E90" s="11">
+        <v>383700</v>
+      </c>
+      <c r="F90" s="11">
+        <v>461300</v>
+      </c>
+      <c r="G90" s="11"/>
+      <c r="H90" s="12"/>
+    </row>
+    <row r="91" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A91" s="25"/>
+      <c r="B91" s="10">
         <v>64</v>
       </c>
-      <c r="C90" s="10">
-[...24 lines deleted...]
-    <row r="92" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C91" s="11">
+        <v>277100</v>
+      </c>
+      <c r="D91" s="11">
+        <v>330400</v>
+      </c>
+      <c r="E91" s="11">
+        <v>385400</v>
+      </c>
+      <c r="F91" s="11">
+        <v>462100</v>
+      </c>
+      <c r="G91" s="11"/>
+      <c r="H91" s="12"/>
+    </row>
+    <row r="92" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A92" s="25"/>
-      <c r="B92" s="9">
-[...15 lines deleted...]
-      <c r="H92" s="11"/>
+      <c r="B92" s="10"/>
+      <c r="C92" s="11"/>
+      <c r="D92" s="11"/>
+      <c r="E92" s="11"/>
+      <c r="F92" s="11"/>
+      <c r="G92" s="11"/>
+      <c r="H92" s="12"/>
     </row>
     <row r="93" spans="1:8" ht="18.75" customHeight="1">
       <c r="A93" s="25"/>
-      <c r="B93" s="9">
-[...15 lines deleted...]
-      <c r="H93" s="11"/>
+      <c r="B93" s="10">
+        <v>65</v>
+      </c>
+      <c r="C93" s="11">
+        <v>278100</v>
+      </c>
+      <c r="D93" s="11">
+        <v>331500</v>
+      </c>
+      <c r="E93" s="11">
+        <v>387000</v>
+      </c>
+      <c r="F93" s="11">
+        <v>462900</v>
+      </c>
+      <c r="G93" s="11"/>
+      <c r="H93" s="12"/>
     </row>
     <row r="94" spans="1:8" ht="18.75" customHeight="1">
       <c r="A94" s="25"/>
-      <c r="B94" s="9">
-[...15 lines deleted...]
-      <c r="H94" s="11"/>
+      <c r="B94" s="10">
+        <v>66</v>
+      </c>
+      <c r="C94" s="11">
+        <v>279000</v>
+      </c>
+      <c r="D94" s="11">
+        <v>332500</v>
+      </c>
+      <c r="E94" s="11">
+        <v>388600</v>
+      </c>
+      <c r="F94" s="11">
+        <v>463700</v>
+      </c>
+      <c r="G94" s="11"/>
+      <c r="H94" s="12"/>
     </row>
     <row r="95" spans="1:8" ht="18.75" customHeight="1">
       <c r="A95" s="25"/>
-      <c r="B95" s="9">
+      <c r="B95" s="10">
+        <v>67</v>
+      </c>
+      <c r="C95" s="11">
+        <v>279900</v>
+      </c>
+      <c r="D95" s="11">
+        <v>333600</v>
+      </c>
+      <c r="E95" s="11">
+        <v>390100</v>
+      </c>
+      <c r="F95" s="11">
+        <v>464400</v>
+      </c>
+      <c r="G95" s="11"/>
+      <c r="H95" s="12"/>
+    </row>
+    <row r="96" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A96" s="25"/>
+      <c r="B96" s="10">
         <v>68</v>
       </c>
-      <c r="C95" s="10">
-[...24 lines deleted...]
-    <row r="97" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="C96" s="11">
+        <v>280800</v>
+      </c>
+      <c r="D96" s="11">
+        <v>334700</v>
+      </c>
+      <c r="E96" s="11">
+        <v>391400</v>
+      </c>
+      <c r="F96" s="11">
+        <v>465100</v>
+      </c>
+      <c r="G96" s="11"/>
+      <c r="H96" s="12"/>
+    </row>
+    <row r="97" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A97" s="25"/>
-      <c r="B97" s="9">
+      <c r="B97" s="10"/>
+      <c r="C97" s="11"/>
+      <c r="D97" s="11"/>
+      <c r="E97" s="11"/>
+      <c r="F97" s="11"/>
+      <c r="G97" s="11"/>
+      <c r="H97" s="12"/>
+    </row>
+    <row r="98" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A98" s="25"/>
+      <c r="B98" s="10">
         <v>69</v>
       </c>
-      <c r="C97" s="10">
-[...16 lines deleted...]
-      <c r="B98" s="9">
+      <c r="C98" s="11">
+        <v>281700</v>
+      </c>
+      <c r="D98" s="11">
+        <v>335800</v>
+      </c>
+      <c r="E98" s="11">
+        <v>392700</v>
+      </c>
+      <c r="F98" s="11">
+        <v>465800</v>
+      </c>
+      <c r="G98" s="11"/>
+      <c r="H98" s="12"/>
+    </row>
+    <row r="99" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A99" s="25"/>
+      <c r="B99" s="10">
         <v>70</v>
       </c>
-      <c r="C98" s="10">
-[...16 lines deleted...]
-      <c r="B99" s="9">
+      <c r="C99" s="11">
+        <v>282600</v>
+      </c>
+      <c r="D99" s="11">
+        <v>336900</v>
+      </c>
+      <c r="E99" s="11">
+        <v>393500</v>
+      </c>
+      <c r="F99" s="11">
+        <v>466500</v>
+      </c>
+      <c r="G99" s="11"/>
+      <c r="H99" s="12"/>
+    </row>
+    <row r="100" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A100" s="25"/>
+      <c r="B100" s="10">
         <v>71</v>
       </c>
-      <c r="C99" s="10">
-[...16 lines deleted...]
-      <c r="B100" s="9">
+      <c r="C100" s="11">
+        <v>283500</v>
+      </c>
+      <c r="D100" s="11">
+        <v>338000</v>
+      </c>
+      <c r="E100" s="11">
+        <v>394300</v>
+      </c>
+      <c r="F100" s="11">
+        <v>467200</v>
+      </c>
+      <c r="G100" s="11"/>
+      <c r="H100" s="12"/>
+    </row>
+    <row r="101" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A101" s="25"/>
+      <c r="B101" s="10">
         <v>72</v>
       </c>
-      <c r="C100" s="10">
-[...53 lines deleted...]
-      <c r="A105" s="23" t="s">
+      <c r="C101" s="11">
+        <v>284400</v>
+      </c>
+      <c r="D101" s="11">
+        <v>339000</v>
+      </c>
+      <c r="E101" s="11">
+        <v>395000</v>
+      </c>
+      <c r="F101" s="11">
+        <v>467900</v>
+      </c>
+      <c r="G101" s="11"/>
+      <c r="H101" s="12"/>
+    </row>
+    <row r="102" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A102" s="26"/>
+      <c r="B102" s="14"/>
+      <c r="C102" s="15"/>
+      <c r="D102" s="15"/>
+      <c r="E102" s="15"/>
+      <c r="F102" s="15"/>
+      <c r="G102" s="15"/>
+      <c r="H102" s="12"/>
+    </row>
+    <row r="103" spans="1:8" s="13" customFormat="1" ht="30" customHeight="1">
+      <c r="A103" s="16"/>
+      <c r="B103" s="6"/>
+      <c r="C103" s="12"/>
+      <c r="D103" s="12"/>
+      <c r="E103" s="12"/>
+      <c r="F103" s="12"/>
+      <c r="G103" s="12"/>
+      <c r="H103" s="12"/>
+    </row>
+    <row r="104" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B104" s="17"/>
+      <c r="C104" s="12"/>
+      <c r="D104" s="12"/>
+      <c r="E104" s="12"/>
+      <c r="F104" s="12"/>
+      <c r="G104" s="12"/>
+      <c r="H104" s="12"/>
+    </row>
+    <row r="105" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B105" s="6"/>
+      <c r="C105" s="12"/>
+      <c r="D105" s="12"/>
+      <c r="E105" s="12"/>
+      <c r="F105" s="12"/>
+      <c r="G105" s="12"/>
+      <c r="H105" s="12"/>
+    </row>
+    <row r="106" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A106" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="B106" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C105" s="4" t="s">
+      <c r="C106" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D105" s="4" t="s">
+      <c r="D106" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E105" s="4" t="s">
+      <c r="E106" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F105" s="4" t="s">
+      <c r="F106" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G105" s="4" t="s">
+      <c r="G106" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H105" s="5"/>
-[...3 lines deleted...]
-      <c r="B106" s="3" t="s">
+      <c r="H106" s="6"/>
+    </row>
+    <row r="107" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A107" s="27"/>
+      <c r="B107" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C106" s="4" t="s">
+      <c r="C107" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D106" s="4" t="s">
+      <c r="D107" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="E106" s="4" t="s">
+      <c r="E107" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="F106" s="4" t="s">
+      <c r="F107" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="G106" s="4" t="s">
+      <c r="G107" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H106" s="5"/>
-[...2 lines deleted...]
-      <c r="A107" s="24" t="s">
+      <c r="H107" s="6"/>
+    </row>
+    <row r="108" spans="1:8" ht="14.25" customHeight="1">
+      <c r="A108" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B107" s="6"/>
-      <c r="C107" s="7" t="s">
+      <c r="B108" s="7"/>
+      <c r="C108" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D107" s="7" t="s">
+      <c r="D108" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E107" s="7" t="s">
+      <c r="E108" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F107" s="7" t="s">
+      <c r="F108" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G107" s="7" t="s">
+      <c r="G108" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H107" s="8"/>
-[...19 lines deleted...]
-      <c r="H108" s="11"/>
+      <c r="H108" s="9"/>
     </row>
     <row r="109" spans="1:8" ht="18.75" customHeight="1">
       <c r="A109" s="25"/>
-      <c r="B109" s="9">
-[...15 lines deleted...]
-      <c r="H109" s="11"/>
+      <c r="B109" s="10">
+        <v>73</v>
+      </c>
+      <c r="C109" s="11">
+        <v>285300</v>
+      </c>
+      <c r="D109" s="11">
+        <v>340100</v>
+      </c>
+      <c r="E109" s="11">
+        <v>395700</v>
+      </c>
+      <c r="F109" s="11">
+        <v>468600</v>
+      </c>
+      <c r="G109" s="11"/>
+      <c r="H109" s="12"/>
     </row>
     <row r="110" spans="1:8" ht="18.75" customHeight="1">
       <c r="A110" s="25"/>
-      <c r="B110" s="9">
-[...15 lines deleted...]
-      <c r="H110" s="11"/>
+      <c r="B110" s="10">
+        <v>74</v>
+      </c>
+      <c r="C110" s="11">
+        <v>286200</v>
+      </c>
+      <c r="D110" s="11">
+        <v>341000</v>
+      </c>
+      <c r="E110" s="11">
+        <v>396300</v>
+      </c>
+      <c r="F110" s="11">
+        <v>469300</v>
+      </c>
+      <c r="G110" s="11"/>
+      <c r="H110" s="12"/>
     </row>
     <row r="111" spans="1:8" ht="18.75" customHeight="1">
       <c r="A111" s="25"/>
-      <c r="B111" s="9">
+      <c r="B111" s="10">
+        <v>75</v>
+      </c>
+      <c r="C111" s="11">
+        <v>287100</v>
+      </c>
+      <c r="D111" s="11">
+        <v>342000</v>
+      </c>
+      <c r="E111" s="11">
+        <v>396900</v>
+      </c>
+      <c r="F111" s="11">
+        <v>470000</v>
+      </c>
+      <c r="G111" s="11"/>
+      <c r="H111" s="12"/>
+    </row>
+    <row r="112" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A112" s="25"/>
+      <c r="B112" s="10">
         <v>76</v>
       </c>
-      <c r="C111" s="10">
-[...24 lines deleted...]
-    <row r="113" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C112" s="11">
+        <v>288000</v>
+      </c>
+      <c r="D112" s="11">
+        <v>343000</v>
+      </c>
+      <c r="E112" s="11">
+        <v>397500</v>
+      </c>
+      <c r="F112" s="11">
+        <v>470600</v>
+      </c>
+      <c r="G112" s="11"/>
+      <c r="H112" s="12"/>
+    </row>
+    <row r="113" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A113" s="25"/>
-      <c r="B113" s="9">
-[...15 lines deleted...]
-      <c r="H113" s="11"/>
+      <c r="B113" s="10"/>
+      <c r="C113" s="11"/>
+      <c r="D113" s="11"/>
+      <c r="E113" s="11"/>
+      <c r="F113" s="11"/>
+      <c r="G113" s="11"/>
+      <c r="H113" s="12"/>
     </row>
     <row r="114" spans="1:8" ht="18.75" customHeight="1">
       <c r="A114" s="25"/>
-      <c r="B114" s="9">
-[...15 lines deleted...]
-      <c r="H114" s="11"/>
+      <c r="B114" s="10">
+        <v>77</v>
+      </c>
+      <c r="C114" s="11">
+        <v>288900</v>
+      </c>
+      <c r="D114" s="11">
+        <v>344000</v>
+      </c>
+      <c r="E114" s="11">
+        <v>398200</v>
+      </c>
+      <c r="F114" s="11">
+        <v>471200</v>
+      </c>
+      <c r="G114" s="11"/>
+      <c r="H114" s="12"/>
     </row>
     <row r="115" spans="1:8" ht="18.75" customHeight="1">
       <c r="A115" s="25"/>
-      <c r="B115" s="9">
-[...15 lines deleted...]
-      <c r="H115" s="11"/>
+      <c r="B115" s="10">
+        <v>78</v>
+      </c>
+      <c r="C115" s="11">
+        <v>289800</v>
+      </c>
+      <c r="D115" s="11">
+        <v>344900</v>
+      </c>
+      <c r="E115" s="11">
+        <v>398800</v>
+      </c>
+      <c r="F115" s="11">
+        <v>471900</v>
+      </c>
+      <c r="G115" s="11"/>
+      <c r="H115" s="12"/>
     </row>
     <row r="116" spans="1:8" ht="18.75" customHeight="1">
       <c r="A116" s="25"/>
-      <c r="B116" s="9">
+      <c r="B116" s="10">
+        <v>79</v>
+      </c>
+      <c r="C116" s="11">
+        <v>290700</v>
+      </c>
+      <c r="D116" s="11">
+        <v>345700</v>
+      </c>
+      <c r="E116" s="11">
+        <v>399400</v>
+      </c>
+      <c r="F116" s="11">
+        <v>472500</v>
+      </c>
+      <c r="G116" s="11"/>
+      <c r="H116" s="12"/>
+    </row>
+    <row r="117" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A117" s="25"/>
+      <c r="B117" s="10">
         <v>80</v>
       </c>
-      <c r="C116" s="10">
-[...24 lines deleted...]
-    <row r="118" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C117" s="11">
+        <v>291600</v>
+      </c>
+      <c r="D117" s="11">
+        <v>346400</v>
+      </c>
+      <c r="E117" s="11">
+        <v>400000</v>
+      </c>
+      <c r="F117" s="11">
+        <v>473100</v>
+      </c>
+      <c r="G117" s="11"/>
+      <c r="H117" s="12"/>
+    </row>
+    <row r="118" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A118" s="25"/>
-      <c r="B118" s="9">
-[...15 lines deleted...]
-      <c r="H118" s="11"/>
+      <c r="B118" s="10"/>
+      <c r="C118" s="11"/>
+      <c r="D118" s="11"/>
+      <c r="E118" s="11"/>
+      <c r="F118" s="11"/>
+      <c r="G118" s="11"/>
+      <c r="H118" s="12"/>
     </row>
     <row r="119" spans="1:8" ht="18.75" customHeight="1">
       <c r="A119" s="25"/>
-      <c r="B119" s="9">
-[...15 lines deleted...]
-      <c r="H119" s="11"/>
+      <c r="B119" s="10">
+        <v>81</v>
+      </c>
+      <c r="C119" s="11">
+        <v>292500</v>
+      </c>
+      <c r="D119" s="11">
+        <v>347100</v>
+      </c>
+      <c r="E119" s="11">
+        <v>400500</v>
+      </c>
+      <c r="F119" s="11">
+        <v>473700</v>
+      </c>
+      <c r="G119" s="11"/>
+      <c r="H119" s="12"/>
     </row>
     <row r="120" spans="1:8" ht="18.75" customHeight="1">
       <c r="A120" s="25"/>
-      <c r="B120" s="9">
-[...15 lines deleted...]
-      <c r="H120" s="11"/>
+      <c r="B120" s="10">
+        <v>82</v>
+      </c>
+      <c r="C120" s="11">
+        <v>293300</v>
+      </c>
+      <c r="D120" s="11">
+        <v>347700</v>
+      </c>
+      <c r="E120" s="11">
+        <v>401100</v>
+      </c>
+      <c r="F120" s="11">
+        <v>474300</v>
+      </c>
+      <c r="G120" s="11"/>
+      <c r="H120" s="12"/>
     </row>
     <row r="121" spans="1:8" ht="18.75" customHeight="1">
       <c r="A121" s="25"/>
-      <c r="B121" s="9">
+      <c r="B121" s="10">
+        <v>83</v>
+      </c>
+      <c r="C121" s="11">
+        <v>294200</v>
+      </c>
+      <c r="D121" s="11">
+        <v>348300</v>
+      </c>
+      <c r="E121" s="11">
+        <v>401700</v>
+      </c>
+      <c r="F121" s="11">
+        <v>474900</v>
+      </c>
+      <c r="G121" s="11"/>
+      <c r="H121" s="12"/>
+    </row>
+    <row r="122" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A122" s="25"/>
+      <c r="B122" s="10">
         <v>84</v>
       </c>
-      <c r="C121" s="10">
-[...24 lines deleted...]
-    <row r="123" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C122" s="11">
+        <v>295100</v>
+      </c>
+      <c r="D122" s="11">
+        <v>348900</v>
+      </c>
+      <c r="E122" s="11">
+        <v>402200</v>
+      </c>
+      <c r="F122" s="11">
+        <v>475500</v>
+      </c>
+      <c r="G122" s="11"/>
+      <c r="H122" s="12"/>
+    </row>
+    <row r="123" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A123" s="25"/>
-      <c r="B123" s="9">
-[...15 lines deleted...]
-      <c r="H123" s="11"/>
+      <c r="B123" s="10"/>
+      <c r="C123" s="11"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="11"/>
+      <c r="F123" s="11"/>
+      <c r="G123" s="11"/>
+      <c r="H123" s="12"/>
     </row>
     <row r="124" spans="1:8" ht="18.75" customHeight="1">
       <c r="A124" s="25"/>
-      <c r="B124" s="9">
-[...15 lines deleted...]
-      <c r="H124" s="11"/>
+      <c r="B124" s="10">
+        <v>85</v>
+      </c>
+      <c r="C124" s="11">
+        <v>296000</v>
+      </c>
+      <c r="D124" s="11">
+        <v>349400</v>
+      </c>
+      <c r="E124" s="11">
+        <v>402700</v>
+      </c>
+      <c r="F124" s="11">
+        <v>476100</v>
+      </c>
+      <c r="G124" s="11"/>
+      <c r="H124" s="12"/>
     </row>
     <row r="125" spans="1:8" ht="18.75" customHeight="1">
       <c r="A125" s="25"/>
-      <c r="B125" s="9">
-[...15 lines deleted...]
-      <c r="H125" s="11"/>
+      <c r="B125" s="10">
+        <v>86</v>
+      </c>
+      <c r="C125" s="11">
+        <v>296800</v>
+      </c>
+      <c r="D125" s="11">
+        <v>350000</v>
+      </c>
+      <c r="E125" s="11">
+        <v>403200</v>
+      </c>
+      <c r="F125" s="11">
+        <v>476700</v>
+      </c>
+      <c r="G125" s="11"/>
+      <c r="H125" s="12"/>
     </row>
     <row r="126" spans="1:8" ht="18.75" customHeight="1">
       <c r="A126" s="25"/>
-      <c r="B126" s="9">
+      <c r="B126" s="10">
+        <v>87</v>
+      </c>
+      <c r="C126" s="11">
+        <v>297700</v>
+      </c>
+      <c r="D126" s="11">
+        <v>350500</v>
+      </c>
+      <c r="E126" s="11">
+        <v>403700</v>
+      </c>
+      <c r="F126" s="11">
+        <v>477300</v>
+      </c>
+      <c r="G126" s="11"/>
+      <c r="H126" s="12"/>
+    </row>
+    <row r="127" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A127" s="25"/>
+      <c r="B127" s="10">
         <v>88</v>
       </c>
-      <c r="C126" s="10">
-[...24 lines deleted...]
-    <row r="128" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C127" s="11">
+        <v>298500</v>
+      </c>
+      <c r="D127" s="11">
+        <v>351000</v>
+      </c>
+      <c r="E127" s="11">
+        <v>404300</v>
+      </c>
+      <c r="F127" s="11">
+        <v>477800</v>
+      </c>
+      <c r="G127" s="11"/>
+      <c r="H127" s="12"/>
+    </row>
+    <row r="128" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A128" s="25"/>
-      <c r="B128" s="9">
-[...15 lines deleted...]
-      <c r="H128" s="11"/>
+      <c r="B128" s="10"/>
+      <c r="C128" s="11"/>
+      <c r="D128" s="11"/>
+      <c r="E128" s="11"/>
+      <c r="F128" s="11"/>
+      <c r="G128" s="11"/>
+      <c r="H128" s="12"/>
     </row>
     <row r="129" spans="1:8" ht="18.75" customHeight="1">
       <c r="A129" s="25"/>
-      <c r="B129" s="9">
-[...15 lines deleted...]
-      <c r="H129" s="11"/>
+      <c r="B129" s="10">
+        <v>89</v>
+      </c>
+      <c r="C129" s="11">
+        <v>299400</v>
+      </c>
+      <c r="D129" s="11">
+        <v>351500</v>
+      </c>
+      <c r="E129" s="11">
+        <v>404900</v>
+      </c>
+      <c r="F129" s="11">
+        <v>478300</v>
+      </c>
+      <c r="G129" s="11"/>
+      <c r="H129" s="12"/>
     </row>
     <row r="130" spans="1:8" ht="18.75" customHeight="1">
       <c r="A130" s="25"/>
-      <c r="B130" s="9">
-[...15 lines deleted...]
-      <c r="H130" s="11"/>
+      <c r="B130" s="10">
+        <v>90</v>
+      </c>
+      <c r="C130" s="11">
+        <v>300200</v>
+      </c>
+      <c r="D130" s="11">
+        <v>352100</v>
+      </c>
+      <c r="E130" s="11">
+        <v>405500</v>
+      </c>
+      <c r="F130" s="11">
+        <v>478900</v>
+      </c>
+      <c r="G130" s="11"/>
+      <c r="H130" s="12"/>
     </row>
     <row r="131" spans="1:8" ht="18.75" customHeight="1">
       <c r="A131" s="25"/>
-      <c r="B131" s="9">
+      <c r="B131" s="10">
+        <v>91</v>
+      </c>
+      <c r="C131" s="11">
+        <v>301100</v>
+      </c>
+      <c r="D131" s="11">
+        <v>352600</v>
+      </c>
+      <c r="E131" s="11">
+        <v>406100</v>
+      </c>
+      <c r="F131" s="11">
+        <v>479400</v>
+      </c>
+      <c r="G131" s="11"/>
+      <c r="H131" s="12"/>
+    </row>
+    <row r="132" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A132" s="25"/>
+      <c r="B132" s="10">
         <v>92</v>
       </c>
-      <c r="C131" s="10">
-[...24 lines deleted...]
-    <row r="133" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C132" s="11">
+        <v>302000</v>
+      </c>
+      <c r="D132" s="11">
+        <v>353000</v>
+      </c>
+      <c r="E132" s="11">
+        <v>406600</v>
+      </c>
+      <c r="F132" s="11">
+        <v>479900</v>
+      </c>
+      <c r="G132" s="11"/>
+      <c r="H132" s="12"/>
+    </row>
+    <row r="133" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A133" s="25"/>
-      <c r="B133" s="9">
-[...15 lines deleted...]
-      <c r="H133" s="11"/>
+      <c r="B133" s="10"/>
+      <c r="C133" s="11"/>
+      <c r="D133" s="11"/>
+      <c r="E133" s="11"/>
+      <c r="F133" s="11"/>
+      <c r="G133" s="11"/>
+      <c r="H133" s="12"/>
     </row>
     <row r="134" spans="1:8" ht="18.75" customHeight="1">
       <c r="A134" s="25"/>
-      <c r="B134" s="9">
-[...15 lines deleted...]
-      <c r="H134" s="11"/>
+      <c r="B134" s="10">
+        <v>93</v>
+      </c>
+      <c r="C134" s="11">
+        <v>302800</v>
+      </c>
+      <c r="D134" s="11">
+        <v>353500</v>
+      </c>
+      <c r="E134" s="11">
+        <v>407100</v>
+      </c>
+      <c r="F134" s="11">
+        <v>480400</v>
+      </c>
+      <c r="G134" s="11"/>
+      <c r="H134" s="12"/>
     </row>
     <row r="135" spans="1:8" ht="18.75" customHeight="1">
       <c r="A135" s="25"/>
-      <c r="B135" s="9">
-[...15 lines deleted...]
-      <c r="H135" s="11"/>
+      <c r="B135" s="10">
+        <v>94</v>
+      </c>
+      <c r="C135" s="11">
+        <v>303600</v>
+      </c>
+      <c r="D135" s="11">
+        <v>354000</v>
+      </c>
+      <c r="E135" s="11">
+        <v>407700</v>
+      </c>
+      <c r="F135" s="11">
+        <v>480900</v>
+      </c>
+      <c r="G135" s="11"/>
+      <c r="H135" s="12"/>
     </row>
     <row r="136" spans="1:8" ht="18.75" customHeight="1">
       <c r="A136" s="25"/>
-      <c r="B136" s="9">
+      <c r="B136" s="10">
+        <v>95</v>
+      </c>
+      <c r="C136" s="11">
+        <v>304500</v>
+      </c>
+      <c r="D136" s="11">
+        <v>354500</v>
+      </c>
+      <c r="E136" s="11">
+        <v>408200</v>
+      </c>
+      <c r="F136" s="11">
+        <v>481400</v>
+      </c>
+      <c r="G136" s="11"/>
+      <c r="H136" s="12"/>
+    </row>
+    <row r="137" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A137" s="25"/>
+      <c r="B137" s="10">
         <v>96</v>
       </c>
-      <c r="C136" s="10">
-[...24 lines deleted...]
-    <row r="138" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C137" s="11">
+        <v>305300</v>
+      </c>
+      <c r="D137" s="11">
+        <v>355000</v>
+      </c>
+      <c r="E137" s="11">
+        <v>408700</v>
+      </c>
+      <c r="F137" s="11">
+        <v>481900</v>
+      </c>
+      <c r="G137" s="11"/>
+      <c r="H137" s="12"/>
+    </row>
+    <row r="138" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A138" s="25"/>
-      <c r="B138" s="9">
-[...15 lines deleted...]
-      <c r="H138" s="11"/>
+      <c r="B138" s="10"/>
+      <c r="C138" s="11"/>
+      <c r="D138" s="11"/>
+      <c r="E138" s="11"/>
+      <c r="F138" s="11"/>
+      <c r="G138" s="11"/>
+      <c r="H138" s="12"/>
     </row>
     <row r="139" spans="1:8" ht="18.75" customHeight="1">
       <c r="A139" s="25"/>
-      <c r="B139" s="9">
-[...13 lines deleted...]
-      <c r="H139" s="11"/>
+      <c r="B139" s="10">
+        <v>97</v>
+      </c>
+      <c r="C139" s="11">
+        <v>306200</v>
+      </c>
+      <c r="D139" s="11">
+        <v>355400</v>
+      </c>
+      <c r="E139" s="11">
+        <v>409200</v>
+      </c>
+      <c r="F139" s="11">
+        <v>482300</v>
+      </c>
+      <c r="G139" s="11"/>
+      <c r="H139" s="12"/>
     </row>
     <row r="140" spans="1:8" ht="18.75" customHeight="1">
       <c r="A140" s="25"/>
-      <c r="B140" s="9">
-[...13 lines deleted...]
-      <c r="H140" s="11"/>
+      <c r="B140" s="10">
+        <v>98</v>
+      </c>
+      <c r="C140" s="11">
+        <v>307000</v>
+      </c>
+      <c r="D140" s="11">
+        <v>355900</v>
+      </c>
+      <c r="E140" s="11">
+        <v>409700</v>
+      </c>
+      <c r="F140" s="11"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="12"/>
     </row>
     <row r="141" spans="1:8" ht="18.75" customHeight="1">
       <c r="A141" s="25"/>
-      <c r="B141" s="9">
+      <c r="B141" s="10">
+        <v>99</v>
+      </c>
+      <c r="C141" s="11">
+        <v>307900</v>
+      </c>
+      <c r="D141" s="11">
+        <v>356300</v>
+      </c>
+      <c r="E141" s="11">
+        <v>410200</v>
+      </c>
+      <c r="F141" s="11"/>
+      <c r="G141" s="11"/>
+      <c r="H141" s="12"/>
+    </row>
+    <row r="142" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A142" s="25"/>
+      <c r="B142" s="10">
         <v>100</v>
       </c>
-      <c r="C141" s="10">
-[...22 lines deleted...]
-    <row r="143" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C142" s="11">
+        <v>308700</v>
+      </c>
+      <c r="D142" s="11">
+        <v>356800</v>
+      </c>
+      <c r="E142" s="11">
+        <v>410700</v>
+      </c>
+      <c r="F142" s="11"/>
+      <c r="G142" s="11"/>
+      <c r="H142" s="12"/>
+    </row>
+    <row r="143" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A143" s="25"/>
-      <c r="B143" s="9">
-[...13 lines deleted...]
-      <c r="H143" s="11"/>
+      <c r="B143" s="10"/>
+      <c r="C143" s="11"/>
+      <c r="D143" s="11"/>
+      <c r="E143" s="11"/>
+      <c r="F143" s="11"/>
+      <c r="G143" s="11"/>
+      <c r="H143" s="12"/>
     </row>
     <row r="144" spans="1:8" ht="18.75" customHeight="1">
       <c r="A144" s="25"/>
-      <c r="B144" s="9">
-[...13 lines deleted...]
-      <c r="H144" s="11"/>
+      <c r="B144" s="10">
+        <v>101</v>
+      </c>
+      <c r="C144" s="11">
+        <v>309600</v>
+      </c>
+      <c r="D144" s="11">
+        <v>357300</v>
+      </c>
+      <c r="E144" s="11">
+        <v>411200</v>
+      </c>
+      <c r="F144" s="11"/>
+      <c r="G144" s="11"/>
+      <c r="H144" s="12"/>
     </row>
     <row r="145" spans="1:8" ht="18.75" customHeight="1">
       <c r="A145" s="25"/>
-      <c r="B145" s="9">
-[...13 lines deleted...]
-      <c r="H145" s="11"/>
+      <c r="B145" s="10">
+        <v>102</v>
+      </c>
+      <c r="C145" s="11">
+        <v>310500</v>
+      </c>
+      <c r="D145" s="11">
+        <v>357700</v>
+      </c>
+      <c r="E145" s="11">
+        <v>411700</v>
+      </c>
+      <c r="F145" s="11"/>
+      <c r="G145" s="11"/>
+      <c r="H145" s="12"/>
     </row>
     <row r="146" spans="1:8" ht="18.75" customHeight="1">
       <c r="A146" s="25"/>
-      <c r="B146" s="9">
+      <c r="B146" s="10">
+        <v>103</v>
+      </c>
+      <c r="C146" s="11">
+        <v>311300</v>
+      </c>
+      <c r="D146" s="11">
+        <v>358200</v>
+      </c>
+      <c r="E146" s="11">
+        <v>412200</v>
+      </c>
+      <c r="F146" s="11"/>
+      <c r="G146" s="11"/>
+      <c r="H146" s="12"/>
+    </row>
+    <row r="147" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A147" s="25"/>
+      <c r="B147" s="10">
         <v>104</v>
       </c>
-      <c r="C146" s="10">
-[...22 lines deleted...]
-    <row r="148" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="C147" s="11">
+        <v>312100</v>
+      </c>
+      <c r="D147" s="11">
+        <v>358700</v>
+      </c>
+      <c r="E147" s="11">
+        <v>412700</v>
+      </c>
+      <c r="F147" s="11"/>
+      <c r="G147" s="11"/>
+      <c r="H147" s="12"/>
+    </row>
+    <row r="148" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A148" s="25"/>
-      <c r="B148" s="9">
+      <c r="B148" s="10"/>
+      <c r="C148" s="11"/>
+      <c r="D148" s="11"/>
+      <c r="E148" s="11"/>
+      <c r="F148" s="11"/>
+      <c r="G148" s="11"/>
+      <c r="H148" s="12"/>
+    </row>
+    <row r="149" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A149" s="25"/>
+      <c r="B149" s="10">
         <v>105</v>
       </c>
-      <c r="C148" s="10">
-[...14 lines deleted...]
-      <c r="B149" s="9">
+      <c r="C149" s="11">
+        <v>312900</v>
+      </c>
+      <c r="D149" s="11">
+        <v>359100</v>
+      </c>
+      <c r="E149" s="11">
+        <v>413100</v>
+      </c>
+      <c r="F149" s="11"/>
+      <c r="G149" s="11"/>
+      <c r="H149" s="12"/>
+    </row>
+    <row r="150" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A150" s="25"/>
+      <c r="B150" s="10">
         <v>106</v>
       </c>
-      <c r="C149" s="10">
-[...14 lines deleted...]
-      <c r="B150" s="9">
+      <c r="C150" s="11">
+        <v>313600</v>
+      </c>
+      <c r="D150" s="11">
+        <v>359500</v>
+      </c>
+      <c r="E150" s="11">
+        <v>413600</v>
+      </c>
+      <c r="F150" s="11"/>
+      <c r="G150" s="11"/>
+      <c r="H150" s="12"/>
+    </row>
+    <row r="151" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A151" s="25"/>
+      <c r="B151" s="10">
         <v>107</v>
       </c>
-      <c r="C150" s="10">
-[...14 lines deleted...]
-      <c r="B151" s="9">
+      <c r="C151" s="11">
+        <v>314300</v>
+      </c>
+      <c r="D151" s="11">
+        <v>359900</v>
+      </c>
+      <c r="E151" s="11">
+        <v>414100</v>
+      </c>
+      <c r="F151" s="11"/>
+      <c r="G151" s="11"/>
+      <c r="H151" s="12"/>
+    </row>
+    <row r="152" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A152" s="25"/>
+      <c r="B152" s="10">
         <v>108</v>
       </c>
-      <c r="C151" s="10">
-[...51 lines deleted...]
-      <c r="A156" s="23" t="s">
+      <c r="C152" s="11">
+        <v>315100</v>
+      </c>
+      <c r="D152" s="11">
+        <v>360300</v>
+      </c>
+      <c r="E152" s="11">
+        <v>414500</v>
+      </c>
+      <c r="F152" s="11"/>
+      <c r="G152" s="11"/>
+      <c r="H152" s="12"/>
+    </row>
+    <row r="153" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A153" s="26"/>
+      <c r="B153" s="14"/>
+      <c r="C153" s="15"/>
+      <c r="D153" s="15"/>
+      <c r="E153" s="15"/>
+      <c r="F153" s="15"/>
+      <c r="G153" s="15"/>
+      <c r="H153" s="12"/>
+    </row>
+    <row r="154" spans="1:8" s="13" customFormat="1" ht="30" customHeight="1">
+      <c r="A154" s="16"/>
+      <c r="B154" s="6"/>
+      <c r="C154" s="12"/>
+      <c r="D154" s="12"/>
+      <c r="E154" s="12"/>
+      <c r="F154" s="12"/>
+      <c r="G154" s="12"/>
+      <c r="H154" s="12"/>
+    </row>
+    <row r="155" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B155" s="17"/>
+      <c r="C155" s="12"/>
+      <c r="D155" s="12"/>
+      <c r="E155" s="12"/>
+      <c r="F155" s="12"/>
+      <c r="G155" s="12"/>
+      <c r="H155" s="12"/>
+    </row>
+    <row r="156" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B156" s="6"/>
+      <c r="C156" s="12"/>
+      <c r="D156" s="12"/>
+      <c r="E156" s="12"/>
+      <c r="F156" s="12"/>
+      <c r="G156" s="12"/>
+      <c r="H156" s="12"/>
+    </row>
+    <row r="157" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A157" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="B157" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C156" s="4" t="s">
+      <c r="C157" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D156" s="4" t="s">
+      <c r="D157" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E156" s="4" t="s">
+      <c r="E157" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F156" s="4" t="s">
+      <c r="F157" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G156" s="4" t="s">
+      <c r="G157" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H156" s="5"/>
-[...3 lines deleted...]
-      <c r="B157" s="3" t="s">
+      <c r="H157" s="6"/>
+    </row>
+    <row r="158" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A158" s="27"/>
+      <c r="B158" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C157" s="4" t="s">
+      <c r="C158" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D157" s="4" t="s">
+      <c r="D158" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="E157" s="4" t="s">
+      <c r="E158" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="F157" s="4" t="s">
+      <c r="F158" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="G157" s="4" t="s">
+      <c r="G158" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H157" s="5"/>
-[...2 lines deleted...]
-      <c r="A158" s="24" t="s">
+      <c r="H158" s="6"/>
+    </row>
+    <row r="159" spans="1:8" ht="14.25" customHeight="1">
+      <c r="A159" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B158" s="6"/>
-      <c r="C158" s="7" t="s">
+      <c r="B159" s="7"/>
+      <c r="C159" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D158" s="7" t="s">
+      <c r="D159" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E158" s="7" t="s">
+      <c r="E159" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F158" s="7" t="s">
+      <c r="F159" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G158" s="7" t="s">
+      <c r="G159" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H158" s="8"/>
-[...17 lines deleted...]
-      <c r="H159" s="11"/>
+      <c r="H159" s="9"/>
     </row>
     <row r="160" spans="1:8" ht="18.75" customHeight="1">
       <c r="A160" s="25"/>
-      <c r="B160" s="9">
-[...13 lines deleted...]
-      <c r="H160" s="11"/>
+      <c r="B160" s="10">
+        <v>109</v>
+      </c>
+      <c r="C160" s="11">
+        <v>315700</v>
+      </c>
+      <c r="D160" s="11">
+        <v>360700</v>
+      </c>
+      <c r="E160" s="11">
+        <v>414900</v>
+      </c>
+      <c r="F160" s="11"/>
+      <c r="G160" s="11"/>
+      <c r="H160" s="12"/>
     </row>
     <row r="161" spans="1:8" ht="18.75" customHeight="1">
       <c r="A161" s="25"/>
-      <c r="B161" s="9">
-[...13 lines deleted...]
-      <c r="H161" s="11"/>
+      <c r="B161" s="10">
+        <v>110</v>
+      </c>
+      <c r="C161" s="11">
+        <v>316300</v>
+      </c>
+      <c r="D161" s="11">
+        <v>361100</v>
+      </c>
+      <c r="E161" s="11">
+        <v>415400</v>
+      </c>
+      <c r="F161" s="11"/>
+      <c r="G161" s="11"/>
+      <c r="H161" s="12"/>
     </row>
     <row r="162" spans="1:8" ht="18.75" customHeight="1">
       <c r="A162" s="25"/>
-      <c r="B162" s="9">
+      <c r="B162" s="10">
+        <v>111</v>
+      </c>
+      <c r="C162" s="11">
+        <v>316800</v>
+      </c>
+      <c r="D162" s="11">
+        <v>361500</v>
+      </c>
+      <c r="E162" s="11">
+        <v>415900</v>
+      </c>
+      <c r="F162" s="11"/>
+      <c r="G162" s="11"/>
+      <c r="H162" s="12"/>
+    </row>
+    <row r="163" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A163" s="25"/>
+      <c r="B163" s="10">
         <v>112</v>
       </c>
-      <c r="C162" s="10">
-[...22 lines deleted...]
-    <row r="164" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C163" s="11">
+        <v>317300</v>
+      </c>
+      <c r="D163" s="11">
+        <v>361900</v>
+      </c>
+      <c r="E163" s="11">
+        <v>416300</v>
+      </c>
+      <c r="F163" s="11"/>
+      <c r="G163" s="11"/>
+      <c r="H163" s="12"/>
+    </row>
+    <row r="164" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A164" s="25"/>
-      <c r="B164" s="9">
-[...13 lines deleted...]
-      <c r="H164" s="11"/>
+      <c r="B164" s="10"/>
+      <c r="C164" s="11"/>
+      <c r="D164" s="11"/>
+      <c r="E164" s="11"/>
+      <c r="F164" s="11"/>
+      <c r="G164" s="11"/>
+      <c r="H164" s="12"/>
     </row>
     <row r="165" spans="1:8" ht="18.75" customHeight="1">
       <c r="A165" s="25"/>
-      <c r="B165" s="9">
-[...13 lines deleted...]
-      <c r="H165" s="11"/>
+      <c r="B165" s="10">
+        <v>113</v>
+      </c>
+      <c r="C165" s="11">
+        <v>317800</v>
+      </c>
+      <c r="D165" s="11">
+        <v>362300</v>
+      </c>
+      <c r="E165" s="11">
+        <v>416700</v>
+      </c>
+      <c r="F165" s="11"/>
+      <c r="G165" s="11"/>
+      <c r="H165" s="12"/>
     </row>
     <row r="166" spans="1:8" ht="18.75" customHeight="1">
       <c r="A166" s="25"/>
-      <c r="B166" s="9">
-[...13 lines deleted...]
-      <c r="H166" s="11"/>
+      <c r="B166" s="10">
+        <v>114</v>
+      </c>
+      <c r="C166" s="11">
+        <v>318200</v>
+      </c>
+      <c r="D166" s="11">
+        <v>362700</v>
+      </c>
+      <c r="E166" s="11">
+        <v>417200</v>
+      </c>
+      <c r="F166" s="11"/>
+      <c r="G166" s="11"/>
+      <c r="H166" s="12"/>
     </row>
     <row r="167" spans="1:8" ht="18.75" customHeight="1">
       <c r="A167" s="25"/>
-      <c r="B167" s="9">
+      <c r="B167" s="10">
+        <v>115</v>
+      </c>
+      <c r="C167" s="11">
+        <v>318700</v>
+      </c>
+      <c r="D167" s="11">
+        <v>363100</v>
+      </c>
+      <c r="E167" s="11">
+        <v>417700</v>
+      </c>
+      <c r="F167" s="11"/>
+      <c r="G167" s="11"/>
+      <c r="H167" s="12"/>
+    </row>
+    <row r="168" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A168" s="25"/>
+      <c r="B168" s="10">
         <v>116</v>
       </c>
-      <c r="C167" s="10">
-[...22 lines deleted...]
-    <row r="169" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C168" s="11">
+        <v>319200</v>
+      </c>
+      <c r="D168" s="11">
+        <v>363500</v>
+      </c>
+      <c r="E168" s="11">
+        <v>418100</v>
+      </c>
+      <c r="F168" s="11"/>
+      <c r="G168" s="11"/>
+      <c r="H168" s="12"/>
+    </row>
+    <row r="169" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A169" s="25"/>
-      <c r="B169" s="9">
-[...13 lines deleted...]
-      <c r="H169" s="11"/>
+      <c r="B169" s="10"/>
+      <c r="C169" s="11"/>
+      <c r="D169" s="11"/>
+      <c r="E169" s="11"/>
+      <c r="F169" s="11"/>
+      <c r="G169" s="11"/>
+      <c r="H169" s="12"/>
     </row>
     <row r="170" spans="1:8" ht="18.75" customHeight="1">
       <c r="A170" s="25"/>
-      <c r="B170" s="9">
-[...13 lines deleted...]
-      <c r="H170" s="11"/>
+      <c r="B170" s="10">
+        <v>117</v>
+      </c>
+      <c r="C170" s="11">
+        <v>319600</v>
+      </c>
+      <c r="D170" s="11">
+        <v>363900</v>
+      </c>
+      <c r="E170" s="11">
+        <v>418500</v>
+      </c>
+      <c r="F170" s="11"/>
+      <c r="G170" s="11"/>
+      <c r="H170" s="12"/>
     </row>
     <row r="171" spans="1:8" ht="18.75" customHeight="1">
       <c r="A171" s="25"/>
-      <c r="B171" s="9">
-[...13 lines deleted...]
-      <c r="H171" s="11"/>
+      <c r="B171" s="10">
+        <v>118</v>
+      </c>
+      <c r="C171" s="11">
+        <v>320000</v>
+      </c>
+      <c r="D171" s="11">
+        <v>364300</v>
+      </c>
+      <c r="E171" s="11">
+        <v>419000</v>
+      </c>
+      <c r="F171" s="11"/>
+      <c r="G171" s="11"/>
+      <c r="H171" s="12"/>
     </row>
     <row r="172" spans="1:8" ht="18.75" customHeight="1">
       <c r="A172" s="25"/>
-      <c r="B172" s="9">
+      <c r="B172" s="10">
+        <v>119</v>
+      </c>
+      <c r="C172" s="11">
+        <v>320300</v>
+      </c>
+      <c r="D172" s="11">
+        <v>364700</v>
+      </c>
+      <c r="E172" s="11">
+        <v>419400</v>
+      </c>
+      <c r="F172" s="11"/>
+      <c r="G172" s="11"/>
+      <c r="H172" s="12"/>
+    </row>
+    <row r="173" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A173" s="25"/>
+      <c r="B173" s="10">
         <v>120</v>
       </c>
-      <c r="C172" s="10">
-[...22 lines deleted...]
-    <row r="174" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C173" s="11">
+        <v>320600</v>
+      </c>
+      <c r="D173" s="11">
+        <v>365100</v>
+      </c>
+      <c r="E173" s="11">
+        <v>419800</v>
+      </c>
+      <c r="F173" s="11"/>
+      <c r="G173" s="11"/>
+      <c r="H173" s="12"/>
+    </row>
+    <row r="174" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A174" s="25"/>
-      <c r="B174" s="9">
-[...13 lines deleted...]
-      <c r="H174" s="11"/>
+      <c r="B174" s="10"/>
+      <c r="C174" s="11"/>
+      <c r="D174" s="11"/>
+      <c r="E174" s="11"/>
+      <c r="F174" s="11"/>
+      <c r="G174" s="11"/>
+      <c r="H174" s="12"/>
     </row>
     <row r="175" spans="1:8" ht="18.75" customHeight="1">
       <c r="A175" s="25"/>
-      <c r="B175" s="9">
-[...13 lines deleted...]
-      <c r="H175" s="11"/>
+      <c r="B175" s="10">
+        <v>121</v>
+      </c>
+      <c r="C175" s="11">
+        <v>320900</v>
+      </c>
+      <c r="D175" s="11">
+        <v>365500</v>
+      </c>
+      <c r="E175" s="11">
+        <v>420200</v>
+      </c>
+      <c r="F175" s="11"/>
+      <c r="G175" s="11"/>
+      <c r="H175" s="12"/>
     </row>
     <row r="176" spans="1:8" ht="18.75" customHeight="1">
       <c r="A176" s="25"/>
-      <c r="B176" s="9">
-[...13 lines deleted...]
-      <c r="H176" s="11"/>
+      <c r="B176" s="10">
+        <v>122</v>
+      </c>
+      <c r="C176" s="11">
+        <v>321300</v>
+      </c>
+      <c r="D176" s="11">
+        <v>365800</v>
+      </c>
+      <c r="E176" s="11">
+        <v>420700</v>
+      </c>
+      <c r="F176" s="11"/>
+      <c r="G176" s="11"/>
+      <c r="H176" s="12"/>
     </row>
     <row r="177" spans="1:8" ht="18.75" customHeight="1">
       <c r="A177" s="25"/>
-      <c r="B177" s="9">
+      <c r="B177" s="10">
+        <v>123</v>
+      </c>
+      <c r="C177" s="11">
+        <v>321600</v>
+      </c>
+      <c r="D177" s="11">
+        <v>366200</v>
+      </c>
+      <c r="E177" s="11">
+        <v>421100</v>
+      </c>
+      <c r="F177" s="11"/>
+      <c r="G177" s="11"/>
+      <c r="H177" s="12"/>
+    </row>
+    <row r="178" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A178" s="25"/>
+      <c r="B178" s="10">
         <v>124</v>
       </c>
-      <c r="C177" s="10">
-[...22 lines deleted...]
-    <row r="179" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C178" s="11">
+        <v>321900</v>
+      </c>
+      <c r="D178" s="11">
+        <v>366600</v>
+      </c>
+      <c r="E178" s="11">
+        <v>421500</v>
+      </c>
+      <c r="F178" s="11"/>
+      <c r="G178" s="11"/>
+      <c r="H178" s="12"/>
+    </row>
+    <row r="179" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A179" s="25"/>
-      <c r="B179" s="9">
-[...13 lines deleted...]
-      <c r="H179" s="11"/>
+      <c r="B179" s="10"/>
+      <c r="C179" s="11"/>
+      <c r="D179" s="11"/>
+      <c r="E179" s="11"/>
+      <c r="F179" s="11"/>
+      <c r="G179" s="11"/>
+      <c r="H179" s="12"/>
     </row>
     <row r="180" spans="1:8" ht="18.75" customHeight="1">
       <c r="A180" s="25"/>
-      <c r="B180" s="9">
-[...13 lines deleted...]
-      <c r="H180" s="11"/>
+      <c r="B180" s="10">
+        <v>125</v>
+      </c>
+      <c r="C180" s="11">
+        <v>322200</v>
+      </c>
+      <c r="D180" s="11">
+        <v>367000</v>
+      </c>
+      <c r="E180" s="11">
+        <v>421900</v>
+      </c>
+      <c r="F180" s="11"/>
+      <c r="G180" s="11"/>
+      <c r="H180" s="12"/>
     </row>
     <row r="181" spans="1:8" ht="18.75" customHeight="1">
       <c r="A181" s="25"/>
-      <c r="B181" s="9">
-[...13 lines deleted...]
-      <c r="H181" s="11"/>
+      <c r="B181" s="10">
+        <v>126</v>
+      </c>
+      <c r="C181" s="11">
+        <v>322600</v>
+      </c>
+      <c r="D181" s="11">
+        <v>367300</v>
+      </c>
+      <c r="E181" s="11">
+        <v>422400</v>
+      </c>
+      <c r="F181" s="11"/>
+      <c r="G181" s="11"/>
+      <c r="H181" s="12"/>
     </row>
     <row r="182" spans="1:8" ht="18.75" customHeight="1">
       <c r="A182" s="25"/>
-      <c r="B182" s="9">
+      <c r="B182" s="10">
+        <v>127</v>
+      </c>
+      <c r="C182" s="11">
+        <v>322900</v>
+      </c>
+      <c r="D182" s="11">
+        <v>367700</v>
+      </c>
+      <c r="E182" s="11">
+        <v>422800</v>
+      </c>
+      <c r="F182" s="11"/>
+      <c r="G182" s="11"/>
+      <c r="H182" s="12"/>
+    </row>
+    <row r="183" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A183" s="25"/>
+      <c r="B183" s="10">
         <v>128</v>
       </c>
-      <c r="C182" s="10">
-[...22 lines deleted...]
-    <row r="184" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C183" s="11">
+        <v>323200</v>
+      </c>
+      <c r="D183" s="11">
+        <v>368100</v>
+      </c>
+      <c r="E183" s="11">
+        <v>423200</v>
+      </c>
+      <c r="F183" s="11"/>
+      <c r="G183" s="11"/>
+      <c r="H183" s="12"/>
+    </row>
+    <row r="184" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A184" s="25"/>
-      <c r="B184" s="9">
-[...13 lines deleted...]
-      <c r="H184" s="11"/>
+      <c r="B184" s="10"/>
+      <c r="C184" s="11"/>
+      <c r="D184" s="11"/>
+      <c r="E184" s="11"/>
+      <c r="F184" s="11"/>
+      <c r="G184" s="11"/>
+      <c r="H184" s="12"/>
     </row>
     <row r="185" spans="1:8" ht="18.75" customHeight="1">
       <c r="A185" s="25"/>
-      <c r="B185" s="9">
-[...11 lines deleted...]
-      <c r="H185" s="11"/>
+      <c r="B185" s="10">
+        <v>129</v>
+      </c>
+      <c r="C185" s="11">
+        <v>323500</v>
+      </c>
+      <c r="D185" s="11">
+        <v>368500</v>
+      </c>
+      <c r="E185" s="11">
+        <v>423600</v>
+      </c>
+      <c r="F185" s="11"/>
+      <c r="G185" s="11"/>
+      <c r="H185" s="12"/>
     </row>
     <row r="186" spans="1:8" ht="18.75" customHeight="1">
       <c r="A186" s="25"/>
-      <c r="B186" s="9">
-[...11 lines deleted...]
-      <c r="H186" s="11"/>
+      <c r="B186" s="10">
+        <v>130</v>
+      </c>
+      <c r="C186" s="11">
+        <v>323900</v>
+      </c>
+      <c r="D186" s="11"/>
+      <c r="E186" s="11">
+        <v>424100</v>
+      </c>
+      <c r="F186" s="11"/>
+      <c r="G186" s="11"/>
+      <c r="H186" s="12"/>
     </row>
     <row r="187" spans="1:8" ht="18.75" customHeight="1">
       <c r="A187" s="25"/>
-      <c r="B187" s="9">
+      <c r="B187" s="10">
+        <v>131</v>
+      </c>
+      <c r="C187" s="11">
+        <v>324200</v>
+      </c>
+      <c r="D187" s="11"/>
+      <c r="E187" s="11">
+        <v>424500</v>
+      </c>
+      <c r="F187" s="11"/>
+      <c r="G187" s="11"/>
+      <c r="H187" s="12"/>
+    </row>
+    <row r="188" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A188" s="25"/>
+      <c r="B188" s="10">
         <v>132</v>
       </c>
-      <c r="C187" s="10">
-[...20 lines deleted...]
-    <row r="189" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C188" s="11">
+        <v>324500</v>
+      </c>
+      <c r="D188" s="11"/>
+      <c r="E188" s="11">
+        <v>424900</v>
+      </c>
+      <c r="F188" s="11"/>
+      <c r="G188" s="11"/>
+      <c r="H188" s="12"/>
+    </row>
+    <row r="189" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A189" s="25"/>
-      <c r="B189" s="9">
-[...11 lines deleted...]
-      <c r="H189" s="11"/>
+      <c r="B189" s="10"/>
+      <c r="C189" s="11"/>
+      <c r="D189" s="11"/>
+      <c r="E189" s="11"/>
+      <c r="F189" s="11"/>
+      <c r="G189" s="11"/>
+      <c r="H189" s="12"/>
     </row>
     <row r="190" spans="1:8" ht="18.75" customHeight="1">
       <c r="A190" s="25"/>
-      <c r="B190" s="9">
-[...11 lines deleted...]
-      <c r="H190" s="11"/>
+      <c r="B190" s="10">
+        <v>133</v>
+      </c>
+      <c r="C190" s="11">
+        <v>324800</v>
+      </c>
+      <c r="D190" s="11"/>
+      <c r="E190" s="11">
+        <v>425300</v>
+      </c>
+      <c r="F190" s="11"/>
+      <c r="G190" s="11"/>
+      <c r="H190" s="12"/>
     </row>
     <row r="191" spans="1:8" ht="18.75" customHeight="1">
       <c r="A191" s="25"/>
-      <c r="B191" s="9">
-[...11 lines deleted...]
-      <c r="H191" s="11"/>
+      <c r="B191" s="10">
+        <v>134</v>
+      </c>
+      <c r="C191" s="11">
+        <v>325200</v>
+      </c>
+      <c r="D191" s="11"/>
+      <c r="E191" s="11">
+        <v>425700</v>
+      </c>
+      <c r="F191" s="11"/>
+      <c r="G191" s="11"/>
+      <c r="H191" s="12"/>
     </row>
     <row r="192" spans="1:8" ht="18.75" customHeight="1">
       <c r="A192" s="25"/>
-      <c r="B192" s="9">
+      <c r="B192" s="10">
+        <v>135</v>
+      </c>
+      <c r="C192" s="11">
+        <v>325500</v>
+      </c>
+      <c r="D192" s="11"/>
+      <c r="E192" s="11">
+        <v>426100</v>
+      </c>
+      <c r="F192" s="11"/>
+      <c r="G192" s="11"/>
+      <c r="H192" s="12"/>
+    </row>
+    <row r="193" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A193" s="25"/>
+      <c r="B193" s="10">
         <v>136</v>
       </c>
-      <c r="C192" s="10">
-[...20 lines deleted...]
-    <row r="194" spans="1:8" ht="18.75" customHeight="1">
+      <c r="C193" s="11">
+        <v>325800</v>
+      </c>
+      <c r="D193" s="11"/>
+      <c r="E193" s="11">
+        <v>426500</v>
+      </c>
+      <c r="F193" s="11"/>
+      <c r="G193" s="11"/>
+      <c r="H193" s="12"/>
+    </row>
+    <row r="194" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A194" s="25"/>
-      <c r="B194" s="9">
-[...11 lines deleted...]
-      <c r="H194" s="11"/>
+      <c r="B194" s="10"/>
+      <c r="C194" s="11"/>
+      <c r="D194" s="11"/>
+      <c r="E194" s="11"/>
+      <c r="F194" s="11"/>
+      <c r="G194" s="11"/>
+      <c r="H194" s="12"/>
     </row>
     <row r="195" spans="1:8" ht="18.75" customHeight="1">
       <c r="A195" s="25"/>
-      <c r="B195" s="9">
-[...11 lines deleted...]
-      <c r="H195" s="11"/>
+      <c r="B195" s="10">
+        <v>137</v>
+      </c>
+      <c r="C195" s="11">
+        <v>326100</v>
+      </c>
+      <c r="D195" s="11"/>
+      <c r="E195" s="11">
+        <v>426900</v>
+      </c>
+      <c r="F195" s="11"/>
+      <c r="G195" s="11"/>
+      <c r="H195" s="12"/>
     </row>
     <row r="196" spans="1:8" ht="18.75" customHeight="1">
       <c r="A196" s="25"/>
-      <c r="B196" s="9">
-[...11 lines deleted...]
-      <c r="H196" s="11"/>
+      <c r="B196" s="10">
+        <v>138</v>
+      </c>
+      <c r="C196" s="11">
+        <v>326400</v>
+      </c>
+      <c r="D196" s="11"/>
+      <c r="E196" s="11">
+        <v>427300</v>
+      </c>
+      <c r="F196" s="11"/>
+      <c r="G196" s="11"/>
+      <c r="H196" s="12"/>
     </row>
     <row r="197" spans="1:8" ht="18.75" customHeight="1">
       <c r="A197" s="25"/>
-      <c r="B197" s="9">
+      <c r="B197" s="10">
+        <v>139</v>
+      </c>
+      <c r="C197" s="11">
+        <v>326800</v>
+      </c>
+      <c r="D197" s="11"/>
+      <c r="E197" s="11">
+        <v>427700</v>
+      </c>
+      <c r="F197" s="11"/>
+      <c r="G197" s="11"/>
+      <c r="H197" s="12"/>
+    </row>
+    <row r="198" spans="1:8" ht="18.75" customHeight="1">
+      <c r="A198" s="25"/>
+      <c r="B198" s="10">
         <v>140</v>
       </c>
-      <c r="C197" s="10">
-[...20 lines deleted...]
-    <row r="199" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="C198" s="11">
+        <v>327100</v>
+      </c>
+      <c r="D198" s="11"/>
+      <c r="E198" s="11">
+        <v>428100</v>
+      </c>
+      <c r="F198" s="11"/>
+      <c r="G198" s="11"/>
+      <c r="H198" s="12"/>
+    </row>
+    <row r="199" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A199" s="25"/>
-      <c r="B199" s="9">
+      <c r="B199" s="10"/>
+      <c r="C199" s="11"/>
+      <c r="D199" s="11"/>
+      <c r="E199" s="11"/>
+      <c r="F199" s="11"/>
+      <c r="G199" s="11"/>
+      <c r="H199" s="12"/>
+    </row>
+    <row r="200" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A200" s="25"/>
+      <c r="B200" s="10">
         <v>141</v>
       </c>
-      <c r="C199" s="10">
-[...12 lines deleted...]
-      <c r="B200" s="9">
+      <c r="C200" s="11">
+        <v>327400</v>
+      </c>
+      <c r="D200" s="11"/>
+      <c r="E200" s="11">
+        <v>428500</v>
+      </c>
+      <c r="F200" s="11"/>
+      <c r="G200" s="11"/>
+      <c r="H200" s="12"/>
+    </row>
+    <row r="201" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A201" s="25"/>
+      <c r="B201" s="10">
         <v>142</v>
       </c>
-      <c r="C200" s="10">
-[...10 lines deleted...]
-      <c r="B201" s="9">
+      <c r="C201" s="11">
+        <v>327700</v>
+      </c>
+      <c r="D201" s="11"/>
+      <c r="E201" s="11"/>
+      <c r="F201" s="11"/>
+      <c r="G201" s="11"/>
+      <c r="H201" s="12"/>
+    </row>
+    <row r="202" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A202" s="25"/>
+      <c r="B202" s="10">
         <v>143</v>
       </c>
-      <c r="C201" s="10">
-[...10 lines deleted...]
-      <c r="B202" s="9">
+      <c r="C202" s="11">
+        <v>328000</v>
+      </c>
+      <c r="D202" s="11"/>
+      <c r="E202" s="11"/>
+      <c r="F202" s="11"/>
+      <c r="G202" s="11"/>
+      <c r="H202" s="12"/>
+    </row>
+    <row r="203" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A203" s="25"/>
+      <c r="B203" s="10">
         <v>144</v>
       </c>
-      <c r="C202" s="10">
-[...47 lines deleted...]
-      <c r="A207" s="23" t="s">
+      <c r="C203" s="11">
+        <v>328300</v>
+      </c>
+      <c r="D203" s="11"/>
+      <c r="E203" s="11"/>
+      <c r="F203" s="11"/>
+      <c r="G203" s="11"/>
+      <c r="H203" s="12"/>
+    </row>
+    <row r="204" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A204" s="26"/>
+      <c r="B204" s="14"/>
+      <c r="C204" s="15"/>
+      <c r="D204" s="15"/>
+      <c r="E204" s="15"/>
+      <c r="F204" s="15"/>
+      <c r="G204" s="15"/>
+      <c r="H204" s="12"/>
+    </row>
+    <row r="205" spans="1:8" s="13" customFormat="1" ht="30" customHeight="1">
+      <c r="A205" s="16"/>
+      <c r="B205" s="6"/>
+      <c r="C205" s="12"/>
+      <c r="D205" s="12"/>
+      <c r="E205" s="12"/>
+      <c r="F205" s="12"/>
+      <c r="G205" s="12"/>
+      <c r="H205" s="12"/>
+    </row>
+    <row r="206" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B206" s="17"/>
+      <c r="C206" s="12"/>
+      <c r="D206" s="12"/>
+      <c r="E206" s="12"/>
+      <c r="F206" s="12"/>
+      <c r="G206" s="12"/>
+      <c r="H206" s="12"/>
+    </row>
+    <row r="207" spans="1:8" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B207" s="6"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="12"/>
+      <c r="E207" s="12"/>
+      <c r="F207" s="12"/>
+      <c r="G207" s="12"/>
+      <c r="H207" s="12"/>
+    </row>
+    <row r="208" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A208" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B207" s="3" t="s">
+      <c r="B208" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C207" s="4" t="s">
+      <c r="C208" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D207" s="4" t="s">
+      <c r="D208" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E207" s="4" t="s">
+      <c r="E208" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F207" s="4" t="s">
+      <c r="F208" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G207" s="4" t="s">
+      <c r="G208" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H207" s="5"/>
-[...3 lines deleted...]
-      <c r="B208" s="3" t="s">
+      <c r="H208" s="6"/>
+    </row>
+    <row r="209" spans="1:8" ht="26.1" customHeight="1">
+      <c r="A209" s="28"/>
+      <c r="B209" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C208" s="4" t="s">
+      <c r="C209" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="D208" s="4" t="s">
+      <c r="D209" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="E208" s="4" t="s">
+      <c r="E209" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="F208" s="4" t="s">
+      <c r="F209" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="G208" s="4" t="s">
+      <c r="G209" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H208" s="5"/>
-[...2 lines deleted...]
-      <c r="A209" s="24" t="s">
+      <c r="H209" s="6"/>
+    </row>
+    <row r="210" spans="1:8" ht="14.25" customHeight="1">
+      <c r="A210" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="B209" s="6"/>
-      <c r="C209" s="7" t="s">
+      <c r="B210" s="7"/>
+      <c r="C210" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D209" s="7" t="s">
+      <c r="D210" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E209" s="7" t="s">
+      <c r="E210" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F209" s="7" t="s">
+      <c r="F210" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G209" s="7" t="s">
+      <c r="G210" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H209" s="8"/>
-[...3 lines deleted...]
-      <c r="B210" s="9">
+      <c r="H210" s="9"/>
+    </row>
+    <row r="211" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A211" s="25"/>
+      <c r="B211" s="10">
         <v>145</v>
       </c>
-      <c r="C210" s="10">
-[...10 lines deleted...]
-      <c r="B211" s="9">
+      <c r="C211" s="11">
+        <v>328600</v>
+      </c>
+      <c r="D211" s="11"/>
+      <c r="E211" s="11"/>
+      <c r="F211" s="11"/>
+      <c r="G211" s="11"/>
+      <c r="H211" s="12"/>
+    </row>
+    <row r="212" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A212" s="25"/>
+      <c r="B212" s="10">
         <v>146</v>
       </c>
-      <c r="C211" s="10">
-[...10 lines deleted...]
-      <c r="B212" s="9">
+      <c r="C212" s="11">
+        <v>328900</v>
+      </c>
+      <c r="D212" s="11"/>
+      <c r="E212" s="11"/>
+      <c r="F212" s="11"/>
+      <c r="G212" s="11"/>
+      <c r="H212" s="12"/>
+    </row>
+    <row r="213" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A213" s="25"/>
+      <c r="B213" s="10">
         <v>147</v>
       </c>
-      <c r="C212" s="10">
-[...10 lines deleted...]
-      <c r="B213" s="9">
+      <c r="C213" s="11">
+        <v>329200</v>
+      </c>
+      <c r="D213" s="11"/>
+      <c r="E213" s="11"/>
+      <c r="F213" s="11"/>
+      <c r="G213" s="11"/>
+      <c r="H213" s="12"/>
+    </row>
+    <row r="214" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A214" s="25"/>
+      <c r="B214" s="10">
         <v>148</v>
       </c>
-      <c r="C213" s="10">
-[...18 lines deleted...]
-    <row r="215" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="C214" s="11">
+        <v>329500</v>
+      </c>
+      <c r="D214" s="11"/>
+      <c r="E214" s="11"/>
+      <c r="F214" s="11"/>
+      <c r="G214" s="11"/>
+      <c r="H214" s="12"/>
+    </row>
+    <row r="215" spans="1:8" s="13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A215" s="25"/>
-      <c r="B215" s="9">
+      <c r="B215" s="10"/>
+      <c r="C215" s="11"/>
+      <c r="D215" s="11"/>
+      <c r="E215" s="11"/>
+      <c r="F215" s="11"/>
+      <c r="G215" s="11"/>
+      <c r="H215" s="12"/>
+    </row>
+    <row r="216" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A216" s="25"/>
+      <c r="B216" s="10">
         <v>149</v>
       </c>
-      <c r="C215" s="10">
-[...18 lines deleted...]
-    <row r="217" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="C216" s="11">
+        <v>329800</v>
+      </c>
+      <c r="D216" s="11"/>
+      <c r="E216" s="11"/>
+      <c r="F216" s="11"/>
+      <c r="G216" s="11"/>
+      <c r="H216" s="12"/>
+    </row>
+    <row r="217" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A217" s="25"/>
-      <c r="B217" s="9"/>
-[...7 lines deleted...]
-    <row r="218" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="B217" s="10"/>
+      <c r="C217" s="11"/>
+      <c r="D217" s="11"/>
+      <c r="E217" s="11"/>
+      <c r="F217" s="11"/>
+      <c r="G217" s="11"/>
+      <c r="H217" s="12"/>
+    </row>
+    <row r="218" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A218" s="25"/>
-      <c r="B218" s="9"/>
-[...7 lines deleted...]
-    <row r="219" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="B218" s="10"/>
+      <c r="C218" s="11"/>
+      <c r="D218" s="11"/>
+      <c r="E218" s="11"/>
+      <c r="F218" s="11"/>
+      <c r="G218" s="11"/>
+      <c r="H218" s="12"/>
+    </row>
+    <row r="219" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A219" s="25"/>
-      <c r="B219" s="9"/>
-[...7 lines deleted...]
-    <row r="220" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="B219" s="10"/>
+      <c r="C219" s="11"/>
+      <c r="D219" s="11"/>
+      <c r="E219" s="11"/>
+      <c r="F219" s="11"/>
+      <c r="G219" s="11"/>
+      <c r="H219" s="12"/>
+    </row>
+    <row r="220" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A220" s="25"/>
-      <c r="B220" s="9"/>
-[...7 lines deleted...]
-    <row r="221" spans="1:8" s="12" customFormat="1" ht="18.75" customHeight="1">
+      <c r="B220" s="10"/>
+      <c r="C220" s="11"/>
+      <c r="D220" s="11"/>
+      <c r="E220" s="11"/>
+      <c r="F220" s="11"/>
+      <c r="G220" s="11"/>
+      <c r="H220" s="12"/>
+    </row>
+    <row r="221" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A221" s="25"/>
-      <c r="B221" s="9"/>
-[...7 lines deleted...]
-    <row r="222" spans="1:8" s="12" customFormat="1" ht="16.899999999999999" customHeight="1">
+      <c r="B221" s="10"/>
+      <c r="C221" s="11"/>
+      <c r="D221" s="11"/>
+      <c r="E221" s="11"/>
+      <c r="F221" s="11"/>
+      <c r="G221" s="11"/>
+      <c r="H221" s="12"/>
+    </row>
+    <row r="222" spans="1:8" s="13" customFormat="1" ht="18.75" customHeight="1">
       <c r="A222" s="25"/>
-      <c r="B222" s="9"/>
-[...7 lines deleted...]
-    <row r="223" spans="1:8" s="12" customFormat="1" ht="9.75" customHeight="1">
+      <c r="B222" s="10"/>
+      <c r="C222" s="11"/>
+      <c r="D222" s="11"/>
+      <c r="E222" s="11"/>
+      <c r="F222" s="11"/>
+      <c r="G222" s="11"/>
+      <c r="H222" s="12"/>
+    </row>
+    <row r="223" spans="1:8" s="13" customFormat="1" ht="16.95" customHeight="1">
       <c r="A223" s="25"/>
-      <c r="B223" s="9"/>
-[...18 lines deleted...]
-      <c r="A225" s="28" t="s">
+      <c r="B223" s="10"/>
+      <c r="C223" s="11"/>
+      <c r="D223" s="11"/>
+      <c r="E223" s="11"/>
+      <c r="F223" s="11"/>
+      <c r="G223" s="11"/>
+      <c r="H223" s="12"/>
+    </row>
+    <row r="224" spans="1:8" s="13" customFormat="1" ht="9.6" customHeight="1">
+      <c r="A224" s="25"/>
+      <c r="B224" s="10"/>
+      <c r="C224" s="11"/>
+      <c r="D224" s="11"/>
+      <c r="E224" s="11"/>
+      <c r="F224" s="11"/>
+      <c r="G224" s="11"/>
+      <c r="H224" s="12"/>
+    </row>
+    <row r="225" spans="1:9" s="13" customFormat="1" ht="27.6" hidden="1" customHeight="1">
+      <c r="A225" s="26"/>
+      <c r="B225" s="14"/>
+      <c r="C225" s="15"/>
+      <c r="D225" s="15"/>
+      <c r="E225" s="15"/>
+      <c r="F225" s="15"/>
+      <c r="G225" s="15"/>
+      <c r="H225" s="12"/>
+    </row>
+    <row r="226" spans="1:9" s="13" customFormat="1" ht="13.2" customHeight="1">
+      <c r="A226" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="B225" s="17"/>
-      <c r="C225" s="18" t="s">
+      <c r="B226" s="18"/>
+      <c r="C226" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D225" s="18" t="s">
+      <c r="D226" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="E225" s="18" t="s">
+      <c r="E226" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F225" s="18" t="s">
+      <c r="F226" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="G225" s="18" t="s">
+      <c r="G226" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="H225" s="11"/>
-[...4 lines deleted...]
-      <c r="C226" s="7" t="s">
+      <c r="H226" s="12"/>
+    </row>
+    <row r="227" spans="1:9" ht="13.2" customHeight="1">
+      <c r="A227" s="30"/>
+      <c r="B227" s="10"/>
+      <c r="C227" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D226" s="7" t="s">
+      <c r="D227" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E226" s="7" t="s">
+      <c r="E227" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F226" s="7" t="s">
+      <c r="F227" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G226" s="7" t="s">
+      <c r="G227" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H226" s="8"/>
-[...23 lines deleted...]
-      <c r="A228" s="22" t="s">
+      <c r="H227" s="9"/>
+    </row>
+    <row r="228" spans="1:9" ht="64.2" customHeight="1">
+      <c r="A228" s="31"/>
+      <c r="B228" s="20"/>
+      <c r="C228" s="21">
+        <v>208600</v>
+      </c>
+      <c r="D228" s="21">
+        <v>242300</v>
+      </c>
+      <c r="E228" s="21">
+        <v>285000</v>
+      </c>
+      <c r="F228" s="21">
+        <v>330200</v>
+      </c>
+      <c r="G228" s="21">
+        <v>453000</v>
+      </c>
+      <c r="H228" s="22"/>
+      <c r="I228" s="22"/>
+    </row>
+    <row r="229" spans="1:9" s="13" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A229" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="B228" s="5"/>
-[...8 lines deleted...]
-      <c r="A229" s="22" t="s">
+      <c r="B229" s="6"/>
+      <c r="C229" s="12"/>
+      <c r="D229" s="12"/>
+      <c r="E229" s="12"/>
+      <c r="F229" s="12"/>
+      <c r="G229" s="12"/>
+      <c r="H229" s="12"/>
+    </row>
+    <row r="230" spans="1:9" s="13" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A230" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="B229" s="5"/>
-[...8 lines deleted...]
-      <c r="A230" s="22" t="s">
+      <c r="B230" s="6"/>
+      <c r="C230" s="12"/>
+      <c r="D230" s="12"/>
+      <c r="E230" s="12"/>
+      <c r="F230" s="12"/>
+      <c r="G230" s="12"/>
+      <c r="H230" s="12"/>
+    </row>
+    <row r="231" spans="1:9" s="13" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A231" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B231" s="6"/>
+      <c r="C231" s="12"/>
+      <c r="D231" s="12"/>
+      <c r="E231" s="12"/>
+      <c r="F231" s="12"/>
+      <c r="G231" s="12"/>
+      <c r="H231" s="12"/>
+    </row>
+    <row r="232" spans="1:9" s="13" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A232" s="23"/>
+      <c r="B232" s="6"/>
+      <c r="C232" s="12"/>
+      <c r="D232" s="12"/>
+      <c r="E232" s="12"/>
+      <c r="F232" s="12"/>
+      <c r="G232" s="12"/>
+      <c r="H232" s="12"/>
+    </row>
+    <row r="233" spans="1:9" s="13" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A233" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="B230" s="5"/>
-[...36 lines deleted...]
-      <c r="H233" s="11"/>
+      <c r="B233" s="6"/>
+      <c r="C233" s="12"/>
+      <c r="D233" s="12"/>
+      <c r="E233" s="12"/>
+      <c r="F233" s="12"/>
+      <c r="G233" s="12"/>
+      <c r="H233" s="12"/>
+    </row>
+    <row r="234" spans="1:9" s="13" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B234" s="6"/>
+      <c r="C234" s="12"/>
+      <c r="D234" s="12"/>
+      <c r="E234" s="12"/>
+      <c r="F234" s="12"/>
+      <c r="G234" s="12"/>
+      <c r="H234" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="A107:A152"/>
-[...9 lines deleted...]
-    <mergeCell ref="A225:A227"/>
+    <mergeCell ref="A157:A158"/>
+    <mergeCell ref="A159:A204"/>
+    <mergeCell ref="A208:A209"/>
+    <mergeCell ref="A210:A225"/>
+    <mergeCell ref="A226:A228"/>
+    <mergeCell ref="A108:A153"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="A6:A51"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="A57:A102"/>
+    <mergeCell ref="A106:A107"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions gridLinesSet="0"/>
   <pageMargins left="0.55118110236220474" right="0.39370078740157483" top="0.59055118110236227" bottom="0.78740157480314965" header="0.47244094488188981" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="87" fitToHeight="4" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
-    <brk id="50" max="8" man="1"/>
-[...2 lines deleted...]
-    <brk id="203" max="8" man="1"/>
+    <brk id="51" max="8" man="1"/>
+    <brk id="102" max="8" man="1"/>
+    <brk id="153" max="8" man="1"/>
+    <brk id="204" max="8" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>