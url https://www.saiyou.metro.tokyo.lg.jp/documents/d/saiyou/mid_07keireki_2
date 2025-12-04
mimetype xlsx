--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.246.2\040_試験課\採用班\46_経験者採用選考\選考案内\職務経歴書（２）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.246.2\040_試験課\採用班\06_経験者採用選考\2025(R7)年度\01_選考案内\03_HP用\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0ABFC3F6-0C88-427A-AB62-EFB4A18F590F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BC47E2F-DBE9-49BF-9CB6-23B613269EF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28245" yWindow="585" windowWidth="23610" windowHeight="10065" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="職務経歴書(2)" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -654,51 +654,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
@@ -739,186 +739,162 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...83 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1193,271 +1169,271 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="B1:BF34"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="AU2" sqref="AU2:BF2"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="V9" sqref="V9:AL10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.09765625" defaultRowHeight="13.8" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="1.09765625" style="1" customWidth="1"/>
     <col min="2" max="23" width="3.09765625" style="1"/>
     <col min="24" max="24" width="4" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="3.09765625" style="1"/>
     <col min="27" max="27" width="4" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="38" width="3.09765625" style="1"/>
     <col min="39" max="39" width="1.09765625" style="1" customWidth="1"/>
     <col min="40" max="16384" width="3.09765625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:58" ht="7.5" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="2" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="57" t="s">
+      <c r="B2" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="57"/>
-[...38 lines deleted...]
-      <c r="AQ2" s="54" t="s">
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="38"/>
+      <c r="U2" s="38"/>
+      <c r="V2" s="38"/>
+      <c r="W2" s="38"/>
+      <c r="X2" s="38"/>
+      <c r="Y2" s="38"/>
+      <c r="Z2" s="38"/>
+      <c r="AA2" s="38"/>
+      <c r="AB2" s="38"/>
+      <c r="AC2" s="38"/>
+      <c r="AD2" s="38"/>
+      <c r="AE2" s="38"/>
+      <c r="AF2" s="38"/>
+      <c r="AG2" s="38"/>
+      <c r="AH2" s="38"/>
+      <c r="AI2" s="38"/>
+      <c r="AJ2" s="38"/>
+      <c r="AK2" s="38"/>
+      <c r="AL2" s="38"/>
+      <c r="AM2" s="38"/>
+      <c r="AN2" s="38"/>
+      <c r="AO2" s="38"/>
+      <c r="AQ2" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="AR2" s="55"/>
-[...13 lines deleted...]
-      <c r="BF2" s="52"/>
+      <c r="AR2" s="36"/>
+      <c r="AS2" s="36"/>
+      <c r="AT2" s="37"/>
+      <c r="AU2" s="33"/>
+      <c r="AV2" s="33"/>
+      <c r="AW2" s="33"/>
+      <c r="AX2" s="33"/>
+      <c r="AY2" s="33"/>
+      <c r="AZ2" s="33"/>
+      <c r="BA2" s="33"/>
+      <c r="BB2" s="33"/>
+      <c r="BC2" s="33"/>
+      <c r="BD2" s="33"/>
+      <c r="BE2" s="33"/>
+      <c r="BF2" s="33"/>
     </row>
     <row r="3" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B3" s="61" t="s">
+      <c r="B3" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="61"/>
-[...38 lines deleted...]
-      <c r="AQ3" s="54" t="s">
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+      <c r="J3" s="25"/>
+      <c r="K3" s="25"/>
+      <c r="L3" s="25"/>
+      <c r="M3" s="25"/>
+      <c r="N3" s="25"/>
+      <c r="O3" s="25"/>
+      <c r="P3" s="25"/>
+      <c r="Q3" s="25"/>
+      <c r="R3" s="25"/>
+      <c r="S3" s="25"/>
+      <c r="T3" s="25"/>
+      <c r="U3" s="25"/>
+      <c r="V3" s="25"/>
+      <c r="W3" s="25"/>
+      <c r="X3" s="25"/>
+      <c r="Y3" s="25"/>
+      <c r="Z3" s="25"/>
+      <c r="AA3" s="25"/>
+      <c r="AB3" s="25"/>
+      <c r="AC3" s="25"/>
+      <c r="AD3" s="25"/>
+      <c r="AE3" s="25"/>
+      <c r="AF3" s="25"/>
+      <c r="AG3" s="25"/>
+      <c r="AH3" s="25"/>
+      <c r="AI3" s="25"/>
+      <c r="AJ3" s="25"/>
+      <c r="AK3" s="25"/>
+      <c r="AL3" s="25"/>
+      <c r="AM3" s="25"/>
+      <c r="AN3" s="25"/>
+      <c r="AO3" s="25"/>
+      <c r="AQ3" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="AR3" s="55"/>
-[...13 lines deleted...]
-      <c r="BF3" s="52"/>
+      <c r="AR3" s="36"/>
+      <c r="AS3" s="36"/>
+      <c r="AT3" s="37"/>
+      <c r="AU3" s="33"/>
+      <c r="AV3" s="33"/>
+      <c r="AW3" s="33"/>
+      <c r="AX3" s="33"/>
+      <c r="AY3" s="33"/>
+      <c r="AZ3" s="33"/>
+      <c r="BA3" s="33"/>
+      <c r="BB3" s="33"/>
+      <c r="BC3" s="33"/>
+      <c r="BD3" s="33"/>
+      <c r="BE3" s="33"/>
+      <c r="BF3" s="33"/>
     </row>
     <row r="4" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B4" s="61"/>
-[...38 lines deleted...]
-      <c r="AO4" s="61"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="25"/>
+      <c r="I4" s="25"/>
+      <c r="J4" s="25"/>
+      <c r="K4" s="25"/>
+      <c r="L4" s="25"/>
+      <c r="M4" s="25"/>
+      <c r="N4" s="25"/>
+      <c r="O4" s="25"/>
+      <c r="P4" s="25"/>
+      <c r="Q4" s="25"/>
+      <c r="R4" s="25"/>
+      <c r="S4" s="25"/>
+      <c r="T4" s="25"/>
+      <c r="U4" s="25"/>
+      <c r="V4" s="25"/>
+      <c r="W4" s="25"/>
+      <c r="X4" s="25"/>
+      <c r="Y4" s="25"/>
+      <c r="Z4" s="25"/>
+      <c r="AA4" s="25"/>
+      <c r="AB4" s="25"/>
+      <c r="AC4" s="25"/>
+      <c r="AD4" s="25"/>
+      <c r="AE4" s="25"/>
+      <c r="AF4" s="25"/>
+      <c r="AG4" s="25"/>
+      <c r="AH4" s="25"/>
+      <c r="AI4" s="25"/>
+      <c r="AJ4" s="25"/>
+      <c r="AK4" s="25"/>
+      <c r="AL4" s="25"/>
+      <c r="AM4" s="25"/>
+      <c r="AN4" s="25"/>
+      <c r="AO4" s="25"/>
       <c r="AP4" s="20"/>
-      <c r="AQ4" s="54" t="s">
+      <c r="AQ4" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="AR4" s="55"/>
-[...2 lines deleted...]
-      <c r="AU4" s="53" t="str" cm="1">
+      <c r="AR4" s="36"/>
+      <c r="AS4" s="36"/>
+      <c r="AT4" s="37"/>
+      <c r="AU4" s="34" t="str" cm="1">
         <f t="array" aca="1" ref="AU4" ca="1">IF(AP4=1,MID(CELL("filename"),SEARCH("[",CELL("filename"))+1,SEARCH("]",CELL("filename"))-SEARCH("[",CELL("filename"))-1),"")</f>
         <v/>
       </c>
-      <c r="AV4" s="53"/>
-[...9 lines deleted...]
-      <c r="BF4" s="53"/>
+      <c r="AV4" s="34"/>
+      <c r="AW4" s="34"/>
+      <c r="AX4" s="34"/>
+      <c r="AY4" s="34"/>
+      <c r="AZ4" s="34"/>
+      <c r="BA4" s="34"/>
+      <c r="BB4" s="34"/>
+      <c r="BC4" s="34"/>
+      <c r="BD4" s="34"/>
+      <c r="BE4" s="34"/>
+      <c r="BF4" s="34"/>
     </row>
     <row r="5" spans="2:58" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="X5" s="60"/>
-[...13 lines deleted...]
-      <c r="AL5" s="60"/>
+      <c r="X5" s="29"/>
+      <c r="Y5" s="29"/>
+      <c r="Z5" s="29"/>
+      <c r="AA5" s="29"/>
+      <c r="AB5" s="29"/>
+      <c r="AC5" s="29"/>
+      <c r="AD5" s="29"/>
+      <c r="AE5" s="29"/>
+      <c r="AF5" s="29"/>
+      <c r="AG5" s="29"/>
+      <c r="AH5" s="29"/>
+      <c r="AI5" s="29"/>
+      <c r="AJ5" s="29"/>
+      <c r="AK5" s="29"/>
+      <c r="AL5" s="29"/>
       <c r="BF5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:58" ht="29.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
@@ -1480,1756 +1456,1756 @@
       <c r="AJ6" s="3"/>
       <c r="AK6" s="3"/>
       <c r="AL6" s="3"/>
       <c r="AM6" s="3"/>
       <c r="AN6" s="3"/>
       <c r="AO6" s="3"/>
       <c r="AP6" s="3"/>
       <c r="AQ6" s="3"/>
       <c r="AR6" s="3"/>
       <c r="AS6" s="3"/>
       <c r="AT6" s="3"/>
       <c r="AU6" s="3"/>
       <c r="AV6" s="3"/>
       <c r="AW6" s="3"/>
       <c r="AX6" s="3"/>
       <c r="AY6" s="3"/>
       <c r="AZ6" s="3"/>
       <c r="BA6" s="3"/>
       <c r="BB6" s="3"/>
       <c r="BC6" s="3"/>
       <c r="BD6" s="3"/>
       <c r="BE6" s="3"/>
       <c r="BF6" s="3"/>
     </row>
     <row r="7" spans="2:58" ht="22.8" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B7" s="62" t="s">
+      <c r="B7" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="62"/>
-[...18 lines deleted...]
-      <c r="V7" s="49" t="s">
+      <c r="C7" s="26"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="26"/>
+      <c r="G7" s="26"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="26"/>
+      <c r="J7" s="26"/>
+      <c r="K7" s="26"/>
+      <c r="L7" s="26"/>
+      <c r="M7" s="26"/>
+      <c r="N7" s="26"/>
+      <c r="O7" s="26"/>
+      <c r="P7" s="26"/>
+      <c r="Q7" s="26"/>
+      <c r="R7" s="26"/>
+      <c r="S7" s="26"/>
+      <c r="T7" s="26"/>
+      <c r="U7" s="26"/>
+      <c r="V7" s="41" t="s">
         <v>8</v>
       </c>
-      <c r="W7" s="49"/>
-[...15 lines deleted...]
-      <c r="AM7" s="62" t="s">
+      <c r="W7" s="41"/>
+      <c r="X7" s="41"/>
+      <c r="Y7" s="41"/>
+      <c r="Z7" s="41"/>
+      <c r="AA7" s="41"/>
+      <c r="AB7" s="41"/>
+      <c r="AC7" s="41"/>
+      <c r="AD7" s="41"/>
+      <c r="AE7" s="41"/>
+      <c r="AF7" s="41"/>
+      <c r="AG7" s="41"/>
+      <c r="AH7" s="41"/>
+      <c r="AI7" s="41"/>
+      <c r="AJ7" s="41"/>
+      <c r="AK7" s="41"/>
+      <c r="AL7" s="41"/>
+      <c r="AM7" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="AN7" s="62"/>
-[...17 lines deleted...]
-      <c r="BF7" s="62"/>
+      <c r="AN7" s="26"/>
+      <c r="AO7" s="26"/>
+      <c r="AP7" s="26"/>
+      <c r="AQ7" s="26"/>
+      <c r="AR7" s="26"/>
+      <c r="AS7" s="26"/>
+      <c r="AT7" s="26"/>
+      <c r="AU7" s="26"/>
+      <c r="AV7" s="26"/>
+      <c r="AW7" s="26"/>
+      <c r="AX7" s="26"/>
+      <c r="AY7" s="26"/>
+      <c r="AZ7" s="26"/>
+      <c r="BA7" s="26"/>
+      <c r="BB7" s="26"/>
+      <c r="BC7" s="26"/>
+      <c r="BD7" s="26"/>
+      <c r="BE7" s="26"/>
+      <c r="BF7" s="26"/>
     </row>
     <row r="8" spans="2:58" ht="24" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B8" s="50" t="s">
+      <c r="B8" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="51"/>
-[...7 lines deleted...]
-      <c r="K8" s="51"/>
+      <c r="C8" s="43"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="43"/>
+      <c r="H8" s="43"/>
+      <c r="I8" s="43"/>
+      <c r="J8" s="43"/>
+      <c r="K8" s="43"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="7"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
       <c r="AB8" s="8"/>
       <c r="AC8" s="8"/>
       <c r="AD8" s="8"/>
       <c r="AE8" s="8"/>
       <c r="AF8" s="8"/>
       <c r="AG8" s="8"/>
       <c r="AH8" s="8"/>
       <c r="AI8" s="8"/>
       <c r="AJ8" s="8"/>
       <c r="AK8" s="8"/>
       <c r="AL8" s="9"/>
       <c r="AM8" s="5"/>
       <c r="AN8" s="6"/>
       <c r="AO8" s="6"/>
       <c r="AP8" s="6"/>
       <c r="AQ8" s="6"/>
       <c r="AR8" s="6"/>
       <c r="AS8" s="6"/>
       <c r="AT8" s="6"/>
       <c r="AU8" s="6"/>
       <c r="AV8" s="6"/>
       <c r="AW8" s="6"/>
       <c r="AX8" s="6"/>
       <c r="AY8" s="6"/>
       <c r="AZ8" s="6"/>
       <c r="BA8" s="6"/>
       <c r="BB8" s="6"/>
       <c r="BC8" s="6"/>
       <c r="BD8" s="6"/>
       <c r="BE8" s="6"/>
       <c r="BF8" s="10"/>
     </row>
     <row r="9" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B9" s="46"/>
-[...1 lines deleted...]
-      <c r="D9" s="47"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
       <c r="E9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="21"/>
       <c r="I9" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L9" s="48"/>
-[...1 lines deleted...]
-      <c r="N9" s="47"/>
+      <c r="L9" s="32"/>
+      <c r="M9" s="31"/>
+      <c r="N9" s="31"/>
       <c r="O9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P9" s="21"/>
       <c r="Q9" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R9" s="21"/>
       <c r="S9" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V9" s="43"/>
-[...35 lines deleted...]
-      <c r="BF9" s="45"/>
+      <c r="V9" s="48"/>
+      <c r="W9" s="49"/>
+      <c r="X9" s="49"/>
+      <c r="Y9" s="49"/>
+      <c r="Z9" s="49"/>
+      <c r="AA9" s="49"/>
+      <c r="AB9" s="49"/>
+      <c r="AC9" s="49"/>
+      <c r="AD9" s="49"/>
+      <c r="AE9" s="49"/>
+      <c r="AF9" s="49"/>
+      <c r="AG9" s="49"/>
+      <c r="AH9" s="49"/>
+      <c r="AI9" s="49"/>
+      <c r="AJ9" s="49"/>
+      <c r="AK9" s="49"/>
+      <c r="AL9" s="50"/>
+      <c r="AM9" s="48"/>
+      <c r="AN9" s="49"/>
+      <c r="AO9" s="49"/>
+      <c r="AP9" s="49"/>
+      <c r="AQ9" s="49"/>
+      <c r="AR9" s="49"/>
+      <c r="AS9" s="49"/>
+      <c r="AT9" s="49"/>
+      <c r="AU9" s="49"/>
+      <c r="AV9" s="49"/>
+      <c r="AW9" s="49"/>
+      <c r="AX9" s="49"/>
+      <c r="AY9" s="49"/>
+      <c r="AZ9" s="49"/>
+      <c r="BA9" s="49"/>
+      <c r="BB9" s="49"/>
+      <c r="BC9" s="49"/>
+      <c r="BD9" s="49"/>
+      <c r="BE9" s="49"/>
+      <c r="BF9" s="50"/>
     </row>
     <row r="10" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="16"/>
       <c r="F10" s="15"/>
       <c r="G10" s="16"/>
       <c r="H10" s="15"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
-      <c r="L10" s="30" t="s">
+      <c r="L10" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M10" s="30"/>
-[...2 lines deleted...]
-      <c r="P10" s="29"/>
+      <c r="M10" s="39"/>
+      <c r="N10" s="39"/>
+      <c r="O10" s="40"/>
+      <c r="P10" s="40"/>
       <c r="Q10" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R10" s="29"/>
-      <c r="S10" s="29"/>
+      <c r="R10" s="40"/>
+      <c r="S10" s="40"/>
       <c r="T10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U10" s="12"/>
-      <c r="V10" s="34"/>
-[...35 lines deleted...]
-      <c r="BF10" s="36"/>
+      <c r="V10" s="51"/>
+      <c r="W10" s="52"/>
+      <c r="X10" s="52"/>
+      <c r="Y10" s="52"/>
+      <c r="Z10" s="52"/>
+      <c r="AA10" s="52"/>
+      <c r="AB10" s="52"/>
+      <c r="AC10" s="52"/>
+      <c r="AD10" s="52"/>
+      <c r="AE10" s="52"/>
+      <c r="AF10" s="52"/>
+      <c r="AG10" s="52"/>
+      <c r="AH10" s="52"/>
+      <c r="AI10" s="52"/>
+      <c r="AJ10" s="52"/>
+      <c r="AK10" s="52"/>
+      <c r="AL10" s="53"/>
+      <c r="AM10" s="51"/>
+      <c r="AN10" s="52"/>
+      <c r="AO10" s="52"/>
+      <c r="AP10" s="52"/>
+      <c r="AQ10" s="52"/>
+      <c r="AR10" s="52"/>
+      <c r="AS10" s="52"/>
+      <c r="AT10" s="52"/>
+      <c r="AU10" s="52"/>
+      <c r="AV10" s="52"/>
+      <c r="AW10" s="52"/>
+      <c r="AX10" s="52"/>
+      <c r="AY10" s="52"/>
+      <c r="AZ10" s="52"/>
+      <c r="BA10" s="52"/>
+      <c r="BB10" s="52"/>
+      <c r="BC10" s="52"/>
+      <c r="BD10" s="52"/>
+      <c r="BE10" s="52"/>
+      <c r="BF10" s="53"/>
     </row>
     <row r="11" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B11" s="46"/>
-[...1 lines deleted...]
-      <c r="D11" s="47"/>
+      <c r="B11" s="30"/>
+      <c r="C11" s="31"/>
+      <c r="D11" s="31"/>
       <c r="E11" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H11" s="21"/>
       <c r="I11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L11" s="48"/>
-[...1 lines deleted...]
-      <c r="N11" s="47"/>
+      <c r="L11" s="32"/>
+      <c r="M11" s="31"/>
+      <c r="N11" s="31"/>
       <c r="O11" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P11" s="21"/>
       <c r="Q11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R11" s="21"/>
       <c r="S11" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V11" s="31"/>
-[...35 lines deleted...]
-      <c r="BF11" s="33"/>
+      <c r="V11" s="54"/>
+      <c r="W11" s="55"/>
+      <c r="X11" s="55"/>
+      <c r="Y11" s="55"/>
+      <c r="Z11" s="55"/>
+      <c r="AA11" s="55"/>
+      <c r="AB11" s="55"/>
+      <c r="AC11" s="55"/>
+      <c r="AD11" s="55"/>
+      <c r="AE11" s="55"/>
+      <c r="AF11" s="55"/>
+      <c r="AG11" s="55"/>
+      <c r="AH11" s="55"/>
+      <c r="AI11" s="55"/>
+      <c r="AJ11" s="55"/>
+      <c r="AK11" s="55"/>
+      <c r="AL11" s="56"/>
+      <c r="AM11" s="54"/>
+      <c r="AN11" s="55"/>
+      <c r="AO11" s="55"/>
+      <c r="AP11" s="55"/>
+      <c r="AQ11" s="55"/>
+      <c r="AR11" s="55"/>
+      <c r="AS11" s="55"/>
+      <c r="AT11" s="55"/>
+      <c r="AU11" s="55"/>
+      <c r="AV11" s="55"/>
+      <c r="AW11" s="55"/>
+      <c r="AX11" s="55"/>
+      <c r="AY11" s="55"/>
+      <c r="AZ11" s="55"/>
+      <c r="BA11" s="55"/>
+      <c r="BB11" s="55"/>
+      <c r="BC11" s="55"/>
+      <c r="BD11" s="55"/>
+      <c r="BE11" s="55"/>
+      <c r="BF11" s="56"/>
     </row>
     <row r="12" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B12" s="14"/>
       <c r="C12" s="15"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
       <c r="F12" s="15"/>
       <c r="G12" s="16"/>
       <c r="H12" s="15"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
-      <c r="L12" s="30" t="s">
+      <c r="L12" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M12" s="30"/>
-[...2 lines deleted...]
-      <c r="P12" s="29"/>
+      <c r="M12" s="39"/>
+      <c r="N12" s="39"/>
+      <c r="O12" s="40"/>
+      <c r="P12" s="40"/>
       <c r="Q12" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R12" s="29"/>
-      <c r="S12" s="29"/>
+      <c r="R12" s="40"/>
+      <c r="S12" s="40"/>
       <c r="T12" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U12" s="12"/>
-      <c r="V12" s="34"/>
-[...35 lines deleted...]
-      <c r="BF12" s="36"/>
+      <c r="V12" s="51"/>
+      <c r="W12" s="52"/>
+      <c r="X12" s="52"/>
+      <c r="Y12" s="52"/>
+      <c r="Z12" s="52"/>
+      <c r="AA12" s="52"/>
+      <c r="AB12" s="52"/>
+      <c r="AC12" s="52"/>
+      <c r="AD12" s="52"/>
+      <c r="AE12" s="52"/>
+      <c r="AF12" s="52"/>
+      <c r="AG12" s="52"/>
+      <c r="AH12" s="52"/>
+      <c r="AI12" s="52"/>
+      <c r="AJ12" s="52"/>
+      <c r="AK12" s="52"/>
+      <c r="AL12" s="53"/>
+      <c r="AM12" s="51"/>
+      <c r="AN12" s="52"/>
+      <c r="AO12" s="52"/>
+      <c r="AP12" s="52"/>
+      <c r="AQ12" s="52"/>
+      <c r="AR12" s="52"/>
+      <c r="AS12" s="52"/>
+      <c r="AT12" s="52"/>
+      <c r="AU12" s="52"/>
+      <c r="AV12" s="52"/>
+      <c r="AW12" s="52"/>
+      <c r="AX12" s="52"/>
+      <c r="AY12" s="52"/>
+      <c r="AZ12" s="52"/>
+      <c r="BA12" s="52"/>
+      <c r="BB12" s="52"/>
+      <c r="BC12" s="52"/>
+      <c r="BD12" s="52"/>
+      <c r="BE12" s="52"/>
+      <c r="BF12" s="53"/>
     </row>
     <row r="13" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B13" s="46"/>
-[...1 lines deleted...]
-      <c r="D13" s="47"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
       <c r="E13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="21"/>
       <c r="I13" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L13" s="48"/>
-[...1 lines deleted...]
-      <c r="N13" s="47"/>
+      <c r="L13" s="32"/>
+      <c r="M13" s="31"/>
+      <c r="N13" s="31"/>
       <c r="O13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P13" s="21"/>
       <c r="Q13" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R13" s="21"/>
       <c r="S13" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V13" s="31"/>
-[...35 lines deleted...]
-      <c r="BF13" s="33"/>
+      <c r="V13" s="54"/>
+      <c r="W13" s="55"/>
+      <c r="X13" s="55"/>
+      <c r="Y13" s="55"/>
+      <c r="Z13" s="55"/>
+      <c r="AA13" s="55"/>
+      <c r="AB13" s="55"/>
+      <c r="AC13" s="55"/>
+      <c r="AD13" s="55"/>
+      <c r="AE13" s="55"/>
+      <c r="AF13" s="55"/>
+      <c r="AG13" s="55"/>
+      <c r="AH13" s="55"/>
+      <c r="AI13" s="55"/>
+      <c r="AJ13" s="55"/>
+      <c r="AK13" s="55"/>
+      <c r="AL13" s="56"/>
+      <c r="AM13" s="54"/>
+      <c r="AN13" s="55"/>
+      <c r="AO13" s="55"/>
+      <c r="AP13" s="55"/>
+      <c r="AQ13" s="55"/>
+      <c r="AR13" s="55"/>
+      <c r="AS13" s="55"/>
+      <c r="AT13" s="55"/>
+      <c r="AU13" s="55"/>
+      <c r="AV13" s="55"/>
+      <c r="AW13" s="55"/>
+      <c r="AX13" s="55"/>
+      <c r="AY13" s="55"/>
+      <c r="AZ13" s="55"/>
+      <c r="BA13" s="55"/>
+      <c r="BB13" s="55"/>
+      <c r="BC13" s="55"/>
+      <c r="BD13" s="55"/>
+      <c r="BE13" s="55"/>
+      <c r="BF13" s="56"/>
     </row>
     <row r="14" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
       <c r="F14" s="15"/>
       <c r="G14" s="16"/>
       <c r="H14" s="15"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
-      <c r="L14" s="30" t="s">
+      <c r="L14" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M14" s="30"/>
-[...2 lines deleted...]
-      <c r="P14" s="29"/>
+      <c r="M14" s="39"/>
+      <c r="N14" s="39"/>
+      <c r="O14" s="40"/>
+      <c r="P14" s="40"/>
       <c r="Q14" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R14" s="29"/>
-      <c r="S14" s="29"/>
+      <c r="R14" s="40"/>
+      <c r="S14" s="40"/>
       <c r="T14" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U14" s="12"/>
-      <c r="V14" s="34"/>
-[...35 lines deleted...]
-      <c r="BF14" s="36"/>
+      <c r="V14" s="51"/>
+      <c r="W14" s="52"/>
+      <c r="X14" s="52"/>
+      <c r="Y14" s="52"/>
+      <c r="Z14" s="52"/>
+      <c r="AA14" s="52"/>
+      <c r="AB14" s="52"/>
+      <c r="AC14" s="52"/>
+      <c r="AD14" s="52"/>
+      <c r="AE14" s="52"/>
+      <c r="AF14" s="52"/>
+      <c r="AG14" s="52"/>
+      <c r="AH14" s="52"/>
+      <c r="AI14" s="52"/>
+      <c r="AJ14" s="52"/>
+      <c r="AK14" s="52"/>
+      <c r="AL14" s="53"/>
+      <c r="AM14" s="51"/>
+      <c r="AN14" s="52"/>
+      <c r="AO14" s="52"/>
+      <c r="AP14" s="52"/>
+      <c r="AQ14" s="52"/>
+      <c r="AR14" s="52"/>
+      <c r="AS14" s="52"/>
+      <c r="AT14" s="52"/>
+      <c r="AU14" s="52"/>
+      <c r="AV14" s="52"/>
+      <c r="AW14" s="52"/>
+      <c r="AX14" s="52"/>
+      <c r="AY14" s="52"/>
+      <c r="AZ14" s="52"/>
+      <c r="BA14" s="52"/>
+      <c r="BB14" s="52"/>
+      <c r="BC14" s="52"/>
+      <c r="BD14" s="52"/>
+      <c r="BE14" s="52"/>
+      <c r="BF14" s="53"/>
     </row>
     <row r="15" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B15" s="46"/>
-[...1 lines deleted...]
-      <c r="D15" s="47"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="31"/>
+      <c r="D15" s="31"/>
       <c r="E15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="21"/>
       <c r="I15" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L15" s="48"/>
-[...1 lines deleted...]
-      <c r="N15" s="47"/>
+      <c r="L15" s="32"/>
+      <c r="M15" s="31"/>
+      <c r="N15" s="31"/>
       <c r="O15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P15" s="21"/>
       <c r="Q15" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R15" s="21"/>
       <c r="S15" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V15" s="31"/>
-[...35 lines deleted...]
-      <c r="BF15" s="33"/>
+      <c r="V15" s="54"/>
+      <c r="W15" s="55"/>
+      <c r="X15" s="55"/>
+      <c r="Y15" s="55"/>
+      <c r="Z15" s="55"/>
+      <c r="AA15" s="55"/>
+      <c r="AB15" s="55"/>
+      <c r="AC15" s="55"/>
+      <c r="AD15" s="55"/>
+      <c r="AE15" s="55"/>
+      <c r="AF15" s="55"/>
+      <c r="AG15" s="55"/>
+      <c r="AH15" s="55"/>
+      <c r="AI15" s="55"/>
+      <c r="AJ15" s="55"/>
+      <c r="AK15" s="55"/>
+      <c r="AL15" s="56"/>
+      <c r="AM15" s="54"/>
+      <c r="AN15" s="55"/>
+      <c r="AO15" s="55"/>
+      <c r="AP15" s="55"/>
+      <c r="AQ15" s="55"/>
+      <c r="AR15" s="55"/>
+      <c r="AS15" s="55"/>
+      <c r="AT15" s="55"/>
+      <c r="AU15" s="55"/>
+      <c r="AV15" s="55"/>
+      <c r="AW15" s="55"/>
+      <c r="AX15" s="55"/>
+      <c r="AY15" s="55"/>
+      <c r="AZ15" s="55"/>
+      <c r="BA15" s="55"/>
+      <c r="BB15" s="55"/>
+      <c r="BC15" s="55"/>
+      <c r="BD15" s="55"/>
+      <c r="BE15" s="55"/>
+      <c r="BF15" s="56"/>
     </row>
     <row r="16" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B16" s="14"/>
       <c r="C16" s="15"/>
       <c r="D16" s="15"/>
       <c r="E16" s="16"/>
       <c r="F16" s="15"/>
       <c r="G16" s="16"/>
       <c r="H16" s="15"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
-      <c r="L16" s="30" t="s">
+      <c r="L16" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M16" s="30"/>
-[...2 lines deleted...]
-      <c r="P16" s="29"/>
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="40"/>
+      <c r="P16" s="40"/>
       <c r="Q16" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R16" s="29"/>
-      <c r="S16" s="29"/>
+      <c r="R16" s="40"/>
+      <c r="S16" s="40"/>
       <c r="T16" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U16" s="12"/>
-      <c r="V16" s="34"/>
-[...35 lines deleted...]
-      <c r="BF16" s="36"/>
+      <c r="V16" s="51"/>
+      <c r="W16" s="52"/>
+      <c r="X16" s="52"/>
+      <c r="Y16" s="52"/>
+      <c r="Z16" s="52"/>
+      <c r="AA16" s="52"/>
+      <c r="AB16" s="52"/>
+      <c r="AC16" s="52"/>
+      <c r="AD16" s="52"/>
+      <c r="AE16" s="52"/>
+      <c r="AF16" s="52"/>
+      <c r="AG16" s="52"/>
+      <c r="AH16" s="52"/>
+      <c r="AI16" s="52"/>
+      <c r="AJ16" s="52"/>
+      <c r="AK16" s="52"/>
+      <c r="AL16" s="53"/>
+      <c r="AM16" s="51"/>
+      <c r="AN16" s="52"/>
+      <c r="AO16" s="52"/>
+      <c r="AP16" s="52"/>
+      <c r="AQ16" s="52"/>
+      <c r="AR16" s="52"/>
+      <c r="AS16" s="52"/>
+      <c r="AT16" s="52"/>
+      <c r="AU16" s="52"/>
+      <c r="AV16" s="52"/>
+      <c r="AW16" s="52"/>
+      <c r="AX16" s="52"/>
+      <c r="AY16" s="52"/>
+      <c r="AZ16" s="52"/>
+      <c r="BA16" s="52"/>
+      <c r="BB16" s="52"/>
+      <c r="BC16" s="52"/>
+      <c r="BD16" s="52"/>
+      <c r="BE16" s="52"/>
+      <c r="BF16" s="53"/>
     </row>
     <row r="17" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B17" s="46"/>
-[...1 lines deleted...]
-      <c r="D17" s="47"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
       <c r="E17" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="21"/>
       <c r="I17" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L17" s="48"/>
-[...1 lines deleted...]
-      <c r="N17" s="47"/>
+      <c r="L17" s="32"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
       <c r="O17" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P17" s="21"/>
       <c r="Q17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R17" s="21"/>
       <c r="S17" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V17" s="31"/>
-[...35 lines deleted...]
-      <c r="BF17" s="33"/>
+      <c r="V17" s="54"/>
+      <c r="W17" s="55"/>
+      <c r="X17" s="55"/>
+      <c r="Y17" s="55"/>
+      <c r="Z17" s="55"/>
+      <c r="AA17" s="55"/>
+      <c r="AB17" s="55"/>
+      <c r="AC17" s="55"/>
+      <c r="AD17" s="55"/>
+      <c r="AE17" s="55"/>
+      <c r="AF17" s="55"/>
+      <c r="AG17" s="55"/>
+      <c r="AH17" s="55"/>
+      <c r="AI17" s="55"/>
+      <c r="AJ17" s="55"/>
+      <c r="AK17" s="55"/>
+      <c r="AL17" s="56"/>
+      <c r="AM17" s="54"/>
+      <c r="AN17" s="55"/>
+      <c r="AO17" s="55"/>
+      <c r="AP17" s="55"/>
+      <c r="AQ17" s="55"/>
+      <c r="AR17" s="55"/>
+      <c r="AS17" s="55"/>
+      <c r="AT17" s="55"/>
+      <c r="AU17" s="55"/>
+      <c r="AV17" s="55"/>
+      <c r="AW17" s="55"/>
+      <c r="AX17" s="55"/>
+      <c r="AY17" s="55"/>
+      <c r="AZ17" s="55"/>
+      <c r="BA17" s="55"/>
+      <c r="BB17" s="55"/>
+      <c r="BC17" s="55"/>
+      <c r="BD17" s="55"/>
+      <c r="BE17" s="55"/>
+      <c r="BF17" s="56"/>
     </row>
     <row r="18" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B18" s="14"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="16"/>
       <c r="F18" s="15"/>
       <c r="G18" s="16"/>
       <c r="H18" s="15"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
-      <c r="L18" s="30" t="s">
+      <c r="L18" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M18" s="30"/>
-[...2 lines deleted...]
-      <c r="P18" s="29"/>
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="40"/>
+      <c r="P18" s="40"/>
       <c r="Q18" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R18" s="29"/>
-      <c r="S18" s="29"/>
+      <c r="R18" s="40"/>
+      <c r="S18" s="40"/>
       <c r="T18" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U18" s="12"/>
-      <c r="V18" s="34"/>
-[...35 lines deleted...]
-      <c r="BF18" s="36"/>
+      <c r="V18" s="51"/>
+      <c r="W18" s="52"/>
+      <c r="X18" s="52"/>
+      <c r="Y18" s="52"/>
+      <c r="Z18" s="52"/>
+      <c r="AA18" s="52"/>
+      <c r="AB18" s="52"/>
+      <c r="AC18" s="52"/>
+      <c r="AD18" s="52"/>
+      <c r="AE18" s="52"/>
+      <c r="AF18" s="52"/>
+      <c r="AG18" s="52"/>
+      <c r="AH18" s="52"/>
+      <c r="AI18" s="52"/>
+      <c r="AJ18" s="52"/>
+      <c r="AK18" s="52"/>
+      <c r="AL18" s="53"/>
+      <c r="AM18" s="51"/>
+      <c r="AN18" s="52"/>
+      <c r="AO18" s="52"/>
+      <c r="AP18" s="52"/>
+      <c r="AQ18" s="52"/>
+      <c r="AR18" s="52"/>
+      <c r="AS18" s="52"/>
+      <c r="AT18" s="52"/>
+      <c r="AU18" s="52"/>
+      <c r="AV18" s="52"/>
+      <c r="AW18" s="52"/>
+      <c r="AX18" s="52"/>
+      <c r="AY18" s="52"/>
+      <c r="AZ18" s="52"/>
+      <c r="BA18" s="52"/>
+      <c r="BB18" s="52"/>
+      <c r="BC18" s="52"/>
+      <c r="BD18" s="52"/>
+      <c r="BE18" s="52"/>
+      <c r="BF18" s="53"/>
     </row>
     <row r="19" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B19" s="46"/>
-[...1 lines deleted...]
-      <c r="D19" s="47"/>
+      <c r="B19" s="30"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="31"/>
       <c r="E19" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="21"/>
       <c r="G19" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H19" s="21"/>
       <c r="I19" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L19" s="48"/>
-[...1 lines deleted...]
-      <c r="N19" s="47"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="31"/>
+      <c r="N19" s="31"/>
       <c r="O19" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P19" s="21"/>
       <c r="Q19" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R19" s="21"/>
       <c r="S19" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V19" s="31"/>
-[...35 lines deleted...]
-      <c r="BF19" s="39"/>
+      <c r="V19" s="54"/>
+      <c r="W19" s="55"/>
+      <c r="X19" s="55"/>
+      <c r="Y19" s="55"/>
+      <c r="Z19" s="55"/>
+      <c r="AA19" s="55"/>
+      <c r="AB19" s="55"/>
+      <c r="AC19" s="55"/>
+      <c r="AD19" s="55"/>
+      <c r="AE19" s="55"/>
+      <c r="AF19" s="55"/>
+      <c r="AG19" s="55"/>
+      <c r="AH19" s="55"/>
+      <c r="AI19" s="55"/>
+      <c r="AJ19" s="55"/>
+      <c r="AK19" s="55"/>
+      <c r="AL19" s="56"/>
+      <c r="AM19" s="54"/>
+      <c r="AN19" s="55"/>
+      <c r="AO19" s="55"/>
+      <c r="AP19" s="55"/>
+      <c r="AQ19" s="55"/>
+      <c r="AR19" s="55"/>
+      <c r="AS19" s="55"/>
+      <c r="AT19" s="55"/>
+      <c r="AU19" s="55"/>
+      <c r="AV19" s="55"/>
+      <c r="AW19" s="55"/>
+      <c r="AX19" s="55"/>
+      <c r="AY19" s="55"/>
+      <c r="AZ19" s="55"/>
+      <c r="BA19" s="55"/>
+      <c r="BB19" s="55"/>
+      <c r="BC19" s="55"/>
+      <c r="BD19" s="55"/>
+      <c r="BE19" s="55"/>
+      <c r="BF19" s="56"/>
     </row>
     <row r="20" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
       <c r="F20" s="15"/>
       <c r="G20" s="16"/>
       <c r="H20" s="15"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
-      <c r="L20" s="30" t="s">
+      <c r="L20" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M20" s="30"/>
-[...2 lines deleted...]
-      <c r="P20" s="29"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="40"/>
+      <c r="P20" s="40"/>
       <c r="Q20" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R20" s="29"/>
-      <c r="S20" s="29"/>
+      <c r="R20" s="40"/>
+      <c r="S20" s="40"/>
       <c r="T20" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U20" s="12"/>
-      <c r="V20" s="34"/>
-[...35 lines deleted...]
-      <c r="BF20" s="42"/>
+      <c r="V20" s="51"/>
+      <c r="W20" s="52"/>
+      <c r="X20" s="52"/>
+      <c r="Y20" s="52"/>
+      <c r="Z20" s="52"/>
+      <c r="AA20" s="52"/>
+      <c r="AB20" s="52"/>
+      <c r="AC20" s="52"/>
+      <c r="AD20" s="52"/>
+      <c r="AE20" s="52"/>
+      <c r="AF20" s="52"/>
+      <c r="AG20" s="52"/>
+      <c r="AH20" s="52"/>
+      <c r="AI20" s="52"/>
+      <c r="AJ20" s="52"/>
+      <c r="AK20" s="52"/>
+      <c r="AL20" s="53"/>
+      <c r="AM20" s="51"/>
+      <c r="AN20" s="52"/>
+      <c r="AO20" s="52"/>
+      <c r="AP20" s="52"/>
+      <c r="AQ20" s="52"/>
+      <c r="AR20" s="52"/>
+      <c r="AS20" s="52"/>
+      <c r="AT20" s="52"/>
+      <c r="AU20" s="52"/>
+      <c r="AV20" s="52"/>
+      <c r="AW20" s="52"/>
+      <c r="AX20" s="52"/>
+      <c r="AY20" s="52"/>
+      <c r="AZ20" s="52"/>
+      <c r="BA20" s="52"/>
+      <c r="BB20" s="52"/>
+      <c r="BC20" s="52"/>
+      <c r="BD20" s="52"/>
+      <c r="BE20" s="52"/>
+      <c r="BF20" s="53"/>
     </row>
     <row r="21" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B21" s="46"/>
-[...1 lines deleted...]
-      <c r="D21" s="47"/>
+      <c r="B21" s="30"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
       <c r="E21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H21" s="21"/>
       <c r="I21" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L21" s="48"/>
-[...1 lines deleted...]
-      <c r="N21" s="47"/>
+      <c r="L21" s="32"/>
+      <c r="M21" s="31"/>
+      <c r="N21" s="31"/>
       <c r="O21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P21" s="21"/>
       <c r="Q21" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R21" s="21"/>
       <c r="S21" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V21" s="31"/>
-[...35 lines deleted...]
-      <c r="BF21" s="33"/>
+      <c r="V21" s="54"/>
+      <c r="W21" s="55"/>
+      <c r="X21" s="55"/>
+      <c r="Y21" s="55"/>
+      <c r="Z21" s="55"/>
+      <c r="AA21" s="55"/>
+      <c r="AB21" s="55"/>
+      <c r="AC21" s="55"/>
+      <c r="AD21" s="55"/>
+      <c r="AE21" s="55"/>
+      <c r="AF21" s="55"/>
+      <c r="AG21" s="55"/>
+      <c r="AH21" s="55"/>
+      <c r="AI21" s="55"/>
+      <c r="AJ21" s="55"/>
+      <c r="AK21" s="55"/>
+      <c r="AL21" s="56"/>
+      <c r="AM21" s="54"/>
+      <c r="AN21" s="55"/>
+      <c r="AO21" s="55"/>
+      <c r="AP21" s="55"/>
+      <c r="AQ21" s="55"/>
+      <c r="AR21" s="55"/>
+      <c r="AS21" s="55"/>
+      <c r="AT21" s="55"/>
+      <c r="AU21" s="55"/>
+      <c r="AV21" s="55"/>
+      <c r="AW21" s="55"/>
+      <c r="AX21" s="55"/>
+      <c r="AY21" s="55"/>
+      <c r="AZ21" s="55"/>
+      <c r="BA21" s="55"/>
+      <c r="BB21" s="55"/>
+      <c r="BC21" s="55"/>
+      <c r="BD21" s="55"/>
+      <c r="BE21" s="55"/>
+      <c r="BF21" s="56"/>
     </row>
     <row r="22" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B22" s="14"/>
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
       <c r="F22" s="15"/>
       <c r="G22" s="16"/>
       <c r="H22" s="15"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
-      <c r="L22" s="30" t="s">
+      <c r="L22" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="30"/>
-[...2 lines deleted...]
-      <c r="P22" s="29"/>
+      <c r="M22" s="39"/>
+      <c r="N22" s="39"/>
+      <c r="O22" s="40"/>
+      <c r="P22" s="40"/>
       <c r="Q22" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R22" s="29"/>
-      <c r="S22" s="29"/>
+      <c r="R22" s="40"/>
+      <c r="S22" s="40"/>
       <c r="T22" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U22" s="12"/>
-      <c r="V22" s="34"/>
-[...35 lines deleted...]
-      <c r="BF22" s="36"/>
+      <c r="V22" s="51"/>
+      <c r="W22" s="52"/>
+      <c r="X22" s="52"/>
+      <c r="Y22" s="52"/>
+      <c r="Z22" s="52"/>
+      <c r="AA22" s="52"/>
+      <c r="AB22" s="52"/>
+      <c r="AC22" s="52"/>
+      <c r="AD22" s="52"/>
+      <c r="AE22" s="52"/>
+      <c r="AF22" s="52"/>
+      <c r="AG22" s="52"/>
+      <c r="AH22" s="52"/>
+      <c r="AI22" s="52"/>
+      <c r="AJ22" s="52"/>
+      <c r="AK22" s="52"/>
+      <c r="AL22" s="53"/>
+      <c r="AM22" s="51"/>
+      <c r="AN22" s="52"/>
+      <c r="AO22" s="52"/>
+      <c r="AP22" s="52"/>
+      <c r="AQ22" s="52"/>
+      <c r="AR22" s="52"/>
+      <c r="AS22" s="52"/>
+      <c r="AT22" s="52"/>
+      <c r="AU22" s="52"/>
+      <c r="AV22" s="52"/>
+      <c r="AW22" s="52"/>
+      <c r="AX22" s="52"/>
+      <c r="AY22" s="52"/>
+      <c r="AZ22" s="52"/>
+      <c r="BA22" s="52"/>
+      <c r="BB22" s="52"/>
+      <c r="BC22" s="52"/>
+      <c r="BD22" s="52"/>
+      <c r="BE22" s="52"/>
+      <c r="BF22" s="53"/>
     </row>
     <row r="23" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B23" s="46"/>
-[...1 lines deleted...]
-      <c r="D23" s="47"/>
+      <c r="B23" s="30"/>
+      <c r="C23" s="31"/>
+      <c r="D23" s="31"/>
       <c r="E23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H23" s="21"/>
       <c r="I23" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L23" s="48"/>
-[...1 lines deleted...]
-      <c r="N23" s="47"/>
+      <c r="L23" s="32"/>
+      <c r="M23" s="31"/>
+      <c r="N23" s="31"/>
       <c r="O23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P23" s="21"/>
       <c r="Q23" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R23" s="21"/>
       <c r="S23" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V23" s="31"/>
-[...35 lines deleted...]
-      <c r="BF23" s="33"/>
+      <c r="V23" s="54"/>
+      <c r="W23" s="55"/>
+      <c r="X23" s="55"/>
+      <c r="Y23" s="55"/>
+      <c r="Z23" s="55"/>
+      <c r="AA23" s="55"/>
+      <c r="AB23" s="55"/>
+      <c r="AC23" s="55"/>
+      <c r="AD23" s="55"/>
+      <c r="AE23" s="55"/>
+      <c r="AF23" s="55"/>
+      <c r="AG23" s="55"/>
+      <c r="AH23" s="55"/>
+      <c r="AI23" s="55"/>
+      <c r="AJ23" s="55"/>
+      <c r="AK23" s="55"/>
+      <c r="AL23" s="56"/>
+      <c r="AM23" s="54"/>
+      <c r="AN23" s="55"/>
+      <c r="AO23" s="55"/>
+      <c r="AP23" s="55"/>
+      <c r="AQ23" s="55"/>
+      <c r="AR23" s="55"/>
+      <c r="AS23" s="55"/>
+      <c r="AT23" s="55"/>
+      <c r="AU23" s="55"/>
+      <c r="AV23" s="55"/>
+      <c r="AW23" s="55"/>
+      <c r="AX23" s="55"/>
+      <c r="AY23" s="55"/>
+      <c r="AZ23" s="55"/>
+      <c r="BA23" s="55"/>
+      <c r="BB23" s="55"/>
+      <c r="BC23" s="55"/>
+      <c r="BD23" s="55"/>
+      <c r="BE23" s="55"/>
+      <c r="BF23" s="56"/>
     </row>
     <row r="24" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="16"/>
       <c r="F24" s="15"/>
       <c r="G24" s="16"/>
       <c r="H24" s="15"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
-      <c r="L24" s="30" t="s">
+      <c r="L24" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M24" s="30"/>
-[...2 lines deleted...]
-      <c r="P24" s="29"/>
+      <c r="M24" s="39"/>
+      <c r="N24" s="39"/>
+      <c r="O24" s="40"/>
+      <c r="P24" s="40"/>
       <c r="Q24" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="R24" s="29"/>
-      <c r="S24" s="29"/>
+      <c r="R24" s="40"/>
+      <c r="S24" s="40"/>
       <c r="T24" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U24" s="12"/>
-      <c r="V24" s="34"/>
-[...35 lines deleted...]
-      <c r="BF24" s="36"/>
+      <c r="V24" s="51"/>
+      <c r="W24" s="52"/>
+      <c r="X24" s="52"/>
+      <c r="Y24" s="52"/>
+      <c r="Z24" s="52"/>
+      <c r="AA24" s="52"/>
+      <c r="AB24" s="52"/>
+      <c r="AC24" s="52"/>
+      <c r="AD24" s="52"/>
+      <c r="AE24" s="52"/>
+      <c r="AF24" s="52"/>
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="53"/>
+      <c r="AM24" s="51"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="52"/>
+      <c r="AP24" s="52"/>
+      <c r="AQ24" s="52"/>
+      <c r="AR24" s="52"/>
+      <c r="AS24" s="52"/>
+      <c r="AT24" s="52"/>
+      <c r="AU24" s="52"/>
+      <c r="AV24" s="52"/>
+      <c r="AW24" s="52"/>
+      <c r="AX24" s="52"/>
+      <c r="AY24" s="52"/>
+      <c r="AZ24" s="52"/>
+      <c r="BA24" s="52"/>
+      <c r="BB24" s="52"/>
+      <c r="BC24" s="52"/>
+      <c r="BD24" s="52"/>
+      <c r="BE24" s="52"/>
+      <c r="BF24" s="53"/>
     </row>
     <row r="25" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="46"/>
-[...1 lines deleted...]
-      <c r="D25" s="47"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="31"/>
+      <c r="D25" s="31"/>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="21"/>
       <c r="I25" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L25" s="48"/>
-[...1 lines deleted...]
-      <c r="N25" s="47"/>
+      <c r="L25" s="32"/>
+      <c r="M25" s="31"/>
+      <c r="N25" s="31"/>
       <c r="O25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="21"/>
       <c r="Q25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R25" s="21"/>
       <c r="S25" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V25" s="31"/>
-[...35 lines deleted...]
-      <c r="BF25" s="33"/>
+      <c r="V25" s="54"/>
+      <c r="W25" s="55"/>
+      <c r="X25" s="55"/>
+      <c r="Y25" s="55"/>
+      <c r="Z25" s="55"/>
+      <c r="AA25" s="55"/>
+      <c r="AB25" s="55"/>
+      <c r="AC25" s="55"/>
+      <c r="AD25" s="55"/>
+      <c r="AE25" s="55"/>
+      <c r="AF25" s="55"/>
+      <c r="AG25" s="55"/>
+      <c r="AH25" s="55"/>
+      <c r="AI25" s="55"/>
+      <c r="AJ25" s="55"/>
+      <c r="AK25" s="55"/>
+      <c r="AL25" s="56"/>
+      <c r="AM25" s="54"/>
+      <c r="AN25" s="55"/>
+      <c r="AO25" s="55"/>
+      <c r="AP25" s="55"/>
+      <c r="AQ25" s="55"/>
+      <c r="AR25" s="55"/>
+      <c r="AS25" s="55"/>
+      <c r="AT25" s="55"/>
+      <c r="AU25" s="55"/>
+      <c r="AV25" s="55"/>
+      <c r="AW25" s="55"/>
+      <c r="AX25" s="55"/>
+      <c r="AY25" s="55"/>
+      <c r="AZ25" s="55"/>
+      <c r="BA25" s="55"/>
+      <c r="BB25" s="55"/>
+      <c r="BC25" s="55"/>
+      <c r="BD25" s="55"/>
+      <c r="BE25" s="55"/>
+      <c r="BF25" s="56"/>
     </row>
     <row r="26" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B26" s="14"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="16"/>
       <c r="F26" s="15"/>
       <c r="G26" s="16"/>
       <c r="H26" s="15"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
-      <c r="L26" s="30" t="s">
+      <c r="L26" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M26" s="30"/>
-[...2 lines deleted...]
-      <c r="P26" s="29"/>
+      <c r="M26" s="39"/>
+      <c r="N26" s="39"/>
+      <c r="O26" s="40"/>
+      <c r="P26" s="40"/>
       <c r="Q26" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R26" s="29"/>
-      <c r="S26" s="29"/>
+      <c r="R26" s="40"/>
+      <c r="S26" s="40"/>
       <c r="T26" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U26" s="12"/>
-      <c r="V26" s="34"/>
-[...35 lines deleted...]
-      <c r="BF26" s="36"/>
+      <c r="V26" s="51"/>
+      <c r="W26" s="52"/>
+      <c r="X26" s="52"/>
+      <c r="Y26" s="52"/>
+      <c r="Z26" s="52"/>
+      <c r="AA26" s="52"/>
+      <c r="AB26" s="52"/>
+      <c r="AC26" s="52"/>
+      <c r="AD26" s="52"/>
+      <c r="AE26" s="52"/>
+      <c r="AF26" s="52"/>
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="53"/>
+      <c r="AM26" s="51"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="52"/>
+      <c r="AP26" s="52"/>
+      <c r="AQ26" s="52"/>
+      <c r="AR26" s="52"/>
+      <c r="AS26" s="52"/>
+      <c r="AT26" s="52"/>
+      <c r="AU26" s="52"/>
+      <c r="AV26" s="52"/>
+      <c r="AW26" s="52"/>
+      <c r="AX26" s="52"/>
+      <c r="AY26" s="52"/>
+      <c r="AZ26" s="52"/>
+      <c r="BA26" s="52"/>
+      <c r="BB26" s="52"/>
+      <c r="BC26" s="52"/>
+      <c r="BD26" s="52"/>
+      <c r="BE26" s="52"/>
+      <c r="BF26" s="53"/>
     </row>
     <row r="27" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B27" s="46"/>
-[...1 lines deleted...]
-      <c r="D27" s="47"/>
+      <c r="B27" s="30"/>
+      <c r="C27" s="31"/>
+      <c r="D27" s="31"/>
       <c r="E27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H27" s="21"/>
       <c r="I27" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L27" s="48"/>
-[...1 lines deleted...]
-      <c r="N27" s="47"/>
+      <c r="L27" s="32"/>
+      <c r="M27" s="31"/>
+      <c r="N27" s="31"/>
       <c r="O27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P27" s="21"/>
       <c r="Q27" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R27" s="21"/>
       <c r="S27" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V27" s="31"/>
-[...35 lines deleted...]
-      <c r="BF27" s="33"/>
+      <c r="V27" s="54"/>
+      <c r="W27" s="55"/>
+      <c r="X27" s="55"/>
+      <c r="Y27" s="55"/>
+      <c r="Z27" s="55"/>
+      <c r="AA27" s="55"/>
+      <c r="AB27" s="55"/>
+      <c r="AC27" s="55"/>
+      <c r="AD27" s="55"/>
+      <c r="AE27" s="55"/>
+      <c r="AF27" s="55"/>
+      <c r="AG27" s="55"/>
+      <c r="AH27" s="55"/>
+      <c r="AI27" s="55"/>
+      <c r="AJ27" s="55"/>
+      <c r="AK27" s="55"/>
+      <c r="AL27" s="56"/>
+      <c r="AM27" s="54"/>
+      <c r="AN27" s="55"/>
+      <c r="AO27" s="55"/>
+      <c r="AP27" s="55"/>
+      <c r="AQ27" s="55"/>
+      <c r="AR27" s="55"/>
+      <c r="AS27" s="55"/>
+      <c r="AT27" s="55"/>
+      <c r="AU27" s="55"/>
+      <c r="AV27" s="55"/>
+      <c r="AW27" s="55"/>
+      <c r="AX27" s="55"/>
+      <c r="AY27" s="55"/>
+      <c r="AZ27" s="55"/>
+      <c r="BA27" s="55"/>
+      <c r="BB27" s="55"/>
+      <c r="BC27" s="55"/>
+      <c r="BD27" s="55"/>
+      <c r="BE27" s="55"/>
+      <c r="BF27" s="56"/>
     </row>
     <row r="28" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="17"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
-      <c r="L28" s="30" t="s">
+      <c r="L28" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M28" s="30"/>
-[...2 lines deleted...]
-      <c r="P28" s="29"/>
+      <c r="M28" s="39"/>
+      <c r="N28" s="39"/>
+      <c r="O28" s="40"/>
+      <c r="P28" s="40"/>
       <c r="Q28" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R28" s="29"/>
-      <c r="S28" s="29"/>
+      <c r="R28" s="40"/>
+      <c r="S28" s="40"/>
       <c r="T28" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U28" s="12"/>
-      <c r="V28" s="34"/>
-[...35 lines deleted...]
-      <c r="BF28" s="36"/>
+      <c r="V28" s="51"/>
+      <c r="W28" s="52"/>
+      <c r="X28" s="52"/>
+      <c r="Y28" s="52"/>
+      <c r="Z28" s="52"/>
+      <c r="AA28" s="52"/>
+      <c r="AB28" s="52"/>
+      <c r="AC28" s="52"/>
+      <c r="AD28" s="52"/>
+      <c r="AE28" s="52"/>
+      <c r="AF28" s="52"/>
+      <c r="AG28" s="52"/>
+      <c r="AH28" s="52"/>
+      <c r="AI28" s="52"/>
+      <c r="AJ28" s="52"/>
+      <c r="AK28" s="52"/>
+      <c r="AL28" s="53"/>
+      <c r="AM28" s="51"/>
+      <c r="AN28" s="52"/>
+      <c r="AO28" s="52"/>
+      <c r="AP28" s="52"/>
+      <c r="AQ28" s="52"/>
+      <c r="AR28" s="52"/>
+      <c r="AS28" s="52"/>
+      <c r="AT28" s="52"/>
+      <c r="AU28" s="52"/>
+      <c r="AV28" s="52"/>
+      <c r="AW28" s="52"/>
+      <c r="AX28" s="52"/>
+      <c r="AY28" s="52"/>
+      <c r="AZ28" s="52"/>
+      <c r="BA28" s="52"/>
+      <c r="BB28" s="52"/>
+      <c r="BC28" s="52"/>
+      <c r="BD28" s="52"/>
+      <c r="BE28" s="52"/>
+      <c r="BF28" s="53"/>
     </row>
     <row r="29" spans="2:58" ht="3.6" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="30" spans="2:58" ht="31.8" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="27" t="s">
+      <c r="B30" s="46" t="s">
         <v>19</v>
       </c>
-      <c r="C30" s="28"/>
-[...7 lines deleted...]
-      <c r="K30" s="25"/>
+      <c r="C30" s="47"/>
+      <c r="D30" s="47"/>
+      <c r="E30" s="47"/>
+      <c r="F30" s="47"/>
+      <c r="G30" s="47"/>
+      <c r="H30" s="47"/>
+      <c r="I30" s="47"/>
+      <c r="J30" s="44"/>
+      <c r="K30" s="44"/>
       <c r="L30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="M30" s="25"/>
-      <c r="N30" s="25"/>
+      <c r="M30" s="44"/>
+      <c r="N30" s="44"/>
       <c r="O30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="P30" s="23"/>
-      <c r="Q30" s="27" t="s">
+      <c r="Q30" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="R30" s="28"/>
-[...4 lines deleted...]
-      <c r="W30" s="28"/>
+      <c r="R30" s="47"/>
+      <c r="S30" s="47"/>
+      <c r="T30" s="47"/>
+      <c r="U30" s="47"/>
+      <c r="V30" s="47"/>
+      <c r="W30" s="47"/>
       <c r="X30" s="24" t="b">
         <v>0</v>
       </c>
       <c r="Y30" s="22" t="s">
         <v>23</v>
       </c>
       <c r="Z30" s="22" t="s">
         <v>24</v>
       </c>
       <c r="AA30" s="24" t="b">
         <v>0</v>
       </c>
       <c r="AB30" s="22" t="s">
         <v>25</v>
       </c>
       <c r="AC30" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="AD30" s="25"/>
-      <c r="AE30" s="25"/>
+      <c r="AD30" s="44"/>
+      <c r="AE30" s="44"/>
       <c r="AF30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="AG30" s="25"/>
-      <c r="AH30" s="25"/>
+      <c r="AG30" s="44"/>
+      <c r="AH30" s="44"/>
       <c r="AI30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AJ30" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="AK30" s="27" t="s">
+      <c r="AK30" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="AL30" s="28"/>
-[...6 lines deleted...]
-      <c r="AS30" s="25"/>
+      <c r="AL30" s="47"/>
+      <c r="AM30" s="47"/>
+      <c r="AN30" s="47"/>
+      <c r="AO30" s="47"/>
+      <c r="AP30" s="47"/>
+      <c r="AQ30" s="47"/>
+      <c r="AR30" s="44"/>
+      <c r="AS30" s="44"/>
       <c r="AT30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="AU30" s="25"/>
-      <c r="AV30" s="25"/>
+      <c r="AU30" s="44"/>
+      <c r="AV30" s="44"/>
       <c r="AW30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AX30" s="23"/>
     </row>
     <row r="31" spans="2:58" ht="5.4" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="32" spans="2:58" ht="34.799999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B32" s="26" t="s">
+      <c r="B32" s="45" t="s">
         <v>29</v>
       </c>
-      <c r="C32" s="26"/>
-[...54 lines deleted...]
-      <c r="BF32" s="26"/>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="45"/>
+      <c r="Q32" s="45"/>
+      <c r="R32" s="45"/>
+      <c r="S32" s="45"/>
+      <c r="T32" s="45"/>
+      <c r="U32" s="45"/>
+      <c r="V32" s="45"/>
+      <c r="W32" s="45"/>
+      <c r="X32" s="45"/>
+      <c r="Y32" s="45"/>
+      <c r="Z32" s="45"/>
+      <c r="AA32" s="45"/>
+      <c r="AB32" s="45"/>
+      <c r="AC32" s="45"/>
+      <c r="AD32" s="45"/>
+      <c r="AE32" s="45"/>
+      <c r="AF32" s="45"/>
+      <c r="AG32" s="45"/>
+      <c r="AH32" s="45"/>
+      <c r="AI32" s="45"/>
+      <c r="AJ32" s="45"/>
+      <c r="AK32" s="45"/>
+      <c r="AL32" s="45"/>
+      <c r="AM32" s="45"/>
+      <c r="AN32" s="45"/>
+      <c r="AO32" s="45"/>
+      <c r="AP32" s="45"/>
+      <c r="AQ32" s="45"/>
+      <c r="AR32" s="45"/>
+      <c r="AS32" s="45"/>
+      <c r="AT32" s="45"/>
+      <c r="AU32" s="45"/>
+      <c r="AV32" s="45"/>
+      <c r="AW32" s="45"/>
+      <c r="AX32" s="45"/>
+      <c r="AY32" s="45"/>
+      <c r="AZ32" s="45"/>
+      <c r="BA32" s="45"/>
+      <c r="BB32" s="45"/>
+      <c r="BC32" s="45"/>
+      <c r="BD32" s="45"/>
+      <c r="BE32" s="45"/>
+      <c r="BF32" s="45"/>
     </row>
     <row r="33" spans="50:57" ht="35.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="AX33" s="58"/>
-      <c r="AY33" s="59"/>
+      <c r="AX33" s="27"/>
+      <c r="AY33" s="28"/>
       <c r="AZ33" s="18" t="s">
         <v>1</v>
       </c>
       <c r="BA33" s="18"/>
-      <c r="BB33" s="59"/>
-      <c r="BC33" s="59"/>
+      <c r="BB33" s="28"/>
+      <c r="BC33" s="28"/>
       <c r="BD33" s="18" t="s">
         <v>0</v>
       </c>
       <c r="BE33" s="19"/>
     </row>
     <row r="34" spans="50:57" ht="14.4" thickTop="1" x14ac:dyDescent="0.45"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0tpNiWMrnULPtzWpHUByoEnMuXtEqfUu80ZB+7VS977awq7noSTSIDoEVgWaQ6bZStn58LgvkYKSmADVWHw2yQ==" saltValue="aKKZf2K/WoHUf60heUfi8w==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Qe743fcFJKl0CQ/PsGxeqjAbWC/bT8nKQ1yRNCyJ0BN9EpCpqyG93o0d3b0lqbTY8oY25La8aKUaZWpKbOIppQ==" saltValue="+ysNQ/QbX9VA0rbrIby3qg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="97">
-    <mergeCell ref="B3:AO3"/>
-[...12 lines deleted...]
-    <mergeCell ref="L27:N27"/>
+    <mergeCell ref="AU30:AV30"/>
+    <mergeCell ref="B32:BF32"/>
+    <mergeCell ref="AD30:AE30"/>
+    <mergeCell ref="AG30:AH30"/>
+    <mergeCell ref="AK30:AQ30"/>
+    <mergeCell ref="AR30:AS30"/>
+    <mergeCell ref="B30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="Q30:W30"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="L24:N24"/>
+    <mergeCell ref="O24:P24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="L28:N28"/>
+    <mergeCell ref="O28:P28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="L18:N18"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="L14:N14"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="L16:N16"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="V23:AL24"/>
+    <mergeCell ref="AM23:BF24"/>
+    <mergeCell ref="V25:AL26"/>
+    <mergeCell ref="AM25:BF26"/>
+    <mergeCell ref="V27:AL28"/>
+    <mergeCell ref="AM27:BF28"/>
+    <mergeCell ref="V17:AL18"/>
+    <mergeCell ref="AM17:BF18"/>
+    <mergeCell ref="V19:AL20"/>
+    <mergeCell ref="AM19:BF20"/>
+    <mergeCell ref="V21:AL22"/>
+    <mergeCell ref="AM21:BF22"/>
+    <mergeCell ref="V13:AL14"/>
+    <mergeCell ref="AM13:BF14"/>
+    <mergeCell ref="V9:AL10"/>
+    <mergeCell ref="V15:AL16"/>
+    <mergeCell ref="AM15:BF16"/>
+    <mergeCell ref="V7:AL7"/>
+    <mergeCell ref="B8:K8"/>
+    <mergeCell ref="AM9:BF10"/>
+    <mergeCell ref="AM11:BF12"/>
+    <mergeCell ref="V11:AL12"/>
+    <mergeCell ref="L10:N10"/>
+    <mergeCell ref="O10:P10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="L13:N13"/>
+    <mergeCell ref="L12:N12"/>
+    <mergeCell ref="O12:P12"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="L9:N9"/>
     <mergeCell ref="AU2:BF2"/>
     <mergeCell ref="AU3:BF3"/>
     <mergeCell ref="AU4:BF4"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="L21:N21"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="L17:N17"/>
     <mergeCell ref="AQ2:AT2"/>
     <mergeCell ref="AQ3:AT3"/>
     <mergeCell ref="AQ4:AT4"/>
     <mergeCell ref="B2:AO2"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="L19:N19"/>
     <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B3:AO3"/>
+    <mergeCell ref="B4:AO4"/>
+    <mergeCell ref="B7:U7"/>
+    <mergeCell ref="AM7:BF7"/>
+    <mergeCell ref="AX33:AY33"/>
+    <mergeCell ref="BB33:BC33"/>
+    <mergeCell ref="AA5:AL5"/>
+    <mergeCell ref="X5:Z5"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="L23:N23"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="L25:N25"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="L27:N27"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="B13:D13"/>
-    <mergeCell ref="L13:N13"/>
-[...63 lines deleted...]
-    <mergeCell ref="Q30:W30"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="2">
     <dataValidation imeMode="fullAlpha" allowBlank="1" showErrorMessage="1" sqref="AX33" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showErrorMessage="1" sqref="F9 H9 P9 R9 P25 P23 R11 F11 H11 P11 F23 H23 P13 R13 F13 H13 H27 P27 P15 R15 F15 H15 R27 F27 P17 R17 F17 H17 H25 R23 P19 R19 F19 H19 R25 F25 R21 F21 H21 P21" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="73" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>