--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.246.2\040_試験課\採用班\06_経験者採用選考\2025(R7)年度\01_選考案内\03_HP用\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BC47E2F-DBE9-49BF-9CB6-23B613269EF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{22AD1222-9D5B-40F3-B732-B6F762E09A95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28245" yWindow="585" windowWidth="23610" windowHeight="10065" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="職務経歴書(2)" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -266,80 +266,77 @@
     <rPh sb="0" eb="1">
       <t>アリ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>（</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t xml:space="preserve"> ③差引後（①ー②）</t>
     <rPh sb="2" eb="4">
       <t>サシヒキ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ゴ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>《注意事項》学歴との重複期間を除いた職務経験期間（③欄）が、選考案内８ページに掲げる《別表》の「必要な職務経験年数」以上となっている必要があります。
-　　　　　　職務入力欄が不足する場合は、「職務経歴書（２）」を必要な枚数使用してください。</t>
+　　　　　　職務入力欄が不足する場合は、新たにファイルを作成して入力してください（シートのコピー不可）。</t>
     <rPh sb="81" eb="83">
       <t>ショクム</t>
     </rPh>
     <rPh sb="83" eb="85">
       <t>ニュウリョク</t>
     </rPh>
     <rPh sb="85" eb="86">
       <t>ラン</t>
     </rPh>
     <rPh sb="87" eb="89">
       <t>フソク</t>
     </rPh>
     <rPh sb="91" eb="93">
       <t>バアイ</t>
     </rPh>
-    <rPh sb="96" eb="98">
-      <t>ショクム</t>
+    <rPh sb="95" eb="96">
+      <t>アラ</t>
     </rPh>
-    <rPh sb="98" eb="101">
-      <t>ケイレキショ</t>
+    <rPh sb="103" eb="105">
+      <t>サクセイ</t>
     </rPh>
-    <rPh sb="106" eb="108">
-      <t>ヒツヨウ</t>
+    <rPh sb="107" eb="109">
+      <t>ニュウリョク</t>
     </rPh>
-    <rPh sb="109" eb="111">
-[...3 lines deleted...]
-      <t>シヨウ</t>
+    <rPh sb="123" eb="125">
+      <t>フカ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -739,162 +736,162 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...94 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1170,270 +1167,270 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="B1:BF34"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="V9" sqref="V9:AL10"/>
+      <selection activeCell="AM21" sqref="AM21:BF22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.09765625" defaultRowHeight="13.8" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="1.09765625" style="1" customWidth="1"/>
     <col min="2" max="23" width="3.09765625" style="1"/>
     <col min="24" max="24" width="4" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="3.09765625" style="1"/>
     <col min="27" max="27" width="4" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="38" width="3.09765625" style="1"/>
     <col min="39" max="39" width="1.09765625" style="1" customWidth="1"/>
     <col min="40" max="16384" width="3.09765625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:58" ht="7.5" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="2" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="38" t="s">
+      <c r="B2" s="51" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="38"/>
-[...38 lines deleted...]
-      <c r="AQ2" s="35" t="s">
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="51"/>
+      <c r="I2" s="51"/>
+      <c r="J2" s="51"/>
+      <c r="K2" s="51"/>
+      <c r="L2" s="51"/>
+      <c r="M2" s="51"/>
+      <c r="N2" s="51"/>
+      <c r="O2" s="51"/>
+      <c r="P2" s="51"/>
+      <c r="Q2" s="51"/>
+      <c r="R2" s="51"/>
+      <c r="S2" s="51"/>
+      <c r="T2" s="51"/>
+      <c r="U2" s="51"/>
+      <c r="V2" s="51"/>
+      <c r="W2" s="51"/>
+      <c r="X2" s="51"/>
+      <c r="Y2" s="51"/>
+      <c r="Z2" s="51"/>
+      <c r="AA2" s="51"/>
+      <c r="AB2" s="51"/>
+      <c r="AC2" s="51"/>
+      <c r="AD2" s="51"/>
+      <c r="AE2" s="51"/>
+      <c r="AF2" s="51"/>
+      <c r="AG2" s="51"/>
+      <c r="AH2" s="51"/>
+      <c r="AI2" s="51"/>
+      <c r="AJ2" s="51"/>
+      <c r="AK2" s="51"/>
+      <c r="AL2" s="51"/>
+      <c r="AM2" s="51"/>
+      <c r="AN2" s="51"/>
+      <c r="AO2" s="51"/>
+      <c r="AQ2" s="48" t="s">
         <v>11</v>
       </c>
-      <c r="AR2" s="36"/>
-[...13 lines deleted...]
-      <c r="BF2" s="33"/>
+      <c r="AR2" s="49"/>
+      <c r="AS2" s="49"/>
+      <c r="AT2" s="50"/>
+      <c r="AU2" s="46"/>
+      <c r="AV2" s="46"/>
+      <c r="AW2" s="46"/>
+      <c r="AX2" s="46"/>
+      <c r="AY2" s="46"/>
+      <c r="AZ2" s="46"/>
+      <c r="BA2" s="46"/>
+      <c r="BB2" s="46"/>
+      <c r="BC2" s="46"/>
+      <c r="BD2" s="46"/>
+      <c r="BE2" s="46"/>
+      <c r="BF2" s="46"/>
     </row>
     <row r="3" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B3" s="25" t="s">
+      <c r="B3" s="52" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="25"/>
-[...38 lines deleted...]
-      <c r="AQ3" s="35" t="s">
+      <c r="C3" s="52"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="52"/>
+      <c r="F3" s="52"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="52"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="52"/>
+      <c r="O3" s="52"/>
+      <c r="P3" s="52"/>
+      <c r="Q3" s="52"/>
+      <c r="R3" s="52"/>
+      <c r="S3" s="52"/>
+      <c r="T3" s="52"/>
+      <c r="U3" s="52"/>
+      <c r="V3" s="52"/>
+      <c r="W3" s="52"/>
+      <c r="X3" s="52"/>
+      <c r="Y3" s="52"/>
+      <c r="Z3" s="52"/>
+      <c r="AA3" s="52"/>
+      <c r="AB3" s="52"/>
+      <c r="AC3" s="52"/>
+      <c r="AD3" s="52"/>
+      <c r="AE3" s="52"/>
+      <c r="AF3" s="52"/>
+      <c r="AG3" s="52"/>
+      <c r="AH3" s="52"/>
+      <c r="AI3" s="52"/>
+      <c r="AJ3" s="52"/>
+      <c r="AK3" s="52"/>
+      <c r="AL3" s="52"/>
+      <c r="AM3" s="52"/>
+      <c r="AN3" s="52"/>
+      <c r="AO3" s="52"/>
+      <c r="AQ3" s="48" t="s">
         <v>10</v>
       </c>
-      <c r="AR3" s="36"/>
-[...13 lines deleted...]
-      <c r="BF3" s="33"/>
+      <c r="AR3" s="49"/>
+      <c r="AS3" s="49"/>
+      <c r="AT3" s="50"/>
+      <c r="AU3" s="46"/>
+      <c r="AV3" s="46"/>
+      <c r="AW3" s="46"/>
+      <c r="AX3" s="46"/>
+      <c r="AY3" s="46"/>
+      <c r="AZ3" s="46"/>
+      <c r="BA3" s="46"/>
+      <c r="BB3" s="46"/>
+      <c r="BC3" s="46"/>
+      <c r="BD3" s="46"/>
+      <c r="BE3" s="46"/>
+      <c r="BF3" s="46"/>
     </row>
     <row r="4" spans="2:58" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B4" s="25"/>
-[...38 lines deleted...]
-      <c r="AO4" s="25"/>
+      <c r="B4" s="52"/>
+      <c r="C4" s="52"/>
+      <c r="D4" s="52"/>
+      <c r="E4" s="52"/>
+      <c r="F4" s="52"/>
+      <c r="G4" s="52"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="52"/>
+      <c r="J4" s="52"/>
+      <c r="K4" s="52"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="52"/>
+      <c r="N4" s="52"/>
+      <c r="O4" s="52"/>
+      <c r="P4" s="52"/>
+      <c r="Q4" s="52"/>
+      <c r="R4" s="52"/>
+      <c r="S4" s="52"/>
+      <c r="T4" s="52"/>
+      <c r="U4" s="52"/>
+      <c r="V4" s="52"/>
+      <c r="W4" s="52"/>
+      <c r="X4" s="52"/>
+      <c r="Y4" s="52"/>
+      <c r="Z4" s="52"/>
+      <c r="AA4" s="52"/>
+      <c r="AB4" s="52"/>
+      <c r="AC4" s="52"/>
+      <c r="AD4" s="52"/>
+      <c r="AE4" s="52"/>
+      <c r="AF4" s="52"/>
+      <c r="AG4" s="52"/>
+      <c r="AH4" s="52"/>
+      <c r="AI4" s="52"/>
+      <c r="AJ4" s="52"/>
+      <c r="AK4" s="52"/>
+      <c r="AL4" s="52"/>
+      <c r="AM4" s="52"/>
+      <c r="AN4" s="52"/>
+      <c r="AO4" s="52"/>
       <c r="AP4" s="20"/>
-      <c r="AQ4" s="35" t="s">
+      <c r="AQ4" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="AR4" s="36"/>
-[...2 lines deleted...]
-      <c r="AU4" s="34" t="str" cm="1">
+      <c r="AR4" s="49"/>
+      <c r="AS4" s="49"/>
+      <c r="AT4" s="50"/>
+      <c r="AU4" s="47" t="str" cm="1">
         <f t="array" aca="1" ref="AU4" ca="1">IF(AP4=1,MID(CELL("filename"),SEARCH("[",CELL("filename"))+1,SEARCH("]",CELL("filename"))-SEARCH("[",CELL("filename"))-1),"")</f>
         <v/>
       </c>
-      <c r="AV4" s="34"/>
-[...9 lines deleted...]
-      <c r="BF4" s="34"/>
+      <c r="AV4" s="47"/>
+      <c r="AW4" s="47"/>
+      <c r="AX4" s="47"/>
+      <c r="AY4" s="47"/>
+      <c r="AZ4" s="47"/>
+      <c r="BA4" s="47"/>
+      <c r="BB4" s="47"/>
+      <c r="BC4" s="47"/>
+      <c r="BD4" s="47"/>
+      <c r="BE4" s="47"/>
+      <c r="BF4" s="47"/>
     </row>
     <row r="5" spans="2:58" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="X5" s="29"/>
-[...13 lines deleted...]
-      <c r="AL5" s="29"/>
+      <c r="X5" s="56"/>
+      <c r="Y5" s="56"/>
+      <c r="Z5" s="56"/>
+      <c r="AA5" s="56"/>
+      <c r="AB5" s="56"/>
+      <c r="AC5" s="56"/>
+      <c r="AD5" s="56"/>
+      <c r="AE5" s="56"/>
+      <c r="AF5" s="56"/>
+      <c r="AG5" s="56"/>
+      <c r="AH5" s="56"/>
+      <c r="AI5" s="56"/>
+      <c r="AJ5" s="56"/>
+      <c r="AK5" s="56"/>
+      <c r="AL5" s="56"/>
       <c r="BF5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:58" ht="29.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
@@ -1456,1756 +1453,1756 @@
       <c r="AJ6" s="3"/>
       <c r="AK6" s="3"/>
       <c r="AL6" s="3"/>
       <c r="AM6" s="3"/>
       <c r="AN6" s="3"/>
       <c r="AO6" s="3"/>
       <c r="AP6" s="3"/>
       <c r="AQ6" s="3"/>
       <c r="AR6" s="3"/>
       <c r="AS6" s="3"/>
       <c r="AT6" s="3"/>
       <c r="AU6" s="3"/>
       <c r="AV6" s="3"/>
       <c r="AW6" s="3"/>
       <c r="AX6" s="3"/>
       <c r="AY6" s="3"/>
       <c r="AZ6" s="3"/>
       <c r="BA6" s="3"/>
       <c r="BB6" s="3"/>
       <c r="BC6" s="3"/>
       <c r="BD6" s="3"/>
       <c r="BE6" s="3"/>
       <c r="BF6" s="3"/>
     </row>
     <row r="7" spans="2:58" ht="22.8" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B7" s="26" t="s">
+      <c r="B7" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="26"/>
-[...18 lines deleted...]
-      <c r="V7" s="41" t="s">
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="53"/>
+      <c r="F7" s="53"/>
+      <c r="G7" s="53"/>
+      <c r="H7" s="53"/>
+      <c r="I7" s="53"/>
+      <c r="J7" s="53"/>
+      <c r="K7" s="53"/>
+      <c r="L7" s="53"/>
+      <c r="M7" s="53"/>
+      <c r="N7" s="53"/>
+      <c r="O7" s="53"/>
+      <c r="P7" s="53"/>
+      <c r="Q7" s="53"/>
+      <c r="R7" s="53"/>
+      <c r="S7" s="53"/>
+      <c r="T7" s="53"/>
+      <c r="U7" s="53"/>
+      <c r="V7" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="W7" s="41"/>
-[...15 lines deleted...]
-      <c r="AM7" s="26" t="s">
+      <c r="W7" s="40"/>
+      <c r="X7" s="40"/>
+      <c r="Y7" s="40"/>
+      <c r="Z7" s="40"/>
+      <c r="AA7" s="40"/>
+      <c r="AB7" s="40"/>
+      <c r="AC7" s="40"/>
+      <c r="AD7" s="40"/>
+      <c r="AE7" s="40"/>
+      <c r="AF7" s="40"/>
+      <c r="AG7" s="40"/>
+      <c r="AH7" s="40"/>
+      <c r="AI7" s="40"/>
+      <c r="AJ7" s="40"/>
+      <c r="AK7" s="40"/>
+      <c r="AL7" s="40"/>
+      <c r="AM7" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="AN7" s="26"/>
-[...17 lines deleted...]
-      <c r="BF7" s="26"/>
+      <c r="AN7" s="53"/>
+      <c r="AO7" s="53"/>
+      <c r="AP7" s="53"/>
+      <c r="AQ7" s="53"/>
+      <c r="AR7" s="53"/>
+      <c r="AS7" s="53"/>
+      <c r="AT7" s="53"/>
+      <c r="AU7" s="53"/>
+      <c r="AV7" s="53"/>
+      <c r="AW7" s="53"/>
+      <c r="AX7" s="53"/>
+      <c r="AY7" s="53"/>
+      <c r="AZ7" s="53"/>
+      <c r="BA7" s="53"/>
+      <c r="BB7" s="53"/>
+      <c r="BC7" s="53"/>
+      <c r="BD7" s="53"/>
+      <c r="BE7" s="53"/>
+      <c r="BF7" s="53"/>
     </row>
     <row r="8" spans="2:58" ht="24" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B8" s="42" t="s">
+      <c r="B8" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="43"/>
-[...7 lines deleted...]
-      <c r="K8" s="43"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="42"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="7"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
       <c r="AB8" s="8"/>
       <c r="AC8" s="8"/>
       <c r="AD8" s="8"/>
       <c r="AE8" s="8"/>
       <c r="AF8" s="8"/>
       <c r="AG8" s="8"/>
       <c r="AH8" s="8"/>
       <c r="AI8" s="8"/>
       <c r="AJ8" s="8"/>
       <c r="AK8" s="8"/>
       <c r="AL8" s="9"/>
       <c r="AM8" s="5"/>
       <c r="AN8" s="6"/>
       <c r="AO8" s="6"/>
       <c r="AP8" s="6"/>
       <c r="AQ8" s="6"/>
       <c r="AR8" s="6"/>
       <c r="AS8" s="6"/>
       <c r="AT8" s="6"/>
       <c r="AU8" s="6"/>
       <c r="AV8" s="6"/>
       <c r="AW8" s="6"/>
       <c r="AX8" s="6"/>
       <c r="AY8" s="6"/>
       <c r="AZ8" s="6"/>
       <c r="BA8" s="6"/>
       <c r="BB8" s="6"/>
       <c r="BC8" s="6"/>
       <c r="BD8" s="6"/>
       <c r="BE8" s="6"/>
       <c r="BF8" s="10"/>
     </row>
     <row r="9" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B9" s="30"/>
-[...1 lines deleted...]
-      <c r="D9" s="31"/>
+      <c r="B9" s="45"/>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
       <c r="E9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="21"/>
       <c r="I9" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L9" s="32"/>
-[...1 lines deleted...]
-      <c r="N9" s="31"/>
+      <c r="L9" s="43"/>
+      <c r="M9" s="44"/>
+      <c r="N9" s="44"/>
       <c r="O9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P9" s="21"/>
       <c r="Q9" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R9" s="21"/>
       <c r="S9" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V9" s="48"/>
-[...35 lines deleted...]
-      <c r="BF9" s="50"/>
+      <c r="V9" s="37"/>
+      <c r="W9" s="38"/>
+      <c r="X9" s="38"/>
+      <c r="Y9" s="38"/>
+      <c r="Z9" s="38"/>
+      <c r="AA9" s="38"/>
+      <c r="AB9" s="38"/>
+      <c r="AC9" s="38"/>
+      <c r="AD9" s="38"/>
+      <c r="AE9" s="38"/>
+      <c r="AF9" s="38"/>
+      <c r="AG9" s="38"/>
+      <c r="AH9" s="38"/>
+      <c r="AI9" s="38"/>
+      <c r="AJ9" s="38"/>
+      <c r="AK9" s="38"/>
+      <c r="AL9" s="39"/>
+      <c r="AM9" s="37"/>
+      <c r="AN9" s="38"/>
+      <c r="AO9" s="38"/>
+      <c r="AP9" s="38"/>
+      <c r="AQ9" s="38"/>
+      <c r="AR9" s="38"/>
+      <c r="AS9" s="38"/>
+      <c r="AT9" s="38"/>
+      <c r="AU9" s="38"/>
+      <c r="AV9" s="38"/>
+      <c r="AW9" s="38"/>
+      <c r="AX9" s="38"/>
+      <c r="AY9" s="38"/>
+      <c r="AZ9" s="38"/>
+      <c r="BA9" s="38"/>
+      <c r="BB9" s="38"/>
+      <c r="BC9" s="38"/>
+      <c r="BD9" s="38"/>
+      <c r="BE9" s="38"/>
+      <c r="BF9" s="39"/>
     </row>
     <row r="10" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="16"/>
       <c r="F10" s="15"/>
       <c r="G10" s="16"/>
       <c r="H10" s="15"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
-      <c r="L10" s="39" t="s">
+      <c r="L10" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M10" s="39"/>
-[...2 lines deleted...]
-      <c r="P10" s="40"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="30"/>
+      <c r="P10" s="30"/>
       <c r="Q10" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R10" s="40"/>
-      <c r="S10" s="40"/>
+      <c r="R10" s="30"/>
+      <c r="S10" s="30"/>
       <c r="T10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U10" s="12"/>
-      <c r="V10" s="51"/>
-[...35 lines deleted...]
-      <c r="BF10" s="53"/>
+      <c r="V10" s="34"/>
+      <c r="W10" s="35"/>
+      <c r="X10" s="35"/>
+      <c r="Y10" s="35"/>
+      <c r="Z10" s="35"/>
+      <c r="AA10" s="35"/>
+      <c r="AB10" s="35"/>
+      <c r="AC10" s="35"/>
+      <c r="AD10" s="35"/>
+      <c r="AE10" s="35"/>
+      <c r="AF10" s="35"/>
+      <c r="AG10" s="35"/>
+      <c r="AH10" s="35"/>
+      <c r="AI10" s="35"/>
+      <c r="AJ10" s="35"/>
+      <c r="AK10" s="35"/>
+      <c r="AL10" s="36"/>
+      <c r="AM10" s="34"/>
+      <c r="AN10" s="35"/>
+      <c r="AO10" s="35"/>
+      <c r="AP10" s="35"/>
+      <c r="AQ10" s="35"/>
+      <c r="AR10" s="35"/>
+      <c r="AS10" s="35"/>
+      <c r="AT10" s="35"/>
+      <c r="AU10" s="35"/>
+      <c r="AV10" s="35"/>
+      <c r="AW10" s="35"/>
+      <c r="AX10" s="35"/>
+      <c r="AY10" s="35"/>
+      <c r="AZ10" s="35"/>
+      <c r="BA10" s="35"/>
+      <c r="BB10" s="35"/>
+      <c r="BC10" s="35"/>
+      <c r="BD10" s="35"/>
+      <c r="BE10" s="35"/>
+      <c r="BF10" s="36"/>
     </row>
     <row r="11" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B11" s="30"/>
-[...1 lines deleted...]
-      <c r="D11" s="31"/>
+      <c r="B11" s="45"/>
+      <c r="C11" s="44"/>
+      <c r="D11" s="44"/>
       <c r="E11" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H11" s="21"/>
       <c r="I11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L11" s="32"/>
-[...1 lines deleted...]
-      <c r="N11" s="31"/>
+      <c r="L11" s="43"/>
+      <c r="M11" s="44"/>
+      <c r="N11" s="44"/>
       <c r="O11" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P11" s="21"/>
       <c r="Q11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R11" s="21"/>
       <c r="S11" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V11" s="54"/>
-[...35 lines deleted...]
-      <c r="BF11" s="56"/>
+      <c r="V11" s="31"/>
+      <c r="W11" s="32"/>
+      <c r="X11" s="32"/>
+      <c r="Y11" s="32"/>
+      <c r="Z11" s="32"/>
+      <c r="AA11" s="32"/>
+      <c r="AB11" s="32"/>
+      <c r="AC11" s="32"/>
+      <c r="AD11" s="32"/>
+      <c r="AE11" s="32"/>
+      <c r="AF11" s="32"/>
+      <c r="AG11" s="32"/>
+      <c r="AH11" s="32"/>
+      <c r="AI11" s="32"/>
+      <c r="AJ11" s="32"/>
+      <c r="AK11" s="32"/>
+      <c r="AL11" s="33"/>
+      <c r="AM11" s="31"/>
+      <c r="AN11" s="32"/>
+      <c r="AO11" s="32"/>
+      <c r="AP11" s="32"/>
+      <c r="AQ11" s="32"/>
+      <c r="AR11" s="32"/>
+      <c r="AS11" s="32"/>
+      <c r="AT11" s="32"/>
+      <c r="AU11" s="32"/>
+      <c r="AV11" s="32"/>
+      <c r="AW11" s="32"/>
+      <c r="AX11" s="32"/>
+      <c r="AY11" s="32"/>
+      <c r="AZ11" s="32"/>
+      <c r="BA11" s="32"/>
+      <c r="BB11" s="32"/>
+      <c r="BC11" s="32"/>
+      <c r="BD11" s="32"/>
+      <c r="BE11" s="32"/>
+      <c r="BF11" s="33"/>
     </row>
     <row r="12" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B12" s="14"/>
       <c r="C12" s="15"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
       <c r="F12" s="15"/>
       <c r="G12" s="16"/>
       <c r="H12" s="15"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
-      <c r="L12" s="39" t="s">
+      <c r="L12" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M12" s="39"/>
-[...2 lines deleted...]
-      <c r="P12" s="40"/>
+      <c r="M12" s="29"/>
+      <c r="N12" s="29"/>
+      <c r="O12" s="30"/>
+      <c r="P12" s="30"/>
       <c r="Q12" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R12" s="40"/>
-      <c r="S12" s="40"/>
+      <c r="R12" s="30"/>
+      <c r="S12" s="30"/>
       <c r="T12" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U12" s="12"/>
-      <c r="V12" s="51"/>
-[...35 lines deleted...]
-      <c r="BF12" s="53"/>
+      <c r="V12" s="34"/>
+      <c r="W12" s="35"/>
+      <c r="X12" s="35"/>
+      <c r="Y12" s="35"/>
+      <c r="Z12" s="35"/>
+      <c r="AA12" s="35"/>
+      <c r="AB12" s="35"/>
+      <c r="AC12" s="35"/>
+      <c r="AD12" s="35"/>
+      <c r="AE12" s="35"/>
+      <c r="AF12" s="35"/>
+      <c r="AG12" s="35"/>
+      <c r="AH12" s="35"/>
+      <c r="AI12" s="35"/>
+      <c r="AJ12" s="35"/>
+      <c r="AK12" s="35"/>
+      <c r="AL12" s="36"/>
+      <c r="AM12" s="34"/>
+      <c r="AN12" s="35"/>
+      <c r="AO12" s="35"/>
+      <c r="AP12" s="35"/>
+      <c r="AQ12" s="35"/>
+      <c r="AR12" s="35"/>
+      <c r="AS12" s="35"/>
+      <c r="AT12" s="35"/>
+      <c r="AU12" s="35"/>
+      <c r="AV12" s="35"/>
+      <c r="AW12" s="35"/>
+      <c r="AX12" s="35"/>
+      <c r="AY12" s="35"/>
+      <c r="AZ12" s="35"/>
+      <c r="BA12" s="35"/>
+      <c r="BB12" s="35"/>
+      <c r="BC12" s="35"/>
+      <c r="BD12" s="35"/>
+      <c r="BE12" s="35"/>
+      <c r="BF12" s="36"/>
     </row>
     <row r="13" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B13" s="30"/>
-[...1 lines deleted...]
-      <c r="D13" s="31"/>
+      <c r="B13" s="45"/>
+      <c r="C13" s="44"/>
+      <c r="D13" s="44"/>
       <c r="E13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="21"/>
       <c r="I13" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L13" s="32"/>
-[...1 lines deleted...]
-      <c r="N13" s="31"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="44"/>
+      <c r="N13" s="44"/>
       <c r="O13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P13" s="21"/>
       <c r="Q13" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R13" s="21"/>
       <c r="S13" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V13" s="54"/>
-[...35 lines deleted...]
-      <c r="BF13" s="56"/>
+      <c r="V13" s="31"/>
+      <c r="W13" s="32"/>
+      <c r="X13" s="32"/>
+      <c r="Y13" s="32"/>
+      <c r="Z13" s="32"/>
+      <c r="AA13" s="32"/>
+      <c r="AB13" s="32"/>
+      <c r="AC13" s="32"/>
+      <c r="AD13" s="32"/>
+      <c r="AE13" s="32"/>
+      <c r="AF13" s="32"/>
+      <c r="AG13" s="32"/>
+      <c r="AH13" s="32"/>
+      <c r="AI13" s="32"/>
+      <c r="AJ13" s="32"/>
+      <c r="AK13" s="32"/>
+      <c r="AL13" s="33"/>
+      <c r="AM13" s="31"/>
+      <c r="AN13" s="32"/>
+      <c r="AO13" s="32"/>
+      <c r="AP13" s="32"/>
+      <c r="AQ13" s="32"/>
+      <c r="AR13" s="32"/>
+      <c r="AS13" s="32"/>
+      <c r="AT13" s="32"/>
+      <c r="AU13" s="32"/>
+      <c r="AV13" s="32"/>
+      <c r="AW13" s="32"/>
+      <c r="AX13" s="32"/>
+      <c r="AY13" s="32"/>
+      <c r="AZ13" s="32"/>
+      <c r="BA13" s="32"/>
+      <c r="BB13" s="32"/>
+      <c r="BC13" s="32"/>
+      <c r="BD13" s="32"/>
+      <c r="BE13" s="32"/>
+      <c r="BF13" s="33"/>
     </row>
     <row r="14" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
       <c r="F14" s="15"/>
       <c r="G14" s="16"/>
       <c r="H14" s="15"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
-      <c r="L14" s="39" t="s">
+      <c r="L14" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M14" s="39"/>
-[...2 lines deleted...]
-      <c r="P14" s="40"/>
+      <c r="M14" s="29"/>
+      <c r="N14" s="29"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
       <c r="Q14" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R14" s="40"/>
-      <c r="S14" s="40"/>
+      <c r="R14" s="30"/>
+      <c r="S14" s="30"/>
       <c r="T14" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U14" s="12"/>
-      <c r="V14" s="51"/>
-[...35 lines deleted...]
-      <c r="BF14" s="53"/>
+      <c r="V14" s="34"/>
+      <c r="W14" s="35"/>
+      <c r="X14" s="35"/>
+      <c r="Y14" s="35"/>
+      <c r="Z14" s="35"/>
+      <c r="AA14" s="35"/>
+      <c r="AB14" s="35"/>
+      <c r="AC14" s="35"/>
+      <c r="AD14" s="35"/>
+      <c r="AE14" s="35"/>
+      <c r="AF14" s="35"/>
+      <c r="AG14" s="35"/>
+      <c r="AH14" s="35"/>
+      <c r="AI14" s="35"/>
+      <c r="AJ14" s="35"/>
+      <c r="AK14" s="35"/>
+      <c r="AL14" s="36"/>
+      <c r="AM14" s="34"/>
+      <c r="AN14" s="35"/>
+      <c r="AO14" s="35"/>
+      <c r="AP14" s="35"/>
+      <c r="AQ14" s="35"/>
+      <c r="AR14" s="35"/>
+      <c r="AS14" s="35"/>
+      <c r="AT14" s="35"/>
+      <c r="AU14" s="35"/>
+      <c r="AV14" s="35"/>
+      <c r="AW14" s="35"/>
+      <c r="AX14" s="35"/>
+      <c r="AY14" s="35"/>
+      <c r="AZ14" s="35"/>
+      <c r="BA14" s="35"/>
+      <c r="BB14" s="35"/>
+      <c r="BC14" s="35"/>
+      <c r="BD14" s="35"/>
+      <c r="BE14" s="35"/>
+      <c r="BF14" s="36"/>
     </row>
     <row r="15" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B15" s="30"/>
-[...1 lines deleted...]
-      <c r="D15" s="31"/>
+      <c r="B15" s="45"/>
+      <c r="C15" s="44"/>
+      <c r="D15" s="44"/>
       <c r="E15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="21"/>
       <c r="I15" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L15" s="32"/>
-[...1 lines deleted...]
-      <c r="N15" s="31"/>
+      <c r="L15" s="43"/>
+      <c r="M15" s="44"/>
+      <c r="N15" s="44"/>
       <c r="O15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P15" s="21"/>
       <c r="Q15" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R15" s="21"/>
       <c r="S15" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V15" s="54"/>
-[...35 lines deleted...]
-      <c r="BF15" s="56"/>
+      <c r="V15" s="31"/>
+      <c r="W15" s="32"/>
+      <c r="X15" s="32"/>
+      <c r="Y15" s="32"/>
+      <c r="Z15" s="32"/>
+      <c r="AA15" s="32"/>
+      <c r="AB15" s="32"/>
+      <c r="AC15" s="32"/>
+      <c r="AD15" s="32"/>
+      <c r="AE15" s="32"/>
+      <c r="AF15" s="32"/>
+      <c r="AG15" s="32"/>
+      <c r="AH15" s="32"/>
+      <c r="AI15" s="32"/>
+      <c r="AJ15" s="32"/>
+      <c r="AK15" s="32"/>
+      <c r="AL15" s="33"/>
+      <c r="AM15" s="31"/>
+      <c r="AN15" s="32"/>
+      <c r="AO15" s="32"/>
+      <c r="AP15" s="32"/>
+      <c r="AQ15" s="32"/>
+      <c r="AR15" s="32"/>
+      <c r="AS15" s="32"/>
+      <c r="AT15" s="32"/>
+      <c r="AU15" s="32"/>
+      <c r="AV15" s="32"/>
+      <c r="AW15" s="32"/>
+      <c r="AX15" s="32"/>
+      <c r="AY15" s="32"/>
+      <c r="AZ15" s="32"/>
+      <c r="BA15" s="32"/>
+      <c r="BB15" s="32"/>
+      <c r="BC15" s="32"/>
+      <c r="BD15" s="32"/>
+      <c r="BE15" s="32"/>
+      <c r="BF15" s="33"/>
     </row>
     <row r="16" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B16" s="14"/>
       <c r="C16" s="15"/>
       <c r="D16" s="15"/>
       <c r="E16" s="16"/>
       <c r="F16" s="15"/>
       <c r="G16" s="16"/>
       <c r="H16" s="15"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
-      <c r="L16" s="39" t="s">
+      <c r="L16" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M16" s="39"/>
-[...2 lines deleted...]
-      <c r="P16" s="40"/>
+      <c r="M16" s="29"/>
+      <c r="N16" s="29"/>
+      <c r="O16" s="30"/>
+      <c r="P16" s="30"/>
       <c r="Q16" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R16" s="40"/>
-      <c r="S16" s="40"/>
+      <c r="R16" s="30"/>
+      <c r="S16" s="30"/>
       <c r="T16" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U16" s="12"/>
-      <c r="V16" s="51"/>
-[...35 lines deleted...]
-      <c r="BF16" s="53"/>
+      <c r="V16" s="34"/>
+      <c r="W16" s="35"/>
+      <c r="X16" s="35"/>
+      <c r="Y16" s="35"/>
+      <c r="Z16" s="35"/>
+      <c r="AA16" s="35"/>
+      <c r="AB16" s="35"/>
+      <c r="AC16" s="35"/>
+      <c r="AD16" s="35"/>
+      <c r="AE16" s="35"/>
+      <c r="AF16" s="35"/>
+      <c r="AG16" s="35"/>
+      <c r="AH16" s="35"/>
+      <c r="AI16" s="35"/>
+      <c r="AJ16" s="35"/>
+      <c r="AK16" s="35"/>
+      <c r="AL16" s="36"/>
+      <c r="AM16" s="34"/>
+      <c r="AN16" s="35"/>
+      <c r="AO16" s="35"/>
+      <c r="AP16" s="35"/>
+      <c r="AQ16" s="35"/>
+      <c r="AR16" s="35"/>
+      <c r="AS16" s="35"/>
+      <c r="AT16" s="35"/>
+      <c r="AU16" s="35"/>
+      <c r="AV16" s="35"/>
+      <c r="AW16" s="35"/>
+      <c r="AX16" s="35"/>
+      <c r="AY16" s="35"/>
+      <c r="AZ16" s="35"/>
+      <c r="BA16" s="35"/>
+      <c r="BB16" s="35"/>
+      <c r="BC16" s="35"/>
+      <c r="BD16" s="35"/>
+      <c r="BE16" s="35"/>
+      <c r="BF16" s="36"/>
     </row>
     <row r="17" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B17" s="30"/>
-[...1 lines deleted...]
-      <c r="D17" s="31"/>
+      <c r="B17" s="45"/>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
       <c r="E17" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="21"/>
       <c r="I17" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L17" s="32"/>
-[...1 lines deleted...]
-      <c r="N17" s="31"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="44"/>
+      <c r="N17" s="44"/>
       <c r="O17" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P17" s="21"/>
       <c r="Q17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R17" s="21"/>
       <c r="S17" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V17" s="54"/>
-[...35 lines deleted...]
-      <c r="BF17" s="56"/>
+      <c r="V17" s="31"/>
+      <c r="W17" s="32"/>
+      <c r="X17" s="32"/>
+      <c r="Y17" s="32"/>
+      <c r="Z17" s="32"/>
+      <c r="AA17" s="32"/>
+      <c r="AB17" s="32"/>
+      <c r="AC17" s="32"/>
+      <c r="AD17" s="32"/>
+      <c r="AE17" s="32"/>
+      <c r="AF17" s="32"/>
+      <c r="AG17" s="32"/>
+      <c r="AH17" s="32"/>
+      <c r="AI17" s="32"/>
+      <c r="AJ17" s="32"/>
+      <c r="AK17" s="32"/>
+      <c r="AL17" s="33"/>
+      <c r="AM17" s="31"/>
+      <c r="AN17" s="32"/>
+      <c r="AO17" s="32"/>
+      <c r="AP17" s="32"/>
+      <c r="AQ17" s="32"/>
+      <c r="AR17" s="32"/>
+      <c r="AS17" s="32"/>
+      <c r="AT17" s="32"/>
+      <c r="AU17" s="32"/>
+      <c r="AV17" s="32"/>
+      <c r="AW17" s="32"/>
+      <c r="AX17" s="32"/>
+      <c r="AY17" s="32"/>
+      <c r="AZ17" s="32"/>
+      <c r="BA17" s="32"/>
+      <c r="BB17" s="32"/>
+      <c r="BC17" s="32"/>
+      <c r="BD17" s="32"/>
+      <c r="BE17" s="32"/>
+      <c r="BF17" s="33"/>
     </row>
     <row r="18" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B18" s="14"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="16"/>
       <c r="F18" s="15"/>
       <c r="G18" s="16"/>
       <c r="H18" s="15"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
-      <c r="L18" s="39" t="s">
+      <c r="L18" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M18" s="39"/>
-[...2 lines deleted...]
-      <c r="P18" s="40"/>
+      <c r="M18" s="29"/>
+      <c r="N18" s="29"/>
+      <c r="O18" s="30"/>
+      <c r="P18" s="30"/>
       <c r="Q18" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R18" s="40"/>
-      <c r="S18" s="40"/>
+      <c r="R18" s="30"/>
+      <c r="S18" s="30"/>
       <c r="T18" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U18" s="12"/>
-      <c r="V18" s="51"/>
-[...35 lines deleted...]
-      <c r="BF18" s="53"/>
+      <c r="V18" s="34"/>
+      <c r="W18" s="35"/>
+      <c r="X18" s="35"/>
+      <c r="Y18" s="35"/>
+      <c r="Z18" s="35"/>
+      <c r="AA18" s="35"/>
+      <c r="AB18" s="35"/>
+      <c r="AC18" s="35"/>
+      <c r="AD18" s="35"/>
+      <c r="AE18" s="35"/>
+      <c r="AF18" s="35"/>
+      <c r="AG18" s="35"/>
+      <c r="AH18" s="35"/>
+      <c r="AI18" s="35"/>
+      <c r="AJ18" s="35"/>
+      <c r="AK18" s="35"/>
+      <c r="AL18" s="36"/>
+      <c r="AM18" s="34"/>
+      <c r="AN18" s="35"/>
+      <c r="AO18" s="35"/>
+      <c r="AP18" s="35"/>
+      <c r="AQ18" s="35"/>
+      <c r="AR18" s="35"/>
+      <c r="AS18" s="35"/>
+      <c r="AT18" s="35"/>
+      <c r="AU18" s="35"/>
+      <c r="AV18" s="35"/>
+      <c r="AW18" s="35"/>
+      <c r="AX18" s="35"/>
+      <c r="AY18" s="35"/>
+      <c r="AZ18" s="35"/>
+      <c r="BA18" s="35"/>
+      <c r="BB18" s="35"/>
+      <c r="BC18" s="35"/>
+      <c r="BD18" s="35"/>
+      <c r="BE18" s="35"/>
+      <c r="BF18" s="36"/>
     </row>
     <row r="19" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B19" s="30"/>
-[...1 lines deleted...]
-      <c r="D19" s="31"/>
+      <c r="B19" s="45"/>
+      <c r="C19" s="44"/>
+      <c r="D19" s="44"/>
       <c r="E19" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="21"/>
       <c r="G19" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H19" s="21"/>
       <c r="I19" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L19" s="32"/>
-[...1 lines deleted...]
-      <c r="N19" s="31"/>
+      <c r="L19" s="43"/>
+      <c r="M19" s="44"/>
+      <c r="N19" s="44"/>
       <c r="O19" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P19" s="21"/>
       <c r="Q19" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R19" s="21"/>
       <c r="S19" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V19" s="54"/>
-[...35 lines deleted...]
-      <c r="BF19" s="56"/>
+      <c r="V19" s="31"/>
+      <c r="W19" s="32"/>
+      <c r="X19" s="32"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="32"/>
+      <c r="AA19" s="32"/>
+      <c r="AB19" s="32"/>
+      <c r="AC19" s="32"/>
+      <c r="AD19" s="32"/>
+      <c r="AE19" s="32"/>
+      <c r="AF19" s="32"/>
+      <c r="AG19" s="32"/>
+      <c r="AH19" s="32"/>
+      <c r="AI19" s="32"/>
+      <c r="AJ19" s="32"/>
+      <c r="AK19" s="32"/>
+      <c r="AL19" s="33"/>
+      <c r="AM19" s="31"/>
+      <c r="AN19" s="32"/>
+      <c r="AO19" s="32"/>
+      <c r="AP19" s="32"/>
+      <c r="AQ19" s="32"/>
+      <c r="AR19" s="32"/>
+      <c r="AS19" s="32"/>
+      <c r="AT19" s="32"/>
+      <c r="AU19" s="32"/>
+      <c r="AV19" s="32"/>
+      <c r="AW19" s="32"/>
+      <c r="AX19" s="32"/>
+      <c r="AY19" s="32"/>
+      <c r="AZ19" s="32"/>
+      <c r="BA19" s="32"/>
+      <c r="BB19" s="32"/>
+      <c r="BC19" s="32"/>
+      <c r="BD19" s="32"/>
+      <c r="BE19" s="32"/>
+      <c r="BF19" s="33"/>
     </row>
     <row r="20" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
       <c r="F20" s="15"/>
       <c r="G20" s="16"/>
       <c r="H20" s="15"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
-      <c r="L20" s="39" t="s">
+      <c r="L20" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M20" s="39"/>
-[...2 lines deleted...]
-      <c r="P20" s="40"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="29"/>
+      <c r="O20" s="30"/>
+      <c r="P20" s="30"/>
       <c r="Q20" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R20" s="40"/>
-      <c r="S20" s="40"/>
+      <c r="R20" s="30"/>
+      <c r="S20" s="30"/>
       <c r="T20" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U20" s="12"/>
-      <c r="V20" s="51"/>
-[...35 lines deleted...]
-      <c r="BF20" s="53"/>
+      <c r="V20" s="34"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="35"/>
+      <c r="Z20" s="35"/>
+      <c r="AA20" s="35"/>
+      <c r="AB20" s="35"/>
+      <c r="AC20" s="35"/>
+      <c r="AD20" s="35"/>
+      <c r="AE20" s="35"/>
+      <c r="AF20" s="35"/>
+      <c r="AG20" s="35"/>
+      <c r="AH20" s="35"/>
+      <c r="AI20" s="35"/>
+      <c r="AJ20" s="35"/>
+      <c r="AK20" s="35"/>
+      <c r="AL20" s="36"/>
+      <c r="AM20" s="34"/>
+      <c r="AN20" s="35"/>
+      <c r="AO20" s="35"/>
+      <c r="AP20" s="35"/>
+      <c r="AQ20" s="35"/>
+      <c r="AR20" s="35"/>
+      <c r="AS20" s="35"/>
+      <c r="AT20" s="35"/>
+      <c r="AU20" s="35"/>
+      <c r="AV20" s="35"/>
+      <c r="AW20" s="35"/>
+      <c r="AX20" s="35"/>
+      <c r="AY20" s="35"/>
+      <c r="AZ20" s="35"/>
+      <c r="BA20" s="35"/>
+      <c r="BB20" s="35"/>
+      <c r="BC20" s="35"/>
+      <c r="BD20" s="35"/>
+      <c r="BE20" s="35"/>
+      <c r="BF20" s="36"/>
     </row>
     <row r="21" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B21" s="30"/>
-[...1 lines deleted...]
-      <c r="D21" s="31"/>
+      <c r="B21" s="45"/>
+      <c r="C21" s="44"/>
+      <c r="D21" s="44"/>
       <c r="E21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H21" s="21"/>
       <c r="I21" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L21" s="32"/>
-[...1 lines deleted...]
-      <c r="N21" s="31"/>
+      <c r="L21" s="43"/>
+      <c r="M21" s="44"/>
+      <c r="N21" s="44"/>
       <c r="O21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P21" s="21"/>
       <c r="Q21" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R21" s="21"/>
       <c r="S21" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V21" s="54"/>
-[...35 lines deleted...]
-      <c r="BF21" s="56"/>
+      <c r="V21" s="31"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="32"/>
+      <c r="AA21" s="32"/>
+      <c r="AB21" s="32"/>
+      <c r="AC21" s="32"/>
+      <c r="AD21" s="32"/>
+      <c r="AE21" s="32"/>
+      <c r="AF21" s="32"/>
+      <c r="AG21" s="32"/>
+      <c r="AH21" s="32"/>
+      <c r="AI21" s="32"/>
+      <c r="AJ21" s="32"/>
+      <c r="AK21" s="32"/>
+      <c r="AL21" s="33"/>
+      <c r="AM21" s="31"/>
+      <c r="AN21" s="32"/>
+      <c r="AO21" s="32"/>
+      <c r="AP21" s="32"/>
+      <c r="AQ21" s="32"/>
+      <c r="AR21" s="32"/>
+      <c r="AS21" s="32"/>
+      <c r="AT21" s="32"/>
+      <c r="AU21" s="32"/>
+      <c r="AV21" s="32"/>
+      <c r="AW21" s="32"/>
+      <c r="AX21" s="32"/>
+      <c r="AY21" s="32"/>
+      <c r="AZ21" s="32"/>
+      <c r="BA21" s="32"/>
+      <c r="BB21" s="32"/>
+      <c r="BC21" s="32"/>
+      <c r="BD21" s="32"/>
+      <c r="BE21" s="32"/>
+      <c r="BF21" s="33"/>
     </row>
     <row r="22" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B22" s="14"/>
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
       <c r="F22" s="15"/>
       <c r="G22" s="16"/>
       <c r="H22" s="15"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
-      <c r="L22" s="39" t="s">
+      <c r="L22" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="39"/>
-[...2 lines deleted...]
-      <c r="P22" s="40"/>
+      <c r="M22" s="29"/>
+      <c r="N22" s="29"/>
+      <c r="O22" s="30"/>
+      <c r="P22" s="30"/>
       <c r="Q22" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R22" s="40"/>
-      <c r="S22" s="40"/>
+      <c r="R22" s="30"/>
+      <c r="S22" s="30"/>
       <c r="T22" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U22" s="12"/>
-      <c r="V22" s="51"/>
-[...35 lines deleted...]
-      <c r="BF22" s="53"/>
+      <c r="V22" s="34"/>
+      <c r="W22" s="35"/>
+      <c r="X22" s="35"/>
+      <c r="Y22" s="35"/>
+      <c r="Z22" s="35"/>
+      <c r="AA22" s="35"/>
+      <c r="AB22" s="35"/>
+      <c r="AC22" s="35"/>
+      <c r="AD22" s="35"/>
+      <c r="AE22" s="35"/>
+      <c r="AF22" s="35"/>
+      <c r="AG22" s="35"/>
+      <c r="AH22" s="35"/>
+      <c r="AI22" s="35"/>
+      <c r="AJ22" s="35"/>
+      <c r="AK22" s="35"/>
+      <c r="AL22" s="36"/>
+      <c r="AM22" s="34"/>
+      <c r="AN22" s="35"/>
+      <c r="AO22" s="35"/>
+      <c r="AP22" s="35"/>
+      <c r="AQ22" s="35"/>
+      <c r="AR22" s="35"/>
+      <c r="AS22" s="35"/>
+      <c r="AT22" s="35"/>
+      <c r="AU22" s="35"/>
+      <c r="AV22" s="35"/>
+      <c r="AW22" s="35"/>
+      <c r="AX22" s="35"/>
+      <c r="AY22" s="35"/>
+      <c r="AZ22" s="35"/>
+      <c r="BA22" s="35"/>
+      <c r="BB22" s="35"/>
+      <c r="BC22" s="35"/>
+      <c r="BD22" s="35"/>
+      <c r="BE22" s="35"/>
+      <c r="BF22" s="36"/>
     </row>
     <row r="23" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B23" s="30"/>
-[...1 lines deleted...]
-      <c r="D23" s="31"/>
+      <c r="B23" s="45"/>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
       <c r="E23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H23" s="21"/>
       <c r="I23" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L23" s="32"/>
-[...1 lines deleted...]
-      <c r="N23" s="31"/>
+      <c r="L23" s="43"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
       <c r="O23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P23" s="21"/>
       <c r="Q23" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R23" s="21"/>
       <c r="S23" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V23" s="54"/>
-[...35 lines deleted...]
-      <c r="BF23" s="56"/>
+      <c r="V23" s="31"/>
+      <c r="W23" s="32"/>
+      <c r="X23" s="32"/>
+      <c r="Y23" s="32"/>
+      <c r="Z23" s="32"/>
+      <c r="AA23" s="32"/>
+      <c r="AB23" s="32"/>
+      <c r="AC23" s="32"/>
+      <c r="AD23" s="32"/>
+      <c r="AE23" s="32"/>
+      <c r="AF23" s="32"/>
+      <c r="AG23" s="32"/>
+      <c r="AH23" s="32"/>
+      <c r="AI23" s="32"/>
+      <c r="AJ23" s="32"/>
+      <c r="AK23" s="32"/>
+      <c r="AL23" s="33"/>
+      <c r="AM23" s="31"/>
+      <c r="AN23" s="32"/>
+      <c r="AO23" s="32"/>
+      <c r="AP23" s="32"/>
+      <c r="AQ23" s="32"/>
+      <c r="AR23" s="32"/>
+      <c r="AS23" s="32"/>
+      <c r="AT23" s="32"/>
+      <c r="AU23" s="32"/>
+      <c r="AV23" s="32"/>
+      <c r="AW23" s="32"/>
+      <c r="AX23" s="32"/>
+      <c r="AY23" s="32"/>
+      <c r="AZ23" s="32"/>
+      <c r="BA23" s="32"/>
+      <c r="BB23" s="32"/>
+      <c r="BC23" s="32"/>
+      <c r="BD23" s="32"/>
+      <c r="BE23" s="32"/>
+      <c r="BF23" s="33"/>
     </row>
     <row r="24" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="16"/>
       <c r="F24" s="15"/>
       <c r="G24" s="16"/>
       <c r="H24" s="15"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
-      <c r="L24" s="39" t="s">
+      <c r="L24" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M24" s="39"/>
-[...2 lines deleted...]
-      <c r="P24" s="40"/>
+      <c r="M24" s="29"/>
+      <c r="N24" s="29"/>
+      <c r="O24" s="30"/>
+      <c r="P24" s="30"/>
       <c r="Q24" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="R24" s="40"/>
-      <c r="S24" s="40"/>
+      <c r="R24" s="30"/>
+      <c r="S24" s="30"/>
       <c r="T24" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U24" s="12"/>
-      <c r="V24" s="51"/>
-[...35 lines deleted...]
-      <c r="BF24" s="53"/>
+      <c r="V24" s="34"/>
+      <c r="W24" s="35"/>
+      <c r="X24" s="35"/>
+      <c r="Y24" s="35"/>
+      <c r="Z24" s="35"/>
+      <c r="AA24" s="35"/>
+      <c r="AB24" s="35"/>
+      <c r="AC24" s="35"/>
+      <c r="AD24" s="35"/>
+      <c r="AE24" s="35"/>
+      <c r="AF24" s="35"/>
+      <c r="AG24" s="35"/>
+      <c r="AH24" s="35"/>
+      <c r="AI24" s="35"/>
+      <c r="AJ24" s="35"/>
+      <c r="AK24" s="35"/>
+      <c r="AL24" s="36"/>
+      <c r="AM24" s="34"/>
+      <c r="AN24" s="35"/>
+      <c r="AO24" s="35"/>
+      <c r="AP24" s="35"/>
+      <c r="AQ24" s="35"/>
+      <c r="AR24" s="35"/>
+      <c r="AS24" s="35"/>
+      <c r="AT24" s="35"/>
+      <c r="AU24" s="35"/>
+      <c r="AV24" s="35"/>
+      <c r="AW24" s="35"/>
+      <c r="AX24" s="35"/>
+      <c r="AY24" s="35"/>
+      <c r="AZ24" s="35"/>
+      <c r="BA24" s="35"/>
+      <c r="BB24" s="35"/>
+      <c r="BC24" s="35"/>
+      <c r="BD24" s="35"/>
+      <c r="BE24" s="35"/>
+      <c r="BF24" s="36"/>
     </row>
     <row r="25" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="30"/>
-[...1 lines deleted...]
-      <c r="D25" s="31"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="21"/>
       <c r="I25" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L25" s="32"/>
-[...1 lines deleted...]
-      <c r="N25" s="31"/>
+      <c r="L25" s="43"/>
+      <c r="M25" s="44"/>
+      <c r="N25" s="44"/>
       <c r="O25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="21"/>
       <c r="Q25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R25" s="21"/>
       <c r="S25" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V25" s="54"/>
-[...35 lines deleted...]
-      <c r="BF25" s="56"/>
+      <c r="V25" s="31"/>
+      <c r="W25" s="32"/>
+      <c r="X25" s="32"/>
+      <c r="Y25" s="32"/>
+      <c r="Z25" s="32"/>
+      <c r="AA25" s="32"/>
+      <c r="AB25" s="32"/>
+      <c r="AC25" s="32"/>
+      <c r="AD25" s="32"/>
+      <c r="AE25" s="32"/>
+      <c r="AF25" s="32"/>
+      <c r="AG25" s="32"/>
+      <c r="AH25" s="32"/>
+      <c r="AI25" s="32"/>
+      <c r="AJ25" s="32"/>
+      <c r="AK25" s="32"/>
+      <c r="AL25" s="33"/>
+      <c r="AM25" s="31"/>
+      <c r="AN25" s="32"/>
+      <c r="AO25" s="32"/>
+      <c r="AP25" s="32"/>
+      <c r="AQ25" s="32"/>
+      <c r="AR25" s="32"/>
+      <c r="AS25" s="32"/>
+      <c r="AT25" s="32"/>
+      <c r="AU25" s="32"/>
+      <c r="AV25" s="32"/>
+      <c r="AW25" s="32"/>
+      <c r="AX25" s="32"/>
+      <c r="AY25" s="32"/>
+      <c r="AZ25" s="32"/>
+      <c r="BA25" s="32"/>
+      <c r="BB25" s="32"/>
+      <c r="BC25" s="32"/>
+      <c r="BD25" s="32"/>
+      <c r="BE25" s="32"/>
+      <c r="BF25" s="33"/>
     </row>
     <row r="26" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B26" s="14"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="16"/>
       <c r="F26" s="15"/>
       <c r="G26" s="16"/>
       <c r="H26" s="15"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
-      <c r="L26" s="39" t="s">
+      <c r="L26" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M26" s="39"/>
-[...2 lines deleted...]
-      <c r="P26" s="40"/>
+      <c r="M26" s="29"/>
+      <c r="N26" s="29"/>
+      <c r="O26" s="30"/>
+      <c r="P26" s="30"/>
       <c r="Q26" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R26" s="40"/>
-      <c r="S26" s="40"/>
+      <c r="R26" s="30"/>
+      <c r="S26" s="30"/>
       <c r="T26" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U26" s="12"/>
-      <c r="V26" s="51"/>
-[...35 lines deleted...]
-      <c r="BF26" s="53"/>
+      <c r="V26" s="34"/>
+      <c r="W26" s="35"/>
+      <c r="X26" s="35"/>
+      <c r="Y26" s="35"/>
+      <c r="Z26" s="35"/>
+      <c r="AA26" s="35"/>
+      <c r="AB26" s="35"/>
+      <c r="AC26" s="35"/>
+      <c r="AD26" s="35"/>
+      <c r="AE26" s="35"/>
+      <c r="AF26" s="35"/>
+      <c r="AG26" s="35"/>
+      <c r="AH26" s="35"/>
+      <c r="AI26" s="35"/>
+      <c r="AJ26" s="35"/>
+      <c r="AK26" s="35"/>
+      <c r="AL26" s="36"/>
+      <c r="AM26" s="34"/>
+      <c r="AN26" s="35"/>
+      <c r="AO26" s="35"/>
+      <c r="AP26" s="35"/>
+      <c r="AQ26" s="35"/>
+      <c r="AR26" s="35"/>
+      <c r="AS26" s="35"/>
+      <c r="AT26" s="35"/>
+      <c r="AU26" s="35"/>
+      <c r="AV26" s="35"/>
+      <c r="AW26" s="35"/>
+      <c r="AX26" s="35"/>
+      <c r="AY26" s="35"/>
+      <c r="AZ26" s="35"/>
+      <c r="BA26" s="35"/>
+      <c r="BB26" s="35"/>
+      <c r="BC26" s="35"/>
+      <c r="BD26" s="35"/>
+      <c r="BE26" s="35"/>
+      <c r="BF26" s="36"/>
     </row>
     <row r="27" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B27" s="30"/>
-[...1 lines deleted...]
-      <c r="D27" s="31"/>
+      <c r="B27" s="45"/>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
       <c r="E27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="H27" s="21"/>
       <c r="I27" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="L27" s="32"/>
-[...1 lines deleted...]
-      <c r="N27" s="31"/>
+      <c r="L27" s="43"/>
+      <c r="M27" s="44"/>
+      <c r="N27" s="44"/>
       <c r="O27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="P27" s="21"/>
       <c r="Q27" s="11" t="s">
         <v>7</v>
       </c>
       <c r="R27" s="21"/>
       <c r="S27" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="V27" s="54"/>
-[...35 lines deleted...]
-      <c r="BF27" s="56"/>
+      <c r="V27" s="31"/>
+      <c r="W27" s="32"/>
+      <c r="X27" s="32"/>
+      <c r="Y27" s="32"/>
+      <c r="Z27" s="32"/>
+      <c r="AA27" s="32"/>
+      <c r="AB27" s="32"/>
+      <c r="AC27" s="32"/>
+      <c r="AD27" s="32"/>
+      <c r="AE27" s="32"/>
+      <c r="AF27" s="32"/>
+      <c r="AG27" s="32"/>
+      <c r="AH27" s="32"/>
+      <c r="AI27" s="32"/>
+      <c r="AJ27" s="32"/>
+      <c r="AK27" s="32"/>
+      <c r="AL27" s="33"/>
+      <c r="AM27" s="31"/>
+      <c r="AN27" s="32"/>
+      <c r="AO27" s="32"/>
+      <c r="AP27" s="32"/>
+      <c r="AQ27" s="32"/>
+      <c r="AR27" s="32"/>
+      <c r="AS27" s="32"/>
+      <c r="AT27" s="32"/>
+      <c r="AU27" s="32"/>
+      <c r="AV27" s="32"/>
+      <c r="AW27" s="32"/>
+      <c r="AX27" s="32"/>
+      <c r="AY27" s="32"/>
+      <c r="AZ27" s="32"/>
+      <c r="BA27" s="32"/>
+      <c r="BB27" s="32"/>
+      <c r="BC27" s="32"/>
+      <c r="BD27" s="32"/>
+      <c r="BE27" s="32"/>
+      <c r="BF27" s="33"/>
     </row>
     <row r="28" spans="2:58" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="17"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
-      <c r="L28" s="39" t="s">
+      <c r="L28" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="M28" s="39"/>
-[...2 lines deleted...]
-      <c r="P28" s="40"/>
+      <c r="M28" s="29"/>
+      <c r="N28" s="29"/>
+      <c r="O28" s="30"/>
+      <c r="P28" s="30"/>
       <c r="Q28" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="R28" s="40"/>
-      <c r="S28" s="40"/>
+      <c r="R28" s="30"/>
+      <c r="S28" s="30"/>
       <c r="T28" s="12" t="s">
         <v>2</v>
       </c>
       <c r="U28" s="12"/>
-      <c r="V28" s="51"/>
-[...35 lines deleted...]
-      <c r="BF28" s="53"/>
+      <c r="V28" s="34"/>
+      <c r="W28" s="35"/>
+      <c r="X28" s="35"/>
+      <c r="Y28" s="35"/>
+      <c r="Z28" s="35"/>
+      <c r="AA28" s="35"/>
+      <c r="AB28" s="35"/>
+      <c r="AC28" s="35"/>
+      <c r="AD28" s="35"/>
+      <c r="AE28" s="35"/>
+      <c r="AF28" s="35"/>
+      <c r="AG28" s="35"/>
+      <c r="AH28" s="35"/>
+      <c r="AI28" s="35"/>
+      <c r="AJ28" s="35"/>
+      <c r="AK28" s="35"/>
+      <c r="AL28" s="36"/>
+      <c r="AM28" s="34"/>
+      <c r="AN28" s="35"/>
+      <c r="AO28" s="35"/>
+      <c r="AP28" s="35"/>
+      <c r="AQ28" s="35"/>
+      <c r="AR28" s="35"/>
+      <c r="AS28" s="35"/>
+      <c r="AT28" s="35"/>
+      <c r="AU28" s="35"/>
+      <c r="AV28" s="35"/>
+      <c r="AW28" s="35"/>
+      <c r="AX28" s="35"/>
+      <c r="AY28" s="35"/>
+      <c r="AZ28" s="35"/>
+      <c r="BA28" s="35"/>
+      <c r="BB28" s="35"/>
+      <c r="BC28" s="35"/>
+      <c r="BD28" s="35"/>
+      <c r="BE28" s="35"/>
+      <c r="BF28" s="36"/>
     </row>
     <row r="29" spans="2:58" ht="3.6" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="30" spans="2:58" ht="31.8" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="46" t="s">
+      <c r="B30" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="C30" s="47"/>
-[...7 lines deleted...]
-      <c r="K30" s="44"/>
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="28"/>
+      <c r="G30" s="28"/>
+      <c r="H30" s="28"/>
+      <c r="I30" s="28"/>
+      <c r="J30" s="25"/>
+      <c r="K30" s="25"/>
       <c r="L30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="M30" s="44"/>
-      <c r="N30" s="44"/>
+      <c r="M30" s="25"/>
+      <c r="N30" s="25"/>
       <c r="O30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="P30" s="23"/>
-      <c r="Q30" s="46" t="s">
+      <c r="Q30" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="R30" s="47"/>
-[...4 lines deleted...]
-      <c r="W30" s="47"/>
+      <c r="R30" s="28"/>
+      <c r="S30" s="28"/>
+      <c r="T30" s="28"/>
+      <c r="U30" s="28"/>
+      <c r="V30" s="28"/>
+      <c r="W30" s="28"/>
       <c r="X30" s="24" t="b">
         <v>0</v>
       </c>
       <c r="Y30" s="22" t="s">
         <v>23</v>
       </c>
       <c r="Z30" s="22" t="s">
         <v>24</v>
       </c>
       <c r="AA30" s="24" t="b">
         <v>0</v>
       </c>
       <c r="AB30" s="22" t="s">
         <v>25</v>
       </c>
       <c r="AC30" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="AD30" s="44"/>
-      <c r="AE30" s="44"/>
+      <c r="AD30" s="25"/>
+      <c r="AE30" s="25"/>
       <c r="AF30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="AG30" s="44"/>
-      <c r="AH30" s="44"/>
+      <c r="AG30" s="25"/>
+      <c r="AH30" s="25"/>
       <c r="AI30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AJ30" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="AK30" s="46" t="s">
+      <c r="AK30" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="AL30" s="47"/>
-[...6 lines deleted...]
-      <c r="AS30" s="44"/>
+      <c r="AL30" s="28"/>
+      <c r="AM30" s="28"/>
+      <c r="AN30" s="28"/>
+      <c r="AO30" s="28"/>
+      <c r="AP30" s="28"/>
+      <c r="AQ30" s="28"/>
+      <c r="AR30" s="25"/>
+      <c r="AS30" s="25"/>
       <c r="AT30" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="AU30" s="44"/>
-      <c r="AV30" s="44"/>
+      <c r="AU30" s="25"/>
+      <c r="AV30" s="25"/>
       <c r="AW30" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AX30" s="23"/>
     </row>
     <row r="31" spans="2:58" ht="5.4" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="32" spans="2:58" ht="34.799999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B32" s="45" t="s">
+      <c r="B32" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="C32" s="45"/>
-[...54 lines deleted...]
-      <c r="BF32" s="45"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="26"/>
+      <c r="M32" s="26"/>
+      <c r="N32" s="26"/>
+      <c r="O32" s="26"/>
+      <c r="P32" s="26"/>
+      <c r="Q32" s="26"/>
+      <c r="R32" s="26"/>
+      <c r="S32" s="26"/>
+      <c r="T32" s="26"/>
+      <c r="U32" s="26"/>
+      <c r="V32" s="26"/>
+      <c r="W32" s="26"/>
+      <c r="X32" s="26"/>
+      <c r="Y32" s="26"/>
+      <c r="Z32" s="26"/>
+      <c r="AA32" s="26"/>
+      <c r="AB32" s="26"/>
+      <c r="AC32" s="26"/>
+      <c r="AD32" s="26"/>
+      <c r="AE32" s="26"/>
+      <c r="AF32" s="26"/>
+      <c r="AG32" s="26"/>
+      <c r="AH32" s="26"/>
+      <c r="AI32" s="26"/>
+      <c r="AJ32" s="26"/>
+      <c r="AK32" s="26"/>
+      <c r="AL32" s="26"/>
+      <c r="AM32" s="26"/>
+      <c r="AN32" s="26"/>
+      <c r="AO32" s="26"/>
+      <c r="AP32" s="26"/>
+      <c r="AQ32" s="26"/>
+      <c r="AR32" s="26"/>
+      <c r="AS32" s="26"/>
+      <c r="AT32" s="26"/>
+      <c r="AU32" s="26"/>
+      <c r="AV32" s="26"/>
+      <c r="AW32" s="26"/>
+      <c r="AX32" s="26"/>
+      <c r="AY32" s="26"/>
+      <c r="AZ32" s="26"/>
+      <c r="BA32" s="26"/>
+      <c r="BB32" s="26"/>
+      <c r="BC32" s="26"/>
+      <c r="BD32" s="26"/>
+      <c r="BE32" s="26"/>
+      <c r="BF32" s="26"/>
     </row>
     <row r="33" spans="50:57" ht="35.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="AX33" s="27"/>
-      <c r="AY33" s="28"/>
+      <c r="AX33" s="54"/>
+      <c r="AY33" s="55"/>
       <c r="AZ33" s="18" t="s">
         <v>1</v>
       </c>
       <c r="BA33" s="18"/>
-      <c r="BB33" s="28"/>
-      <c r="BC33" s="28"/>
+      <c r="BB33" s="55"/>
+      <c r="BC33" s="55"/>
       <c r="BD33" s="18" t="s">
         <v>0</v>
       </c>
       <c r="BE33" s="19"/>
     </row>
     <row r="34" spans="50:57" ht="14.4" thickTop="1" x14ac:dyDescent="0.45"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Qe743fcFJKl0CQ/PsGxeqjAbWC/bT8nKQ1yRNCyJ0BN9EpCpqyG93o0d3b0lqbTY8oY25La8aKUaZWpKbOIppQ==" saltValue="+ysNQ/QbX9VA0rbrIby3qg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="dkSQ5dCjo1DptFmgYC+qs3DOUw8u93zd1pWqUMXGPfEs1zjbvolPlE/TQW1XyNtVRBrB0eUALwInsJsr14KBbA==" saltValue="8UKrn6Gf3at44fQmex5e3g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="97">
-    <mergeCell ref="AU30:AV30"/>
-[...63 lines deleted...]
-    <mergeCell ref="L9:N9"/>
+    <mergeCell ref="B3:AO3"/>
+    <mergeCell ref="B4:AO4"/>
+    <mergeCell ref="B7:U7"/>
+    <mergeCell ref="AM7:BF7"/>
+    <mergeCell ref="AX33:AY33"/>
+    <mergeCell ref="BB33:BC33"/>
+    <mergeCell ref="AA5:AL5"/>
+    <mergeCell ref="X5:Z5"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="L23:N23"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="L25:N25"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="L27:N27"/>
+    <mergeCell ref="L11:N11"/>
+    <mergeCell ref="B13:D13"/>
     <mergeCell ref="AU2:BF2"/>
     <mergeCell ref="AU3:BF3"/>
     <mergeCell ref="AU4:BF4"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="L21:N21"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="L17:N17"/>
     <mergeCell ref="AQ2:AT2"/>
     <mergeCell ref="AQ3:AT3"/>
     <mergeCell ref="AQ4:AT4"/>
     <mergeCell ref="B2:AO2"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="L19:N19"/>
     <mergeCell ref="B11:D11"/>
-    <mergeCell ref="B3:AO3"/>
-[...14 lines deleted...]
-    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="L13:N13"/>
+    <mergeCell ref="L12:N12"/>
+    <mergeCell ref="O12:P12"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="L9:N9"/>
+    <mergeCell ref="V7:AL7"/>
+    <mergeCell ref="B8:K8"/>
+    <mergeCell ref="AM9:BF10"/>
+    <mergeCell ref="AM11:BF12"/>
+    <mergeCell ref="V11:AL12"/>
+    <mergeCell ref="L10:N10"/>
+    <mergeCell ref="O10:P10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="V13:AL14"/>
+    <mergeCell ref="AM13:BF14"/>
+    <mergeCell ref="V9:AL10"/>
+    <mergeCell ref="V15:AL16"/>
+    <mergeCell ref="AM15:BF16"/>
+    <mergeCell ref="V17:AL18"/>
+    <mergeCell ref="AM17:BF18"/>
+    <mergeCell ref="V19:AL20"/>
+    <mergeCell ref="AM19:BF20"/>
+    <mergeCell ref="V21:AL22"/>
+    <mergeCell ref="AM21:BF22"/>
+    <mergeCell ref="V23:AL24"/>
+    <mergeCell ref="AM23:BF24"/>
+    <mergeCell ref="V25:AL26"/>
+    <mergeCell ref="AM25:BF26"/>
+    <mergeCell ref="V27:AL28"/>
+    <mergeCell ref="AM27:BF28"/>
+    <mergeCell ref="L14:N14"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="L16:N16"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="L18:N18"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="L28:N28"/>
+    <mergeCell ref="O28:P28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="L24:N24"/>
+    <mergeCell ref="O24:P24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="AU30:AV30"/>
+    <mergeCell ref="B32:BF32"/>
+    <mergeCell ref="AD30:AE30"/>
+    <mergeCell ref="AG30:AH30"/>
+    <mergeCell ref="AK30:AQ30"/>
+    <mergeCell ref="AR30:AS30"/>
+    <mergeCell ref="B30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="Q30:W30"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="2">
     <dataValidation imeMode="fullAlpha" allowBlank="1" showErrorMessage="1" sqref="AX33" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showErrorMessage="1" sqref="F9 H9 P9 R9 P25 P23 R11 F11 H11 P11 F23 H23 P13 R13 F13 H13 H27 P27 P15 R15 F15 H15 R27 F27 P17 R17 F17 H17 H25 R23 P19 R19 F19 H19 R25 F25 R21 F21 H21 P21" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="73" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>